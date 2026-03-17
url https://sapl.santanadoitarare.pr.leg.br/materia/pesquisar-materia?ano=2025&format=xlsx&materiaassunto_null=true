--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -10,3881 +10,3896 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2762" uniqueCount="1276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2769" uniqueCount="1281">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AUDPU</t>
   </si>
   <si>
     <t>AUDIÊNCIA PÚBLICA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2226/ata_1o__quadrimestre_2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2226/ata_1o__quadrimestre_2025.pdf</t>
   </si>
   <si>
     <t>Ata da Audiência Pública Referente ao Primeiro Quadrimestre de 2025.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>ELCIO JOSÉ VIDAL</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2236/ata_ppa_-_2026_-_2029.pdf</t>
   </si>
   <si>
     <t>Audiência Pública Referente ao Plano Plurianual período 2026-2029</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2441/ata_2o_semestre_-_2025.pdf</t>
+  </si>
+  <si>
     <t>Ata da Audiência Pública Referente ao Segundo Quadrimestre de 2025.</t>
   </si>
   <si>
+    <t>2543</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2543/ata_3o_semestre_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Ata da Audiência Pública Referente ao Terceiro Quadrimestre de 2025.</t>
+  </si>
+  <si>
     <t>1977</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>CHAPA ELEIÇÃO DA MESA DIRETORA</t>
   </si>
   <si>
     <t>REINALDO DE OLIVEIRA AMADOR OLIVEIRA</t>
   </si>
   <si>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/</t>
+  </si>
+  <si>
     <t>Chapa para eleição da mesa diretoria biênio 2025/2026</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>COMP</t>
   </si>
   <si>
     <t>COMPOSIÇÃO DA COMISSÕES PERMANENTES</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/proposta_chapa_comissao_permanentes_2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/proposta_chapa_comissao_permanentes_2025.pdf</t>
   </si>
   <si>
     <t>Composição das comissões permanentes para o Biênio 2025/2026</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXECUTIVO</t>
   </si>
   <si>
     <t>EDER SILVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_01.2025_-_eder_silveira_assinado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_01.2025_-_eder_silveira_assinado.pdf</t>
   </si>
   <si>
     <t>"Construção de bancos às margens do Lago Municipal Pedro de Freitas".</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_02.2025_assinado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_02.2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Promoção de descarte correto para móveis velhos, galhos e folhas".</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>TELO DO VENERANDO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_no._003.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_no._003.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre manutenções no Parque Aquático Prefeito Venerando Francelino da Silva, nos termos que específica”.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>NALDO MOTORISTA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_naldo_cadeiras.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_naldo_cadeiras.pdf</t>
   </si>
   <si>
     <t>"Reitera a indicação nº 029/2024, nos termos que se especifica".</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>BRUNÃO MOTA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_naldo_e_bruno_lago.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_naldo_e_bruno_lago.pdf</t>
   </si>
   <si>
     <t>"Pintura e reforma das casinhas de lazer do lago, instalação de câmeras de segurança nas casinhas, colocação de placas na pista de caminhada indicando que é proibido veículos, instalação de uma pista de skate e um parquinho e pintura de faixa para ciclistas".</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ISMAIR PEDREIRO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_reiteracao_terreno.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_reiteracao_terreno.pdf</t>
   </si>
   <si>
     <t>"Reitera a indicação nº 005//2021, nos termos que se especifica".</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_brunao_casa_mortuaria.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_brunao_casa_mortuaria.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instalação de um ar condicionado, uma cortina de ar e a construção de um quarto de descanso na casa mortuária”.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_bruno_desembarque.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_bruno_desembarque.pdf</t>
   </si>
   <si>
     <t>"Implementação de uma área de desembarque para os carros da saúde na Rua Coberta".</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_bruno_vagas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_bruno_vagas.pdf</t>
   </si>
   <si>
     <t>"Implementação de mais vagas de estacionamento na Praça Frei Mathias de Genova".</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>DRA. ADRIANA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/reiteracao_lanche.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/reiteracao_lanche.pdf</t>
   </si>
   <si>
     <t>"Reitera a indicação nº 010//2022, nos termos que se especifica".</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_gratificacao.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_gratificacao.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre indicação ao Executivo Municipal de conceder gratificação ao motorista da saúde responsável pela manutenção da frota”.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_eder_calcario.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_eder_calcario.pdf</t>
   </si>
   <si>
     <t>"Aquisição de calcário para pequenos produtores rurais no uso do programa PNAE, Cultivo Protegido ou Estufa agrícola e da atividade leiteira da agricultura familiar".</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_no._013.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_no._013.2025.pdf</t>
   </si>
   <si>
     <t>"Alteração do Projeto de Lei do Executivo nº. 012/2025 que autoriza o Chefe do Poder Executivo Municipal a subsidiar indústrias".</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>DAIRZINHO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_brunao_e_dair_campina.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_brunao_e_dair_campina.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a solicitação de Construção de Banheiros e Área de Churrasqueira no bairro Campina nesse município”.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_naldo_ponto.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_naldo_ponto.pdf</t>
   </si>
   <si>
     <t>"Construção de um ponto de ônibus no bairro Maluf”.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_no._016.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_no._016.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre recomposição Geral Anual dos Vencimentos dos Servidores Públicos do Município de Santana do Itararé - Estado do Paraná, nos termos que especifica.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_no._017.2025_aquisicao_terreno_ze_raimundo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_no._017.2025_aquisicao_terreno_ze_raimundo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de imóvel de propriedade do senhor Evandro Honçalves Porfirio, nos termos que especifica.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_vestiarios.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_vestiarios.pdf</t>
   </si>
   <si>
     <t>"Construção de dois banheiros e dois vestiários no Campo do Morcego".</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_vereadores_maluf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_vereadores_maluf.pdf</t>
   </si>
   <si>
     <t>"Implantação de rede de esgoto, água encanada e continuação do calçamento no bairro Parque das Nações “Maluf”".</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_naldo_uniformes.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_naldo_uniformes.pdf</t>
   </si>
   <si>
     <t>“Fornecimento de uniformes para todos os funcionários da Prefeitura Municipal de Santana do Itararé”.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2011/indicacao_eder_e_naldo_garis.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2011/indicacao_eder_e_naldo_garis.pdf</t>
   </si>
   <si>
     <t>"Aquisição e fornecimento de uniforme especializado (camisetas com proteção) e toalhas de rosto para os servidores que trabalham com a coleta de lixo".</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_022.2025_-_cumprimento_leis_municipais.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_022.2025_-_cumprimento_leis_municipais.pdf</t>
   </si>
   <si>
     <t>"Indica cumprimento da lei de proibição dos fogos de artifício e de acessibilidade no âmbito municipal, nos termos que específica".</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_023.2025_-_manutencao_area_publica_-_naldo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_023.2025_-_manutencao_area_publica_-_naldo.pdf</t>
   </si>
   <si>
     <t>"Indica manutenção de espaço público, nos termos que específica".</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_024.2025_-_conclusao_calcamento_rua_bela_vista_-_naldo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_024.2025_-_conclusao_calcamento_rua_bela_vista_-_naldo.pdf</t>
   </si>
   <si>
     <t>"Indica conclusão de obra pública, nos termos que específica".</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_cmei_eder.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_cmei_eder.pdf</t>
   </si>
   <si>
     <t>"Construção de uma cobertura em frente ao CMEI".</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_dra_autismo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_dra_autismo.pdf</t>
   </si>
   <si>
     <t>“Construção de um Parque Sensorial para Autistas”.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_dra_piscina.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_dra_piscina.pdf</t>
   </si>
   <si>
     <t>“Construção de uma Piscina Comunitária para a prática de esportes e uso recreativo pela população”.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_brunao_grau.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_brunao_grau.pdf</t>
   </si>
   <si>
     <t>"Criação de “pista do grau” e destinação do local para efetuar também campeonatos de som”.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_brunao_poste.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_brunao_poste.pdf</t>
   </si>
   <si>
     <t>"Instalação de um poste de luz e de manilhas na Rua Vitalino Koproski”.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_brunao_poste_arthur.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_brunao_poste_arthur.pdf</t>
   </si>
   <si>
     <t>"Instalação de um poste de luz na Rua Arthur Anhaia, esquina do antigo matadouro”.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_ismair_poste.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_ismair_poste.pdf</t>
   </si>
   <si>
     <t>"Instalação de um poste de luz na Praça da Vila Koproski”.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_ismair_agua.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_ismair_agua.pdf</t>
   </si>
   <si>
     <t>"Instalação de um reservatório de água no bairro Maluf”.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_no._033.2025_construcao_de_calcamento_avenida_antonio_casarim.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_no._033.2025_construcao_de_calcamento_avenida_antonio_casarim.pdf</t>
   </si>
   <si>
     <t>Súmula: "Dispõe sobre construção de calçamento com pedras sextavada na Avenida Antonio Casarin as margens da Rodovia PR-151, nos termos que específica”.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_dra_lixeiras.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_dra_lixeiras.pdf</t>
   </si>
   <si>
     <t>"Colocação de lixeiras no Lago Pedro de Freitas”.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/indicacao_naldo_lixeira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/indicacao_naldo_lixeira.pdf</t>
   </si>
   <si>
     <t>“Instalação de uma lixeira comunitária em frente ao Barracão dos Produtores Rurais no bairro Maluf”.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>MATHEUS DO ZÉ VERGILIO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/indicacao_matheus_campina.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/indicacao_matheus_campina.pdf</t>
   </si>
   <si>
     <t>“Instalação de um parquinho para as crianças, reforço da iluminação do campo e instalação de uma rede atrás dos gols no bairro Campininha”.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2070/indicacao_matheus_estradas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2070/indicacao_matheus_estradas.pdf</t>
   </si>
   <si>
     <t>"Manutenção das estradas rurais devido ao período de colheita e escoamento da soja”.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/indicacao_no._038.2025_colocar_po_de_pedras.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/indicacao_no._038.2025_colocar_po_de_pedras.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre fazer manutenção nos buracos, colocar pó de pedras e passar rolo compactador nas Ruas Maria de Lourdes Biscaro, José Roque de Souza - Serraria Zé Bronqueti e continuação Rua Paraná saída para Siqueira Campos – Pr e, nos termos que específica”.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/indicacao_no._039.2025_canaletas_no_asfalto_da_campina.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/indicacao_no._039.2025_canaletas_no_asfalto_da_campina.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre providências referentes á construção do Asfalto até altura do Bairro da Campina, nos termos que específica”.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_dra_barreira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_dra_barreira.pdf</t>
   </si>
   <si>
     <t>"Instalação de câmera de segurança na caixa d’água da Barreira”.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_no._041.2025_saltinho.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_no._041.2025_saltinho.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre revitalizações das churrasqueiras, das escadas, instalações de alguns postes de cimento e fazer a análise da água Poço Artesiano na Cachoeira do Saltinho, nos termos que específica”.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_brunao_calcada.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_brunao_calcada.pdf</t>
   </si>
   <si>
     <t>"Construção de calçada para os moradores do Bairro Maluf, ligando da entrada do bairro até o Lago”.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_brunao_circular.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_brunao_circular.pdf</t>
   </si>
   <si>
     <t>“Implantação de uma Linha Circular Urbana, nos termos que se especifica”.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_brunao_placas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_brunao_placas.pdf</t>
   </si>
   <si>
     <t>“Colocação de placas na PR 151 e PR 272 indicando a possibilidade de máquinas agrícolas na pista, nos termos que se especifica”.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_dra_portal.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_dra_portal.pdf</t>
   </si>
   <si>
     <t>"Colocação de placas de identificação e construção de um mini portal no início da Rua São Paulo, nos termos que se especifica”.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_naldo_terreno.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_naldo_terreno.pdf</t>
   </si>
   <si>
     <t>"Aquisição de terreno para construção de um 2º Cemitério, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_no._047.2025_insalubridade_aux._limpeza.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_no._047.2025_insalubridade_aux._limpeza.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre pagamento do Adicional de Insalubridade aos Auxiliares de Limpeza, nos termos que específica”.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_dair_barreira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_dair_barreira.pdf</t>
   </si>
   <si>
     <t>"Substituição da caixa d’água da barreira por outra de outro material”.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>ANDERSON IZAC</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_anderson_troca_verde.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_anderson_troca_verde.pdf</t>
   </si>
   <si>
     <t>"Implementação do programa "Troca Verde" no Município de Santana do Itararé”.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_brunao_clube.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_brunao_clube.pdf</t>
   </si>
   <si>
     <t>“Colocação de bebedouro e ventiladores no Clube Antônio Oliveira”.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_brunao_poste_vila.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_brunao_poste_vila.pdf</t>
   </si>
   <si>
     <t>"Instalação de um poste de luz na Rua Vitor Marques de Oliveira, no bairro Vila Nova, e da outras providências”.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_bruno_parquinho_maluf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_bruno_parquinho_maluf.pdf</t>
   </si>
   <si>
     <t>"Instalação de um parquinho “playground” para as crianças no Bairro Parque das Nações e dá outras providências".</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/reiteracao_anderson.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/reiteracao_anderson.pdf</t>
   </si>
   <si>
     <t>"Reitera a indicação nº 15/2024, nos termos que se especifica".</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/indicacao_ismair_maluf_onibus.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/indicacao_ismair_maluf_onibus.pdf</t>
   </si>
   <si>
     <t>"Disponibilização de uma linha de transporte escolar que passe às 06:30 para pegar as crianças no bairro Parque das Nações/Maluf”.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_anderson_insalubridade.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_anderson_insalubridade.pdf</t>
   </si>
   <si>
     <t>"Aumento do percentual de insalubridade pago aos Garis, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_matheus_alargamento.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_matheus_alargamento.pdf</t>
   </si>
   <si>
     <t>“Alargamento da estrada Alferes Fabricio, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacao_matheus_engenheiro.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacao_matheus_engenheiro.pdf</t>
   </si>
   <si>
     <t>“Contratação de mais um Engenheiro Agrônomo, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_059.2025_-_leilao_bens_inserviveis_-_naldo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_059.2025_-_leilao_bens_inserviveis_-_naldo.pdf</t>
   </si>
   <si>
     <t>Indica a realização de leilão público de bens inservíveis, nos termos que específica.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_060.2025_-_aquisicao_de_onibus_-_naldo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_060.2025_-_aquisicao_de_onibus_-_naldo.pdf</t>
   </si>
   <si>
     <t>"Indica a aquisição de ônibus circular para estudantes, nos termos que específica".</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_eder_campina.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_eder_campina.pdf</t>
   </si>
   <si>
     <t>"Instalação de lombadas e ponto de ônibus no bairro Campininha, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_eder_praca.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_eder_praca.pdf</t>
   </si>
   <si>
     <t>"Reforço na iluminação da praça Frei Mathias de Genova e poda das árvores, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_naldo_motoristas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_naldo_motoristas.pdf</t>
   </si>
   <si>
     <t>“Contratação de mais dois motoristas para a pasta da Saúde, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/indicacao_naldo_cras.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/indicacao_naldo_cras.pdf</t>
   </si>
   <si>
     <t>Indicação de um motorista exclusivo para o CRAS, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_naldo_posto.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_naldo_posto.pdf</t>
   </si>
   <si>
     <t>"Manutenção do telhado do posto de saúde e troca da porta da frente, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_ipes_eder.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_ipes_eder.pdf</t>
   </si>
   <si>
     <t>"Disponibilização de veículo da Saúde para levar os pacientes até o Centro de Saúde no bairro Jardim dos Ipês".</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_brunao_peixes.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_brunao_peixes.pdf</t>
   </si>
   <si>
     <t>"Soltura de peixes para pesca esportiva no Lago Pedro de Freitas, em virtude da aproximação da Semana Santa”.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_centro_saude.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_centro_saude.pdf</t>
   </si>
   <si>
     <t>"Construção de uma Cobertura em frente ao Centro de Saúde Básico e Integral da Mulher e da criança - LAZARA DE PAULA, e dá outras providências".</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/indicacao_brunao_rua_sao_paulo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/indicacao_brunao_rua_sao_paulo.pdf</t>
   </si>
   <si>
     <t>"Manutenção da Rua São Paulo, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_70.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_70.pdf</t>
   </si>
   <si>
     <t>"PROPÕE SOBRE PEDIDO AO EXECUTIVO DE UM VEÍCULO PARA TRANSPORTES DE PESSOAS COM DEFICIÊNCIA".</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_no._071.2025_projeto_trevo_do_bairro_campina.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_no._071.2025_projeto_trevo_do_bairro_campina.docx</t>
   </si>
   <si>
     <t>"PROPÕE SOBRE AUTORIZAÇÃO PARA ELABORAÇÃO DE UM PROJETO QUE VISA A CONSTRUÇÃO DE UM TREVO RODOVIA PR 272 COM ACESSO AO BAIRRO CAMPINA".</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_072.2025_-_instalacao_de_braco_de_luz_e_posteamento_-_naldo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_072.2025_-_instalacao_de_braco_de_luz_e_posteamento_-_naldo.pdf</t>
   </si>
   <si>
     <t>"Indica iluminação pública, nos termos que específica".</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_brunao_estacionamento.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_brunao_estacionamento.pdf</t>
   </si>
   <si>
     <t>"Indica a possibilidade da disponibilização de terreno público para guardar os caminhões dos moradores, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_brunao_quadra.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_brunao_quadra.pdf</t>
   </si>
   <si>
     <t>"Manutenção e reforma da quadra de esportes, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_naldo_estadio.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_naldo_estadio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de um bebedouro de água no estádio municipal.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_eder_dair_fresagem.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_eder_dair_fresagem.pdf</t>
   </si>
   <si>
     <t>"Solicita fresagem asfáltica nas entradas das propriedades rurais, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_matheus_prancha.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_matheus_prancha.pdf</t>
   </si>
   <si>
     <t>“Indica a possibilidade de compra de uma mini prancha de caminhão, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_matheus_lombada.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_matheus_lombada.pdf</t>
   </si>
   <si>
     <t>“Instalação de uma lombada na Rua Paraná, em frente ao Monteiro’s Burger, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_dra_ama.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_dra_ama.pdf</t>
   </si>
   <si>
     <t>"Solicita que seja destinado um espaço para a AMA (Associação das Mães de Autistas) a fim de prestar atendimentos com especialistas às crianças portadoras de TEA, nos termos em que se especifica.”</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_dra_treinamento.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_dra_treinamento.pdf</t>
   </si>
   <si>
     <t>"Possibilidade de fornecimento de curso de especialização aos cuidadores de idosos do município, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_brunao_bairro_limpo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_brunao_bairro_limpo.pdf</t>
   </si>
   <si>
     <t>"Implementação do projeto “bairro limpo” no município de Santana do Itararé, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_brunao_sintetico.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_brunao_sintetico.pdf</t>
   </si>
   <si>
     <t>"Manutenção e reforma da quadra sintética, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/indicacao_naldo_fraldas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/indicacao_naldo_fraldas.pdf</t>
   </si>
   <si>
     <t>"Solicita que a Secretaria de Saúde promova a continuação da produção de fraldas descartáveis em nosso Município, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_brunao_rocada.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_brunao_rocada.pdf</t>
   </si>
   <si>
     <t>"Efetuar a roçada da PR 272, estrada que liga Santana à Siqueira Campos, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_brunao_canil.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_brunao_canil.pdf</t>
   </si>
   <si>
     <t>"Possibilidade de construção de um Canil Municipal, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_eder_casinhas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_eder_casinhas.pdf</t>
   </si>
   <si>
     <t>"Construção e colocação de casinhas de cachorro em pontos estratégicos do município, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_eder_sopradores.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_eder_sopradores.pdf</t>
   </si>
   <si>
     <t>"Aquisição de sopradores costais, que serão destinados à Secretaria Municipal do Meio Ambiente e Serviços Públicos, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_naldo_diarias.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_naldo_diarias.pdf</t>
   </si>
   <si>
     <t>"Solicita que seja feita a atualização da tabela de diárias concedidas aos funcionários da prefeitura, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_089.2025_-_pagamento_licenca_premio_aos_servidores_-_naldo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_089.2025_-_pagamento_licenca_premio_aos_servidores_-_naldo.pdf</t>
   </si>
   <si>
     <t>"Indica conversão em dinheiro da licença prémio devida aos Servidores Públicos Municipais, nos termos que específica".</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_naldo_pesagem.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_naldo_pesagem.pdf</t>
   </si>
   <si>
     <t>"Possibilidade de efetuar a pesagem das crianças referente programa leite das crianças diretamente no CMEI, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>"Dispõe sobre pedido de implantação de interligação, da rede de esgoto sanitário do Loteamento “Portal Village”, tendo como proprietário o senhor OSVALDO DE QUEIROZ."</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_matheus_uniforme.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_matheus_uniforme.pdf</t>
   </si>
   <si>
     <t>"Possibilidade de distribuição gratuita de Uniforme Escolar aos alunos da Rede Pública Municipal de Ensino, nos termos em que se especifica”</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/indicacao_93.2025_-_projeto_meu_pomar_-_eder.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/indicacao_93.2025_-_projeto_meu_pomar_-_eder.pdf</t>
   </si>
   <si>
     <t>"Indica a criação do Projeto “MEU POMAR”, nos termos que específica".</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_anderson_equiparacao.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_anderson_equiparacao.pdf</t>
   </si>
   <si>
     <t>"Propõe a equiparação da remuneração de Auxiliar de Secretaria e Assistente Administrativo ao salário base de Escriturário, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2239/indicacao_naldo_pontos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2239/indicacao_naldo_pontos.pdf</t>
   </si>
   <si>
     <t>"Propõe a instalação de pontos de ônibus em locais estratégicos da cidade, que serão destinados ao embarque e desembarque dos passageiros da saúde, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_naldo_copel.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_naldo_copel.pdf</t>
   </si>
   <si>
     <t>"Propõe a retomada da parceria entre a Prefeitura Municipal e a Copel, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>"Propõe sobre instalação da rede água até altura da propriedade do senhor Vanclei Consani no Bairro Água Branca”, nos termos que específica”.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2310/indicacao_naldo_farmacia.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2310/indicacao_naldo_farmacia.pdf</t>
   </si>
   <si>
     <t>"Ampliação do horário de funcionamento da farmácia do posto de saúde, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2311/indicacao_naldo_ar.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2311/indicacao_naldo_ar.pdf</t>
   </si>
   <si>
     <t>"Instalação de ar condicionado na enfermaria do Hospital Municipal, nos termos e em que se especifica".</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2312/indicacao_naldo_academia.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2312/indicacao_naldo_academia.pdf</t>
   </si>
   <si>
     <t>"Manutenção das academias ao ar livre e dos parquinhos do município, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2334/indicacao_lombadas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2334/indicacao_lombadas.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de lombadas elevadas ao longo de toda a Avenida Paraná, nos termos em que se especifica.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2335/indicacao_102.2025_-_naldo_-.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2335/indicacao_102.2025_-_naldo_-.pdf</t>
   </si>
   <si>
     <t>"Indica que sejam feitos reparos e melhorias no sistema de segurança do Pátio Rodoviário e da Rua Coberta, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>"Propõe sobre construção de calçamento com pedras sextavadas no final da Rua Pe. João Luciano Ribeiro até altura da Rodovia PR-151, nos termos que especifica".</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2342/indicacao_parque_aquatico_1.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2342/indicacao_parque_aquatico_1.pdf</t>
   </si>
   <si>
     <t>"Indica que seja efetuada a venda do Parque Aquático, e que os recursos provenientes dessa operação sejam destinados para a Secretaria de Educação, em especial para aquisição de um ônibus escolar para atendimento à rede municipal de ensino, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>"Propõe sobre mudança de Placa de Sinalização da Rua José Vitalino Koproski esquina com à Artur Messias de Souza, nos termos que específica”.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2345/indicacao_eder_sistema.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2345/indicacao_eder_sistema.pdf</t>
   </si>
   <si>
     <t>"Indica a Contratação de empresa especializada para prestação de serviços de locação de sistema integrado de comunicação institucional, gestão documental e atendimento ao cidadão, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_transporte.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_transporte.pdf</t>
   </si>
   <si>
     <t>“Solicita a disponibilização de transporte por meio de ônibus para o deslocamento das equipes de futebol amador do Município de Santana do Itararé que participam de jogos e campeonatos realizados em outras municipalidades, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_eder_arvores.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_eder_arvores.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizado o plantio de árvores floríferas em locais estratégicos do município, nos termos em que se especifica.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_matheus_trem.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_matheus_trem.pdf</t>
   </si>
   <si>
     <t>"Instalação de aparelho de som no “Trenzinho da Alegria”".</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2397/indicacao_naldo_escola.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2397/indicacao_naldo_escola.pdf</t>
   </si>
   <si>
     <t>"Indica que seja ofertado Contra turno Escolar aos alunos com dificuldade de aprendizagem e a contratação de um inspetor de alunos, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2398/indicacao_matheus_assistentes_sociais.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2398/indicacao_matheus_assistentes_sociais.pdf</t>
   </si>
   <si>
     <t>Aumento Salarial das Conselheiras Tutelares</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2456/indicacao_112_bruno_sinalizacao.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2456/indicacao_112_bruno_sinalizacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre melhorias na sinalização da Rodovia PR 272, que liga o município de Santana do Itararé/PR até a divisa com Estado de São Paulo, nos termos em que se especifica.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2457/indicacao_naldo_bebedouro.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2457/indicacao_naldo_bebedouro.pdf</t>
   </si>
   <si>
     <t>"Instalação de um bebedouro de água no Pátio Municipal, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_bruno_noturno.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_bruno_noturno.pdf</t>
   </si>
   <si>
     <t>"Indica que seja disponibilizado atendimento com Fisioterapeuta e acompanhamento de pré-natal no período noturno, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_115_-_naldo_poco.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_115_-_naldo_poco.pdf</t>
   </si>
   <si>
     <t>"Instalação de um Poço Artesiano no Bairro do Zé Leite, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_116_-_naldo_rota_onibus.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_116_-_naldo_rota_onibus.pdf</t>
   </si>
   <si>
     <t>"Estender a rota da Linha de Ônibus que leva os alunos da Escola Euclides e do CMEI, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_117-_eder_poco.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_117-_eder_poco.pdf</t>
   </si>
   <si>
     <t>Indico a realização de estudo para perfuração de Poço Artesiano em propriedade rural na localidade do Bairro Sene, nos termos em que se especifica</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_118.2025_-_eder_silveira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_118.2025_-_eder_silveira.pdf</t>
   </si>
   <si>
     <t>"Indica a criação do Projeto “Câmera Integrada”, nos termos que específica".</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2493/indicacao_119_-_eder_moto.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2493/indicacao_119_-_eder_moto.pdf</t>
   </si>
   <si>
     <t>"Sugere que seja feito estudo para ampliação de vagas de estacionamento destinadas a motocicletas nas ruas centrais do Município, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2495/indicacao_120.2025_-_eder_silveira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2495/indicacao_120.2025_-_eder_silveira.pdf</t>
   </si>
   <si>
     <t>"Indica a instalação de braço de Luz”, nos termos que específica".</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2496/indicacao_121.2025_-_naldo_-_seguro_frota.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2496/indicacao_121.2025_-_naldo_-_seguro_frota.pdf</t>
   </si>
   <si>
     <t>Realização de seguro para a frota de veículos do Município, em especial os veículos de viagens intermunicipais”.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_122_-_naldo_ponte_bonilha.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_122_-_naldo_ponte_bonilha.pdf</t>
   </si>
   <si>
     <t>Indica a Reforma da Ponte do Bonilha, que liga a estrada principal que vai até a cidade de Salto do Itararé, nos termos em que se especifica.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_123-_naldo_tapa_buracos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_123-_naldo_tapa_buracos.pdf</t>
   </si>
   <si>
     <t>"Indica que seja implantada uma Operação Tapa Buracos para recuperação das vias urbanas do município, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_124-_eder_poco.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_124-_eder_poco.pdf</t>
   </si>
   <si>
     <t>"Indico a realização de estudo para perfuração de Poço Artesiano em propriedade rural na localidade do Bairro Ferreira/Tijuco Preto, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_matheus_rampa.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_matheus_rampa.pdf</t>
   </si>
   <si>
     <t>"Solicita a instalação de rampa para carregar maquinário agrícola, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2511/indicacao_matheus_barracao.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2511/indicacao_matheus_barracao.pdf</t>
   </si>
   <si>
     <t>"Ampliação do barracão cedido para a fábrica de costura, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2512/indicacao_127-_matheus_poco.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2512/indicacao_127-_matheus_poco.pdf</t>
   </si>
   <si>
     <t>"Instalação de um Poço Artesiano no Bairro Pôr do Sol, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2513/indicacao_128-_matheus_clube.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2513/indicacao_128-_matheus_clube.pdf</t>
   </si>
   <si>
     <t>"Indica ao Poder Executivo Municipal a instalação de ventiladores no Clube Municipal, nos termos em que se especifica.".</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2514/indicacao_telo_campina.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2514/indicacao_telo_campina.pdf</t>
   </si>
   <si>
     <t>"Indica ao Poder Executivo Municipal que solicite ao Departamento de Estradas de Rodagem – DER a doação de fresa asfáltica para aplicação nas ruas do Bairro Campina, com o objetivo de tapar os buracos existentes, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2515/indicacao_telo_ar.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2515/indicacao_telo_ar.pdf</t>
   </si>
   <si>
     <t>"Indica que seja feita a instalação de ar-condicionado no Centro Cultural Prefeito Antônio de Oliveira, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2516/indicacao_mair_maluf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2516/indicacao_mair_maluf.pdf</t>
   </si>
   <si>
     <t>"Indica ao Poder Executivo Municipal a colocação de pedras (cascalhamento) nas ruas do Bairro Parque das Nações (Maluf), nos termos em que se especifica. ”</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_mair_caixas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_mair_caixas.pdf</t>
   </si>
   <si>
     <t>"Indica ao Poder Executivo Municipal que seja realizada a limpeza das caixas de captação de águas pluviais no Bairro Nove Estrela, nos termos em que se especifica. ”</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_133-_eder_poco_serrinha.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_133-_eder_poco_serrinha.pdf</t>
   </si>
   <si>
     <t>"Indico a realização de estudo para perfuração de Poço Artesiano em propriedade rural na localidade do Bairro Alferes Fabricio/Serrinha, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_bruno_buracos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_bruno_buracos.pdf</t>
   </si>
   <si>
     <t>"Indica ao Poder Executivo Municipal a realização de operação tapa-buracos no asfalto do Bairro Campina, bem como a manutenção das entradas das estradas que dão acesso à BR, nos termos em que se especifica".</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_naldo_ponte.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_naldo_ponte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a realização de reforma, alargamento ou consrução de uma nova ponte no Bairro Varginha, na localidade conhecida como "Estada do Seu Ari", nos termos em que se especifica.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>MOÇAP</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2218/mocao_apoio_1.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2218/mocao_apoio_1.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO AS APAES DO PARANÁ E REPÚDIO A ADI (ADI) nº 7796.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>MOÇCO</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/mocao_congratulacoes_e_louvor_-_militares_da_patrulha_rural_-_matheus.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/mocao_congratulacoes_e_louvor_-_militares_da_patrulha_rural_-_matheus.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES e LOUVOR aos Militares: 2º Sgt. QPM 1-0 Aparecido Luiz da Silva, Sd. QPM 1-0 Danilo de Morais Alcântara, Sd. QPM 1-0 Talita de Aquino da Rosa, Major QOPM Carlos Ricelle Leal, 1º Ten. QOPM Lúcio da Silva Dziuba, Major QOPM Márcio Jaquetti, pelas ações realizadas a frente do projeto PATRULHA RURAL DA POLICIA MILITAR DO ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/mocao_joselia.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/mocao_joselia.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações e louvor dedicada à servidora aposentada Josélia Gonçalves.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/mocao_de_congratulacoes_e_aplausos_no._03.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/mocao_de_congratulacoes_e_aplausos_no._03.2025.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações e louvor dedicada à servidora aposentada Eunice Satomi Nakayama Matsubara.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/mocao_de_congratulacoes_e_aplausos_no._04.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/mocao_de_congratulacoes_e_aplausos_no._04.2025.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações e louvor dedicada ao servidor aposentado Israel Barbosa.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2203/mocao_militares_bruno.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2203/mocao_militares_bruno.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos dedicada aos militares: Capitão PM Lúcio da Silva Dziuba, Cabo PM Vicente Bento dos Santos Netto, Cabo PM Ivan Parmezan Júnior, Soldado PM Eduardo Sebastião de Melo e Soldado PM João Paulo Coutinho, por todo trabalho despendido em prol do nosso município.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>MOÇPE</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2210/mocao_pesar_ze_guarda.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2210/mocao_pesar_ze_guarda.pdf</t>
   </si>
   <si>
     <t>Profundo pesar pela morte do saudoso JOSÉ IZAIR DE OLIVEIRA, popular “Zé Guarda”, falecido neste município de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2387/pesar_takashi.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2387/pesar_takashi.pdf</t>
   </si>
   <si>
     <t>Profundo pesar pela morte do saudoso Takashi Yamamoto, falecido neste município de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2498/pesar_nice.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2498/pesar_nice.pdf</t>
   </si>
   <si>
     <t>Manifesta profundo pesar pela morte da saudosa LEONICE MARIA CALIXTO, carinhosamente conhecida como “Nice".</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2519/pesar_macedonio.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2519/pesar_macedonio.pdf</t>
   </si>
   <si>
     <t>Profundo pesar pela morte do saudoso Macedônio Ferreira, falecido neste município de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFICIO RECEBIDO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/ccf_000283.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/ccf_000283.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 001/2025</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/of._12.22_-_resp._ind._02.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/of._12.22_-_resp._ind._02.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 002/2025</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/of._13.25_-_resp._ind._03.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/of._13.25_-_resp._ind._03.pdf</t>
   </si>
   <si>
     <t>Resposta a indicação do legislativo nº 03/2025</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/of._14.25_-_resp._ind._04.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/of._14.25_-_resp._ind._04.pdf</t>
   </si>
   <si>
     <t>Resposta à indicação do legislativo nº 004/2025</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/of.15.25_-_resp._ind._05.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/of.15.25_-_resp._ind._05.pdf</t>
   </si>
   <si>
     <t>Resposta à indicação do legislativo nº 005/2025</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/of._16.25_-_resp._ind._06.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/of._16.25_-_resp._ind._06.pdf</t>
   </si>
   <si>
     <t>Resposta à indicação do legislativo nº 006/2025</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/of._17.25_-_resp._ind._07.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/of._17.25_-_resp._ind._07.pdf</t>
   </si>
   <si>
     <t>Resposta à indicação do legislativo nº 007/2025</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/of._18.25_-_resp._ind._08.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/of._18.25_-_resp._ind._08.pdf</t>
   </si>
   <si>
     <t>Resposta à indicação do legislativo nº 008/2025</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2052/of._19.25_-_resp._ind._09.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2052/of._19.25_-_resp._ind._09.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 010/2025</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/of._20.25_-_resp._ind._10..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/of._20.25_-_resp._ind._10..pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 011/2025</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/of._21.25_-_resp._ind._11.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/of._21.25_-_resp._ind._11.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 012/2025</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/of._22.25_-_resp._ind._12.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/of._22.25_-_resp._ind._12.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 013/2025</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/of._23.25_-_resp._ind._13.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/of._23.25_-_resp._ind._13.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 014/2025</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/of._24.25_-_resp._ind._14.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/of._24.25_-_resp._ind._14.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 015/2025</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/of._25.25_-_resp._ind._15.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/of._25.25_-_resp._ind._15.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 016/2025</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/of._26.25_-_resp._ind_16.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/of._26.25_-_resp._ind_16.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 017/2025</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/of._27.25_-_resp._ind._17.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/of._27.25_-_resp._ind._17.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 018/2025</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/of._28.25_-_resp._ind._18.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/of._28.25_-_resp._ind._18.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 019/2025</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/of._29.25_-_resp._ind._19.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/of._29.25_-_resp._ind._19.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 020/2025</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/of._30.25_-_resp._ind._20.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/of._30.25_-_resp._ind._20.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 021/2025</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/of._31.25_-_resp._ind._21.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/of._31.25_-_resp._ind._21.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 022/2025</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/of._32.25_-_resp._ind._22.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/of._32.25_-_resp._ind._22.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 023/2025</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/of._33.25_-_resp._ind._23.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/of._33.25_-_resp._ind._23.pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 024/2025</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/oficio_n._755.24-opd-gp.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/oficio_n._755.24-opd-gp.pdf</t>
   </si>
   <si>
     <t>Ref. Parecer Previo - Prestação de Contas Poder Executivo exercício financeiro de 2022</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/oficio_047_a_66.2025._resp._indi.__e_seguintes..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/oficio_047_a_66.2025._resp._indi.__e_seguintes..pdf</t>
   </si>
   <si>
     <t>RESPOSTA ÀS INDICAÇÕES DE N° 023/2025 À 042/2025</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/oficio_no._049.2025_em_respota_a_indicacao_no._025.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/oficio_no._049.2025_em_respota_a_indicacao_no._025.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA A INDICAÇÃO Nº. 025/2025.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/oficio_no._050.2025_em_respota_a_indicacao_no._026.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/oficio_no._050.2025_em_respota_a_indicacao_no._026.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA A INDICAÇÃO Nº. 026/2025.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/oficio_no._051.2025_em_respota_a_indicacao_no._027.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/oficio_no._051.2025_em_respota_a_indicacao_no._027.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 027/2025.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_no._052.2025_em_respota_a_indicacao_no._028.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_no._052.2025_em_respota_a_indicacao_no._028.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 028/2025.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/oficio_no._053.2025_em_respota_a_indicacao_no._029.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/oficio_no._053.2025_em_respota_a_indicacao_no._029.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 029/2025.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/oficio_no._054.2025_em_respota_a_indicacao_no._030.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/oficio_no._054.2025_em_respota_a_indicacao_no._030.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 030/2025.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/oficio_no._055.2025_em_respota_a_indicacao_no._031.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/oficio_no._055.2025_em_respota_a_indicacao_no._031.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 031/2025.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/oficio_no._056.2025_em_respota_a_indicacao_no._032.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/oficio_no._056.2025_em_respota_a_indicacao_no._032.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 032/2025.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/oficio_no._057.2025_em_respota_a_indicacao_no._033.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/oficio_no._057.2025_em_respota_a_indicacao_no._033.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 033/2025.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/oficio_no._058.2025_em_respota_a_indicacao_no._034.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/oficio_no._058.2025_em_respota_a_indicacao_no._034.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 034/2025.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/oficio_no._059.2025_em_respota_a_indicacao_no._035.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/oficio_no._059.2025_em_respota_a_indicacao_no._035.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA Á INDICAÇÃO Nº. 035/2025.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/oficio_no._060.2025_em_respota_a_indicacao_no._036.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/oficio_no._060.2025_em_respota_a_indicacao_no._036.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 036/2025.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/oficio_no._061.2025_em_respota_a_indicacao_no._037.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/oficio_no._061.2025_em_respota_a_indicacao_no._037.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 037/2025.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/oficio_no._062.2025_em_respota_a_indicacao_no._038.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/oficio_no._062.2025_em_respota_a_indicacao_no._038.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA A INCIAÇÃO Nº. 038/2025.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/oficio_no._063.2025_em_respota_a_indicacao_no._039.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/oficio_no._063.2025_em_respota_a_indicacao_no._039.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA Á INDICAÇÃO Nº. 039/2025.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/oficio_no._064.2025_em_respota_a_indicacao_no._040.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/oficio_no._064.2025_em_respota_a_indicacao_no._040.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA Á INDICAÇÃO Nº. 040/2025.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/oficio_no._065.2025_em_respota_a_indicacao_no._041.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/oficio_no._065.2025_em_respota_a_indicacao_no._041.2025.pdf</t>
   </si>
   <si>
     <t>EM REPOSTA À INDICAÇÃO Nº. 041/2025.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/oficio_no._066.2025_em_respota_a_indicacao_no._042.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/oficio_no._066.2025_em_respota_a_indicacao_no._042.2025.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA À INDICAÇÃO Nº. 042/2025.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/oficio_070_-_ind._046.25_-_terreno_cemiterio..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/oficio_070_-_ind._046.25_-_terreno_cemiterio..pdf</t>
   </si>
   <si>
     <t>Resposta à indicação n° 046/2025</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/oficio_069_-_mini_portal_-_rua_sao_paulo._ind._45.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/oficio_069_-_mini_portal_-_rua_sao_paulo._ind._45.25.pdf</t>
   </si>
   <si>
     <t>Resposta à indicação n° 045/2025</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/oficio_068_-_placas_pr_151.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/oficio_068_-_placas_pr_151.pdf</t>
   </si>
   <si>
     <t>Resposta à indicação n° 044/2025</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/oficio_067_._linhar_circular.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/oficio_067_._linhar_circular.pdf</t>
   </si>
   <si>
     <t>Resposta à indicação n° 043/2025</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/oficio..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/oficio..pdf</t>
   </si>
   <si>
     <t>RESPOSTA REQUERIMENTO N° 006/2025</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>SOLICITA ESPAÇO PLENÁRIO</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>CONVIDA PARA MISSA DOS TRABALHADORES.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/of._84._resp._ind._060.25..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/of._84._resp._ind._060.25..pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 060/2025</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/of._83._resp._ind._059.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/of._83._resp._ind._059.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 059/2025</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/of._82._resp._ind._057.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/of._82._resp._ind._057.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA A INDICAÇÃO N° 057/2025</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/of._81._resp._ind._056.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/of._81._resp._ind._056.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA A INDICAÇÃO N° 056/2025</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/of._80._resp._ind._055.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/of._80._resp._ind._055.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA A INDICAÇÃO N° 055/2025</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/of._79._resp._ind._054.25..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/of._79._resp._ind._054.25..pdf</t>
   </si>
   <si>
     <t>RESPOSTA A INDICAÇÃO N°  054.2025</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/of._78._resp._ind._053.25..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/of._78._resp._ind._053.25..pdf</t>
   </si>
   <si>
     <t>RESPOSTA A INDICAÇÃO N° 053.2025</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/of._77._resp._ind._052.25..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/of._77._resp._ind._052.25..pdf</t>
   </si>
   <si>
     <t>RESPOSTA A INDICAÇÃO N°  052.2025</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2177/of._76._resp._ind._051.25..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2177/of._76._resp._ind._051.25..pdf</t>
   </si>
   <si>
     <t>RESPOSTA A INDICAÇÃO N° 051/2025</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/of._75._resp._ind._050.25..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/of._75._resp._ind._050.25..pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 050.2025</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/of._74._resp._ind._049.25..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/of._74._resp._ind._049.25..pdf</t>
   </si>
   <si>
     <t>RESPOSTA DA INDICAÇÃO N° 049.2025</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2180/of._73._resp._ind._048.25..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2180/of._73._resp._ind._048.25..pdf</t>
   </si>
   <si>
     <t>RESPOSTA INDICAÇÃO N° 048.25</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Solaine Aparecida Palmonari</t>
   </si>
   <si>
     <t>Esclarecimento sobre aquisição de bebida alcoólica para a Feira Cultural.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/of._102._resp._ind._070.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/of._102._resp._ind._070.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 070.2025</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/of._101._resp._ind._069.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/of._101._resp._ind._069.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 069.2025</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2194/of._100._resp._ind._068.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2194/of._100._resp._ind._068.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 068.2025</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2195/of._99_resp._ind._067.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2195/of._99_resp._ind._067.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 067.2025</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2196/of._98_resp._ind._066.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2196/of._98_resp._ind._066.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 066.2025</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2197/of._97_resp._ind._065.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2197/of._97_resp._ind._065.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 065.2025</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2198/of._96_resp._ind._064.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2198/of._96_resp._ind._064.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 064.2025</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2199/of._95_resp._ind._063.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2199/of._95_resp._ind._063.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 063.2025</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2200/of._94_resp._ind._062.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2200/of._94_resp._ind._062.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 062.2025</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2202/of._93_resp._ind._061.25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2202/of._93_resp._ind._061.25.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 061.2025</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>Convite para Reunião de Alinhamento da Rede Municipal de Combate à Violência Doméstica.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>Encaminhamento de Projeto de Lei.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2315/of.119.ind73.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2315/of.119.ind73.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 73/2025</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2316/of.118.ind.72.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2316/of.118.ind.72.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 72/2025</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2317/of120ind74.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2317/of120ind74.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 74/2025</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2318/of121ind75.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2318/of121ind75.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 75/2025</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2319/of.117.ind.70.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2319/of.117.ind.70.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 70/2025</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2320/of122ind76.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2320/of122ind76.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 76/2025</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2321/of123ind77.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2321/of123ind77.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 77/2025</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2322/of124ind78.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2322/of124ind78.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 78/2025</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2323/of125ind79.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2323/of125ind79.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 79/2025</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2324/of126ind80.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2324/of126ind80.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 80/2025</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2325/of127ind81.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2325/of127ind81.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 81/2025</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2326/of128ind82.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2326/of128ind82.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 82/2025</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2327/of129ind83.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2327/of129ind83.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 83/2025</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2328/of130ind84.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2328/of130ind84.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 84/2025</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2329/of125ind85.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2329/of125ind85.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 85/2025</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2330/of126ind86.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2330/of126ind86.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 86/2025</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2453/brnb422003126d3_023574.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2453/brnb422003126d3_023574.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 087</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2454/brnb422003126d3_023575.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2454/brnb422003126d3_023575.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 088</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2459/brnb422003126d3_023576.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2459/brnb422003126d3_023576.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 089</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2460/brnb422003126d3_023577.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2460/brnb422003126d3_023577.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 090</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2461/brnb422003126d3_023578.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2461/brnb422003126d3_023578.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 091</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2462/brnb422003126d3_023579.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2462/brnb422003126d3_023579.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 092</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2463/brnb422003126d3_023580.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2463/brnb422003126d3_023580.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 093</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2464/brnb422003126d3_023581.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2464/brnb422003126d3_023581.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 094</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2465/brnb422003126d3_023582.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2465/brnb422003126d3_023582.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 095</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2466/brnb422003126d3_023583.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2466/brnb422003126d3_023583.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 096</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2467/brnb422003126d3_023584.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2467/brnb422003126d3_023584.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 097</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2468/brnb422003126d3_023585.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2468/brnb422003126d3_023585.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 098</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2469/brnb422003126d3_023586.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2469/brnb422003126d3_023586.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 099</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2470/brnb422003126d3_023587.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2470/brnb422003126d3_023587.pdf</t>
   </si>
   <si>
     <t>RESPOSTA À INDICAÇÃO N° 100</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2506/of._170._e_seguintes..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2506/of._170._e_seguintes..pdf</t>
   </si>
   <si>
     <t>resposta das indicações de 101 a 119</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>PCA</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS ANUAL</t>
   </si>
   <si>
     <t>EXECUTIVO - EXE</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/001oficio_23_2025_-_encaminha_pca_2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/001oficio_23_2025_-_encaminha_pca_2024.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas referente ao exercício financeiro de 2024</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/copia_de_autos_digitais_-_portal_tce-pr.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/copia_de_autos_digitais_-_portal_tce-pr.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Poder Executivo Municipal referente ao exercício financeiro de 2023</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>PARCO</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
     <t>ANÁLISE TÉCNICA – PROJETO DE RESOLUÇÃO N° 02/2025 – REGULAMENTA A LEI FEDERAL Nº 12.527/2011 (Lei de Acesso a informação – LAI), no âmbito da Camara Municipal de Santana do Itararé – PR, e dá outras providências.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2183/parecer_2-2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2183/parecer_2-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 020/2025 – ANÁLISE E PARECER – COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO – Projeto que institui o incentivo às doações para _x000D_
 o Fundo Municipal de Esportes e permite a exploração comercial de espaços públicos para fins publicitários no âmbito do município de Santana do Itararé - AUSÊNCIA DE IRREGULARIDADES – PARECER PELA APROVAÇÃO.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 028/2025 – ANÁLISE E PARECER – COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO – Projeto que altera a Lei Nº 017/2024, a qual instituiu a contribuição para o custeio da iluminação pública (CIP), prevista no artigo 149-A da Constituição Federal de 1988 - AUSÊNCIA DE IRREGULARIDADES – PARECER PELA APROVAÇÃO.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/parecer_4-2025_-_cof.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/parecer_4-2025_-_cof.pdf</t>
   </si>
   <si>
     <t>ANÁLISE DA PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE SANTANA DO ITARARÉ/PR - RELATIVA AO EXERCÍCIO FINANCEIRO DE . PROCESSO ADMINISTRATIVO Nº 179597/23 DO TCE/PR - PARECER PELA REPROVAÇÃO.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2230/parecer_5-2025_-_cjr.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2230/parecer_5-2025_-_cjr.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 035/2025 – ANÁLISE E PARECER – COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO – “Autoriza o Município de Santana do Itararé a ceder, sem ônus, imóvel público à Empresa Brasileira de Correios e Telégrafos – ECT, e, na ausência de imóvel público disponível, a locar imóvel ou contribuir com o pagamento de aluguel para instalação e funcionamento da agência dos Correios, e dá outras providências” - AUSÊNCIA DE IRREGULARIDADES – PARECER PELA APROVAÇÃO.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>ANÁLISE DA PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE SANTANA DO ITARARÉ/PR - RELATIVA AO EXERCÍCIO FINANCEIRO DE 2023 PROCESSO ADMINISTRATIVO Nº 190187/24 DO TCE/PR - PARECER PELA REPROVAÇÃO.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA Nº 001/2025 – ANÁLISE E PARECER – COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO – Projeto que altera o Projeto de Lei nº 052/2025, incluindo os incisos XXVI e XXVII no Artº 2º e altera o Anexo Único da referida lei - PARECER PELA ALTERAÇÃO ATRAVÉS DE SUBSTITUTIVO.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>PRODE</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>Dispõe sobre REJEIÇÃO da Prestação de Contas do Poder Executivo Municipal de Santana do Itararé - Pr., referente ao Exercício Financeiro de 2022, nos termos do Parecer da COF e da Legislação vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_leg_rejeicao_das_contas_executivo_2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_leg_rejeicao_das_contas_executivo_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre REJEIÇÃO da Prestação de Contas do Poder Executivo Municipal de Santana do Itararé – Pr., referente ao Exercício Financeiro de 2023, nos termos do Parecer da COF e da Legislação vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>PROLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/pl_01.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/pl_01.2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REVISÃO NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, COM BASE NO AUMENTO DO SALÁRIO MÍNIMO NACIONAL VIGENTE A PARTIR DE JANEIRO DO EXERCÍCIO DE 2025, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_02.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_02.2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O NOVO PISO NACIONAL DO MAGISTÉRIO, CONFORME LEI FEDERAL Nº 11.738, DE 16 DE JULHO DE 2008 E PORTARIA INTERMINISTERIAL MEC/MF Nº 13, DE 23 DE DEZEMBRO DE 2024, QUE INSTITUI O PISO SALARIAL PROFISSIONAL NACIONAL PARA OS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/pl_03.2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/pl_03.2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/pl_004-2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/pl_004-2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 043/2007, QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E VENCIMENTOS DO MAGISTÉRIO MUNICIPAL, CONFORME ESPECIFICA"."</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/pl_005-2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/pl_005-2025.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A REALIZAÇÃO DE CONCURSO PÚBLICO NO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/pl_-_criacao_da_chefia_de_laboratorio_de_informatica.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/pl_-_criacao_da_chefia_de_laboratorio_de_informatica.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA CHEFIA DE LABORATÓRIO DE INFORMÁTICA NA ESTRUTURA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/pl_-_criacao_da_diretoria_de_politica_para_mulheres_.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/pl_-_criacao_da_diretoria_de_politica_para_mulheres_.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA DIRETORIA DE POLÍTICA PARA MULHERES DENTRO DA ESTRUTURA DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/pl_-_abertura_de_credito_adicional_1645.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/pl_-_abertura_de_credito_adicional_1645.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NO VALOR DE R$ 1.645.000,00, PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA PPA, LDO E LOA E DA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/pl_-_abertura_de_credito_adicional_520.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/pl_-_abertura_de_credito_adicional_520.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NO VALOR DE R$ 520.000,00, PARA REFORÇO. “EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA PA, LDO E LOA E DA OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/pl_-_aquisicao_imovel_casarin.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/pl_-_aquisicao_imovel_casarin.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Santana do Itararé/PR a adquirir imóveis urbanos mediante Escritura Pública de Desapropriação Amigável e dá outras providências.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/brnb422003126d3_020811.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/brnb422003126d3_020811.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de tanques redes oriundos do Projeto Piscicultura Tanque em Rede para associações devidamente cadastrada na Secretaria de Agricultura e Pecuária do Município de Santana do Itararé, e dá outras providências.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/brnb422003126d3_020808.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/brnb422003126d3_020808.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DE VAGAS DO CARGO DE PROVIMENTO EFETIVO DE EDUCADOR DE C.M.E.I., PREVISTO NO PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DO MAGISTÉRIO(LEI Nº 043/2007), CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/pl_-_santana_mais_empregos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/pl_-_santana_mais_empregos.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a criação do “Programa Santana Mais Emprego”</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/pl_-_altera_protocolo_de_intencoes_codren.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/pl_-_altera_protocolo_de_intencoes_codren.pdf</t>
   </si>
   <si>
     <t>dispõe sobre alteração do Protocolo de Intenções do CODREN</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/pl_-_comtur_e_fumtur.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/pl_-_comtur_e_fumtur.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a criação do Conselho Municipal de Turismo - COMTUR e do Fundo Municipal de Turismo – FUMTUR</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/pl_matheus.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/pl_matheus.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de instalação de rampas de acesso em prédios públicos que ainda não possuem, incluindo a Câmara Municipal, bem como regularizar as existentes para garantir acessibilidade a pessoas com deficiência."</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/pl_-_lar_campina_ok.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/pl_-_lar_campina_ok.pdf</t>
   </si>
   <si>
     <t>dispõe sobre o reconhecimento de utilidade pública_x000D_
  do Lar para Idosos Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_-_doacao_veiculos_ass_barreirinho_ok.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_-_doacao_veiculos_ass_barreirinho_ok.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a doação de 01 (um) veículo para a_x000D_
  Associação dos Produtores do Bairro Barreirinho (APBB)</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_-_reajuste_geral_ok.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_-_reajuste_geral_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição geral anual nos_x000D_
  vencimentos dos servidores efetivos ativos, inativos e_x000D_
  pensionistas do Município</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2104/ilovepdf_merged_14.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2104/ilovepdf_merged_14.pdf</t>
   </si>
   <si>
     <t>Institui o incentivo às doações para o Fundo Municipal de Esportes e permite a exploração comercial de espaços públicos para fins publicitários no âmbito do município de Santana do Itararé</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/pl_revisao_geral_anual_servidores_legislativo_2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/pl_revisao_geral_anual_servidores_legislativo_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RECOMPOSIÇÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/20250324154701_001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/20250324154701_001.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo do Município de Santana do Itararé a subvencionar entidade sem fins lucrativos no auxilio ao transporte de trabalhadores Santanenses para destinos conforme regulamentados por decreto e dá outras providências. "</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/brnb422003126d3_021074.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/brnb422003126d3_021074.pdf</t>
   </si>
   <si>
     <t>Cria a Gratificação para Gestão e Controle de Frotas – GGCF</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_ulitade_publica._desbravadores..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_ulitade_publica._desbravadores..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de utilidade pública do Clube de Desbravadores Força_x000D_
 Real – Clube de Aventureiros Força Real Kids Santana do Itararé – PR, e dá outras providências;</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/pl_-_estudantes..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/pl_-_estudantes..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AUXÍLIO TRANSPORTE AOS ESTUDANTES DE CURSOS SUPERIORES E TÉCNICOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/pl._auxilio_motorista..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/pl._auxilio_motorista..pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração da Lei Municipal n° 005/2023 que dispõe sobre “INSTITUI O ‘AUXÍLIO DESLOCAMENTO’ AOS MOTORISTAS DE AMBULÂNCIA, CONFORME ESPECIFICA’, e dá outras providências.”</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei__utilidade_publica_ama.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei__utilidade_publica_ama.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o reconhecimento de utilidade pública da Associação de Mães de Autistas de Wenceslau Braz e região - AMA, e dá outras providências”.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/ilovepdf_merged_17.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/ilovepdf_merged_17.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 017/2004, A QUAL INSTITUIU A CONTRIBUIÇÃO PARA O CUSTEIO DA ILUMINAÇÃO PÚBLICA (CIP), PREVISTA NO ARTIGO 149-A DA CONSTITUIÇÃO FEDERAL DE 1988 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2181/ilovepdf_merged_20.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2181/ilovepdf_merged_20.pdf</t>
   </si>
   <si>
     <t>Amplia cargo de Assistente Social</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2189/brnb422003126d3_021479.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2189/brnb422003126d3_021479.pdf</t>
   </si>
   <si>
     <t>Poder Executivo Municipal autorizado a alienar, através de procedimento licitatório (modalidade Leilão), nos termos do artigo 76, inciso II da Lei Federal nº 14.133/21</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2190/brnb422003126d3_021473.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2190/brnb422003126d3_021473.pdf</t>
   </si>
   <si>
     <t>Poder Executivo autorizado a contratar operação de crédito junto a CAIXA ECONÔMICA FEDERAL, até o valor de R$ 7.000.000,00 (sete milhões de reais), no âmbito do programa/linha de financiamento</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2201/01_projeto_de_lei____2025_credito_adicional.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2201/01_projeto_de_lei____2025_credito_adicional.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NO VALOR DE R$ 1.657.000,00 PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA PPA, LDO E LOA E DA OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/pl_33-2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/pl_33-2025.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Propõe sobre denominações da Estrada Municipal do Bairro da Água Branca que passa pelo Parque Ecológico do Saltinho até altura da Ponte Bonilha no âmbito Municipal, conforme especifica.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2224/brnb422003126d3_021696.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2224/brnb422003126d3_021696.pdf</t>
   </si>
   <si>
     <t>Homologação do Cálculo Atuarial</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2225/ilovepdf_merged_21.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2225/ilovepdf_merged_21.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder, sem ônus, imóvel público à_x000D_
 Empresa Brasileira de Correios e Telégrafos – ECT, e, na ausência_x000D_
 de imóvel público disponível, a locar imóvel ou contribuir com o_x000D_
 pagamento de aluguel para o funcionamento da agência dos_x000D_
 Correios.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/brnb422003126d3_021729.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/brnb422003126d3_021729.pdf</t>
   </si>
   <si>
     <t>Altera Plano Diretor Municipal</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2235/ilovepdf_merged_22.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2235/ilovepdf_merged_22.pdf</t>
   </si>
   <si>
     <t>Prorroga o Plano Municipal de Educação</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2241/pl_-_prorrog_refis_ok.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2241/pl_-_prorrog_refis_ok.pdf</t>
   </si>
   <si>
     <t>Prorrogação Refis</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2242/ilovepdf_merged_24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2242/ilovepdf_merged_24.pdf</t>
   </si>
   <si>
     <t>Amplia vaga do cargo de Motorista,;_x000D_
 Cria cargo comissionado de Coordenador Municipal de Produção Agrícola e Pecuária e _x000D_
 Extingue cargo comissionado de Chefe da Divisão Municipal de Produção Agrícola e Pecuária.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2280/ilovepdf_merged_26.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2280/ilovepdf_merged_26.pdf</t>
   </si>
   <si>
     <t>Institui a TV Santana, Cria o Fundo e o Conselho Municipal de Comunicação Social</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2281/ilovepdf_merged_25.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2281/ilovepdf_merged_25.pdf</t>
   </si>
   <si>
     <t>Altera Lei 028/2025 - Fundo Municipal do Esporte</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/01-oficio_41_2025_lei_de_alteracao_credito2.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/01-oficio_41_2025_lei_de_alteracao_credito2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 9.410.000,00 PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2298/projeto_de_lei._abonadas.cargahoraria..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2298/projeto_de_lei._abonadas.cargahoraria..pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único no art. 74 da Lei n° 029/2003, o inc. III no Art. 89, disciplinando as faltas abonadas e altera o art._x000D_
 2° da Lei n° 047/2024, nos termos que específicа".</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2308/03_projeto_de_lei___2025_adicional_suplementarsaudeassistenciaesporte.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2308/03_projeto_de_lei___2025_adicional_suplementarsaudeassistenciaesporte.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E ESPECIAL NO VALOR DE R$ 1.558.210,00 PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA O PPA, LDO E LOA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2313/ilovepdf_merged_27.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2313/ilovepdf_merged_27.pdf</t>
   </si>
   <si>
     <t>Aprova o Calendário Cultural do Município</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2314/01_projeto_de_lei_ppa_2026-2029.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2314/01_projeto_de_lei_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE SANTANA DO ITARARÉ, PARA O PERÍODO DE 2026 A 2029"</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio_46_-_ldo_2026.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio_46_-_ldo_2026.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2332/ilovepdf_merged_29.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2332/ilovepdf_merged_29.pdf</t>
   </si>
   <si>
     <t>autoriza o Poder Executivo a adquirir mediante compra e venda ou_x000D_
 desapropriação amigável 02 (dois) imóveis rurais, situados no_x000D_
 perímetro urbano do Município</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>“Altera a Lei nº 052/2025, que Instituiu o Calendário Cultural Oficial do Município de Santana do Itararé/PR, e dá outras providências”.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2401/oficio_47_-_loa_2026.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2401/oficio_47_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2402/01-oficio_51_2025_lei_de_alteracao_creditoassinado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2402/01-oficio_51_2025_lei_de_alteracao_creditoassinado.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 1.840.000,00 PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2482/ilovepdf_merged_30.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2482/ilovepdf_merged_30.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do_x000D_
 Paraná e os Municípios do Estado do Paraná subscritores, com a_x000D_
 finalidade de formalizar a constituição e adequação do Consórcio_x000D_
 Intergestores Paraná Saúde - CIPS aos termos do regime previsto_x000D_
 na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao_x000D_
 desenvolvimento de ações na área da assistência farmacêutica no_x000D_
 âmbito do Sistema Único de Saúde (SUS)</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2485/ilovepdf_merged_33.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2485/ilovepdf_merged_33.pdf</t>
   </si>
   <si>
     <t>Altera Perímetro Urbano</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2489/ilovepdf_merged_34.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2489/ilovepdf_merged_34.pdf</t>
   </si>
   <si>
     <t>Autoriza a Desapropriação Amigável (lotes Estádio e Prefeitura Velha) com indenização mediante Dação em Pagamento.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2490/01-oficio_58_2025_projeto_lei_de_alteracao_creditoassinado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2490/01-oficio_58_2025_projeto_lei_de_alteracao_creditoassinado.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NO VALOR DE R$ 17.837.000,00 PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA O PPA, LDO E LOA E DA OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2492/projeto_de_lei_-_cria_projeto_kit_lanche.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2492/projeto_de_lei_-_cria_projeto_kit_lanche.pdf</t>
   </si>
   <si>
     <t>“Cria o Projeto ‘Kit Lanche’ no Município de Santana do Itararé, destinado aos pacientes transportados para tratamento de saúde e dá outras providências. ”</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2499/projeto_de_lei_legislativo_-_abertura_de_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2499/projeto_de_lei_legislativo_-_abertura_de_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar e dá outras Providências</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2502/ilovepdf_merged_37.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2502/ilovepdf_merged_37.pdf</t>
   </si>
   <si>
     <t>PL - Inovação</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2503/ilovepdf_merged_38.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2503/ilovepdf_merged_38.pdf</t>
   </si>
   <si>
     <t>PL - Atendente Escolar</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2504/pl._permuta._euclair..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2504/pl._permuta._euclair..pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DE IMÓVEIS, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2505/pl.doacao..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2505/pl.doacao..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Santana do Itararé a realizar a doação de bens móveis às Organizações da Sociedade Civil – OSCs, no âmbito do Programa Fortalece Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Indica membros para comissões permanentes para bienio 2025/2026</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_resolucao_-_lei_de_acesso_a_informacao.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_resolucao_-_lei_de_acesso_a_informacao.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Federal nº 12.527/2011 (Lei de Acesso a informação – LAI), no âmbito da Câmara Municipal de Santana do Itararé – PR, e dá outras providências.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/projeto_de_resolucao_-_governo_digital_do_legislativo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/projeto_de_resolucao_-_governo_digital_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Federal nº 14.129/2021 (Governo Digital) no âmbito da Câmara Municipal de Santana do Itararé - PR, e dá outras providências.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/projeto_de_resolucao_-_compras_e_pequeno_valor.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/projeto_de_resolucao_-_compras_e_pequeno_valor.pdf</t>
   </si>
   <si>
     <t>Regulamenta o procedimento para pequenas compras e prestação de serviços de pronto pagamento, nos termos da Lei Federal nº 14.133/2021, no âmbito do Poder Legislativo Municipal de Santana do Itararé - PR.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2222/projeto_de_resolucao_-_diretrizes_para_planejamento_estrategico_cam.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2222/projeto_de_resolucao_-_diretrizes_para_planejamento_estrategico_cam.pdf</t>
   </si>
   <si>
     <t>Institui as diretrizes para elaboração, coordenação e monitoramento do Planejamento Estratégico da Câmara Municipal de Santana do Itararé, e dá outras providências.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/projeto_de_resolucao_altera_resolucao_estagio.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/projeto_de_resolucao_altera_resolucao_estagio.pdf</t>
   </si>
   <si>
     <t>Altera o § 4º do art. 16 da Resolução nº. 02/2024 que regulamenta o procedimento de estágio no âmbito do Poder Legislativo Municipal de Santana do Itararé – PR.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_resolucao_-_altera_regimento_interno_reeleicao_mesa.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_resolucao_-_altera_regimento_interno_reeleicao_mesa.pdf</t>
   </si>
   <si>
     <t>Altera e revoga dispositivos do Regimento Interno do Poder Legislativo Municipal de Santana do Itararé – PR e dá outras providências.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_resolucao_-_alteracao_orcamentaria.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_resolucao_-_alteracao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar e dá Outras Providências</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2507/projeto_de_resolucao_-_alteracao_orcamentaria_ii.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2507/projeto_de_resolucao_-_alteracao_orcamentaria_ii.pdf</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>PROEM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA</t>
   </si>
   <si>
     <t>Inclui os Incisos XXVI, XXVII no Artigo 2º e altera Anexo Único da Lei nº. 052/2025 nos termos que especifica.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>REQVE</t>
   </si>
   <si>
     <t>REQUERIMENTO VEREADOR</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/requerimento_01.2025_-_matheus_-_covida_militares_participara_sessao_ordinaria.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/requerimento_01.2025_-_matheus_-_covida_militares_participara_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>“Requer expedição de ofício de convite para comparecimento em sessão ordinária, nos termos que especifica.”</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/requerimento_dra_homenagem.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/requerimento_dra_homenagem.pdf</t>
   </si>
   <si>
     <t>Requerimento de uso da palavra na Sessão Ordinária do dia 10 de março de 2025, com o fim de prestar homenagem às mulheres do município pelo Dia Internacional das Mulheres.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/requerimento_dra_paulo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/requerimento_dra_paulo.pdf</t>
   </si>
   <si>
     <t>Solicitação da presença do engenheiro Paulo José Izac em Sessão Legislativa para prestar esclarecimentos ao plenário.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>“Requer informações sobre os terrenos adquiridos no bairro Parque das Nações (Maluf), nos termos em que se especifica”</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_naldo_cras.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_naldo_cras.pdf</t>
   </si>
   <si>
     <t>"Requer informações sobre a reforma efetuada no antigo CRAS da Vila Nova, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/requerimento_naldo_feira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/requerimento_naldo_feira.pdf</t>
   </si>
   <si>
     <t>“Requer informações sobre a 1ª Feira Cultural e Gastronômica, que ocorreu nos dias 28/02, 01/03 e 02/03, nos termos em que se especifica”.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/requerimento_naldo_ze_.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/requerimento_naldo_ze_.pdf</t>
   </si>
   <si>
     <t>“Requer informações sobre a obra efetuada na “Estrada do Zé Mota”, nos termos em que se especifica”</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2484/requerimento_8-2025.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2484/requerimento_8-2025.pdf</t>
   </si>
   <si>
     <t>"Requer informações sobre o valor pago a título de horas extras para alguns profissionais.".</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>REQCI</t>
   </si>
   <si>
     <t>REQUERIMENTO CIDADÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/requerimento_edivaldo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/requerimento_edivaldo.pdf</t>
   </si>
   <si>
     <t>Requerimento de uso da palavra durante a Sessão Legislativa do dia 10 de março de 2025, para falar sobre instalação de caixa d'agua no bairro Parque das Nações/Maluf e outras reinvidicações.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>Requerimento uso da palavra.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>Ney Aparecido Silva</t>
   </si>
   <si>
     <t>Uso da palavra na Sessão Ordinária do dia 08/12/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -4206,67 +4221,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2226/ata_1o__quadrimestre_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/proposta_chapa_comissao_permanentes_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_01.2025_-_eder_silveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_02.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_no._003.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_naldo_cadeiras.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_naldo_e_bruno_lago.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_reiteracao_terreno.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_brunao_casa_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_bruno_desembarque.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_bruno_vagas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/reiteracao_lanche.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_eder_calcario.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_no._013.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_brunao_e_dair_campina.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_naldo_ponto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_no._016.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_no._017.2025_aquisicao_terreno_ze_raimundo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_vestiarios.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_vereadores_maluf.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_naldo_uniformes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2011/indicacao_eder_e_naldo_garis.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_022.2025_-_cumprimento_leis_municipais.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_023.2025_-_manutencao_area_publica_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_024.2025_-_conclusao_calcamento_rua_bela_vista_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_cmei_eder.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_dra_autismo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_dra_piscina.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_brunao_grau.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_brunao_poste.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_brunao_poste_arthur.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_ismair_poste.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_ismair_agua.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_no._033.2025_construcao_de_calcamento_avenida_antonio_casarim.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_dra_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/indicacao_naldo_lixeira.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/indicacao_matheus_campina.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2070/indicacao_matheus_estradas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/indicacao_no._038.2025_colocar_po_de_pedras.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/indicacao_no._039.2025_canaletas_no_asfalto_da_campina.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_dra_barreira.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_no._041.2025_saltinho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_brunao_calcada.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_brunao_circular.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_brunao_placas.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_dra_portal.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_naldo_terreno.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_no._047.2025_insalubridade_aux._limpeza.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_dair_barreira.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_anderson_troca_verde.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_brunao_clube.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_brunao_poste_vila.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_bruno_parquinho_maluf.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/reiteracao_anderson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/indicacao_ismair_maluf_onibus.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_anderson_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_matheus_alargamento.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacao_matheus_engenheiro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_059.2025_-_leilao_bens_inserviveis_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_060.2025_-_aquisicao_de_onibus_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_eder_campina.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_eder_praca.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_naldo_motoristas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/indicacao_naldo_cras.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_naldo_posto.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_ipes_eder.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_brunao_peixes.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_centro_saude.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/indicacao_brunao_rua_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_no._071.2025_projeto_trevo_do_bairro_campina.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_072.2025_-_instalacao_de_braco_de_luz_e_posteamento_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_brunao_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_brunao_quadra.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_naldo_estadio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_eder_dair_fresagem.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_matheus_prancha.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_matheus_lombada.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_dra_ama.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_dra_treinamento.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_brunao_bairro_limpo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_brunao_sintetico.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/indicacao_naldo_fraldas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_brunao_rocada.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_brunao_canil.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_eder_casinhas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_eder_sopradores.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_naldo_diarias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_089.2025_-_pagamento_licenca_premio_aos_servidores_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_naldo_pesagem.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_matheus_uniforme.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/indicacao_93.2025_-_projeto_meu_pomar_-_eder.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_anderson_equiparacao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2239/indicacao_naldo_pontos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_naldo_copel.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2310/indicacao_naldo_farmacia.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2311/indicacao_naldo_ar.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2312/indicacao_naldo_academia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2334/indicacao_lombadas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2335/indicacao_102.2025_-_naldo_-.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2342/indicacao_parque_aquatico_1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2345/indicacao_eder_sistema.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_transporte.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_eder_arvores.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_matheus_trem.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2397/indicacao_naldo_escola.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2398/indicacao_matheus_assistentes_sociais.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2456/indicacao_112_bruno_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2457/indicacao_naldo_bebedouro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_bruno_noturno.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_115_-_naldo_poco.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_116_-_naldo_rota_onibus.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_117-_eder_poco.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_118.2025_-_eder_silveira.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2493/indicacao_119_-_eder_moto.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2495/indicacao_120.2025_-_eder_silveira.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2496/indicacao_121.2025_-_naldo_-_seguro_frota.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_122_-_naldo_ponte_bonilha.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_123-_naldo_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_124-_eder_poco.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_matheus_rampa.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2511/indicacao_matheus_barracao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2512/indicacao_127-_matheus_poco.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2513/indicacao_128-_matheus_clube.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2514/indicacao_telo_campina.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2515/indicacao_telo_ar.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2516/indicacao_mair_maluf.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_mair_caixas.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_133-_eder_poco_serrinha.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_bruno_buracos.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_naldo_ponte.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2218/mocao_apoio_1.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/mocao_congratulacoes_e_louvor_-_militares_da_patrulha_rural_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/mocao_joselia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/mocao_de_congratulacoes_e_aplausos_no._03.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/mocao_de_congratulacoes_e_aplausos_no._04.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2203/mocao_militares_bruno.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2210/mocao_pesar_ze_guarda.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2387/pesar_takashi.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2498/pesar_nice.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2519/pesar_macedonio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/ccf_000283.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/of._12.22_-_resp._ind._02.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/of._13.25_-_resp._ind._03.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/of._14.25_-_resp._ind._04.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/of.15.25_-_resp._ind._05.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/of._16.25_-_resp._ind._06.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/of._17.25_-_resp._ind._07.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/of._18.25_-_resp._ind._08.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2052/of._19.25_-_resp._ind._09.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/of._20.25_-_resp._ind._10..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/of._21.25_-_resp._ind._11.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/of._22.25_-_resp._ind._12.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/of._23.25_-_resp._ind._13.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/of._24.25_-_resp._ind._14.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/of._25.25_-_resp._ind._15.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/of._26.25_-_resp._ind_16.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/of._27.25_-_resp._ind._17.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/of._28.25_-_resp._ind._18.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/of._29.25_-_resp._ind._19.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/of._30.25_-_resp._ind._20.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/of._31.25_-_resp._ind._21.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/of._32.25_-_resp._ind._22.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/of._33.25_-_resp._ind._23.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/oficio_n._755.24-opd-gp.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/oficio_047_a_66.2025._resp._indi.__e_seguintes..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/oficio_no._049.2025_em_respota_a_indicacao_no._025.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/oficio_no._050.2025_em_respota_a_indicacao_no._026.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/oficio_no._051.2025_em_respota_a_indicacao_no._027.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_no._052.2025_em_respota_a_indicacao_no._028.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/oficio_no._053.2025_em_respota_a_indicacao_no._029.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/oficio_no._054.2025_em_respota_a_indicacao_no._030.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/oficio_no._055.2025_em_respota_a_indicacao_no._031.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/oficio_no._056.2025_em_respota_a_indicacao_no._032.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/oficio_no._057.2025_em_respota_a_indicacao_no._033.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/oficio_no._058.2025_em_respota_a_indicacao_no._034.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/oficio_no._059.2025_em_respota_a_indicacao_no._035.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/oficio_no._060.2025_em_respota_a_indicacao_no._036.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/oficio_no._061.2025_em_respota_a_indicacao_no._037.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/oficio_no._062.2025_em_respota_a_indicacao_no._038.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/oficio_no._063.2025_em_respota_a_indicacao_no._039.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/oficio_no._064.2025_em_respota_a_indicacao_no._040.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/oficio_no._065.2025_em_respota_a_indicacao_no._041.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/oficio_no._066.2025_em_respota_a_indicacao_no._042.2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/oficio_070_-_ind._046.25_-_terreno_cemiterio..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/oficio_069_-_mini_portal_-_rua_sao_paulo._ind._45.25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/oficio_068_-_placas_pr_151.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/oficio_067_._linhar_circular.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/oficio..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/of._84._resp._ind._060.25..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/of._83._resp._ind._059.25.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/of._82._resp._ind._057.25.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/of._81._resp._ind._056.25.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/of._80._resp._ind._055.25.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/of._79._resp._ind._054.25..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/of._78._resp._ind._053.25..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/of._77._resp._ind._052.25..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2177/of._76._resp._ind._051.25..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/of._75._resp._ind._050.25..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/of._74._resp._ind._049.25..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2180/of._73._resp._ind._048.25..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/of._102._resp._ind._070.25.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/of._101._resp._ind._069.25.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2194/of._100._resp._ind._068.25.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2195/of._99_resp._ind._067.25.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2196/of._98_resp._ind._066.25.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2197/of._97_resp._ind._065.25.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2198/of._96_resp._ind._064.25.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2199/of._95_resp._ind._063.25.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2200/of._94_resp._ind._062.25.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2202/of._93_resp._ind._061.25.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2315/of.119.ind73.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2316/of.118.ind.72.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2317/of120ind74.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2318/of121ind75.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2319/of.117.ind.70.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2320/of122ind76.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2321/of123ind77.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2322/of124ind78.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2323/of125ind79.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2324/of126ind80.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2325/of127ind81.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2326/of128ind82.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2327/of129ind83.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2328/of130ind84.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2329/of125ind85.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2330/of126ind86.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2453/brnb422003126d3_023574.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2454/brnb422003126d3_023575.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2459/brnb422003126d3_023576.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2460/brnb422003126d3_023577.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2461/brnb422003126d3_023578.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2462/brnb422003126d3_023579.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2463/brnb422003126d3_023580.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2464/brnb422003126d3_023581.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2465/brnb422003126d3_023582.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2466/brnb422003126d3_023583.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2467/brnb422003126d3_023584.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2468/brnb422003126d3_023585.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2469/brnb422003126d3_023586.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2470/brnb422003126d3_023587.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2506/of._170._e_seguintes..pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/001oficio_23_2025_-_encaminha_pca_2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/copia_de_autos_digitais_-_portal_tce-pr.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2183/parecer_2-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/parecer_4-2025_-_cof.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2230/parecer_5-2025_-_cjr.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_leg_rejeicao_das_contas_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/pl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/pl_03.2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/pl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/pl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/pl_-_criacao_da_chefia_de_laboratorio_de_informatica.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/pl_-_criacao_da_diretoria_de_politica_para_mulheres_.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/pl_-_abertura_de_credito_adicional_1645.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/pl_-_abertura_de_credito_adicional_520.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/pl_-_aquisicao_imovel_casarin.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/brnb422003126d3_020811.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/brnb422003126d3_020808.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/pl_-_santana_mais_empregos.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/pl_-_altera_protocolo_de_intencoes_codren.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/pl_-_comtur_e_fumtur.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/pl_matheus.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/pl_-_lar_campina_ok.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_-_doacao_veiculos_ass_barreirinho_ok.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_-_reajuste_geral_ok.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2104/ilovepdf_merged_14.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/pl_revisao_geral_anual_servidores_legislativo_2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/20250324154701_001.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/brnb422003126d3_021074.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_ulitade_publica._desbravadores..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/pl_-_estudantes..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/pl._auxilio_motorista..pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei__utilidade_publica_ama.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/ilovepdf_merged_17.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2181/ilovepdf_merged_20.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2189/brnb422003126d3_021479.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2190/brnb422003126d3_021473.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2201/01_projeto_de_lei____2025_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/pl_33-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2224/brnb422003126d3_021696.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2225/ilovepdf_merged_21.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/brnb422003126d3_021729.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2235/ilovepdf_merged_22.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2241/pl_-_prorrog_refis_ok.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2242/ilovepdf_merged_24.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2280/ilovepdf_merged_26.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2281/ilovepdf_merged_25.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/01-oficio_41_2025_lei_de_alteracao_credito2.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2298/projeto_de_lei._abonadas.cargahoraria..pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2308/03_projeto_de_lei___2025_adicional_suplementarsaudeassistenciaesporte.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2313/ilovepdf_merged_27.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2314/01_projeto_de_lei_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio_46_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2332/ilovepdf_merged_29.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2401/oficio_47_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2402/01-oficio_51_2025_lei_de_alteracao_creditoassinado.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2482/ilovepdf_merged_30.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2485/ilovepdf_merged_33.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2489/ilovepdf_merged_34.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2490/01-oficio_58_2025_projeto_lei_de_alteracao_creditoassinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2492/projeto_de_lei_-_cria_projeto_kit_lanche.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2499/projeto_de_lei_legislativo_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2502/ilovepdf_merged_37.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2503/ilovepdf_merged_38.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2504/pl._permuta._euclair..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2505/pl.doacao..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_resolucao_-_lei_de_acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/projeto_de_resolucao_-_governo_digital_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/projeto_de_resolucao_-_compras_e_pequeno_valor.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2222/projeto_de_resolucao_-_diretrizes_para_planejamento_estrategico_cam.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/projeto_de_resolucao_altera_resolucao_estagio.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_resolucao_-_altera_regimento_interno_reeleicao_mesa.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_resolucao_-_alteracao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2507/projeto_de_resolucao_-_alteracao_orcamentaria_ii.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/requerimento_01.2025_-_matheus_-_covida_militares_participara_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/requerimento_dra_homenagem.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/requerimento_dra_paulo.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_naldo_cras.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/requerimento_naldo_feira.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/requerimento_naldo_ze_.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2484/requerimento_8-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/requerimento_edivaldo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2226/ata_1o__quadrimestre_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2236/ata_ppa_-_2026_-_2029.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2441/ata_2o_semestre_-_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2543/ata_3o_semestre_-_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/proposta_chapa_comissao_permanentes_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_01.2025_-_eder_silveira_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_02.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_no._003.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_naldo_cadeiras.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_naldo_e_bruno_lago.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_reiteracao_terreno.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_brunao_casa_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_bruno_desembarque.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_bruno_vagas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/reiteracao_lanche.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_eder_calcario.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_no._013.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_brunao_e_dair_campina.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_naldo_ponto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_no._016.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_no._017.2025_aquisicao_terreno_ze_raimundo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_vestiarios.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_vereadores_maluf.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_naldo_uniformes.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2011/indicacao_eder_e_naldo_garis.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_022.2025_-_cumprimento_leis_municipais.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_023.2025_-_manutencao_area_publica_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_024.2025_-_conclusao_calcamento_rua_bela_vista_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_cmei_eder.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_dra_autismo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_dra_piscina.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_brunao_grau.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/indicacao_brunao_poste.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_brunao_poste_arthur.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_ismair_poste.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_ismair_agua.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_no._033.2025_construcao_de_calcamento_avenida_antonio_casarim.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_dra_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/indicacao_naldo_lixeira.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/indicacao_matheus_campina.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2070/indicacao_matheus_estradas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/indicacao_no._038.2025_colocar_po_de_pedras.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/indicacao_no._039.2025_canaletas_no_asfalto_da_campina.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_dra_barreira.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_no._041.2025_saltinho.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_brunao_calcada.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_brunao_circular.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_brunao_placas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_dra_portal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_naldo_terreno.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_no._047.2025_insalubridade_aux._limpeza.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_dair_barreira.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_anderson_troca_verde.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_brunao_clube.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_brunao_poste_vila.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_bruno_parquinho_maluf.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/reiteracao_anderson.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/indicacao_ismair_maluf_onibus.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao_anderson_insalubridade.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_matheus_alargamento.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacao_matheus_engenheiro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_059.2025_-_leilao_bens_inserviveis_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_060.2025_-_aquisicao_de_onibus_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_eder_campina.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_eder_praca.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_naldo_motoristas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/indicacao_naldo_cras.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_naldo_posto.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_ipes_eder.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_brunao_peixes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_centro_saude.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/indicacao_brunao_rua_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_no._071.2025_projeto_trevo_do_bairro_campina.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_072.2025_-_instalacao_de_braco_de_luz_e_posteamento_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/indicacao_brunao_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/indicacao_brunao_quadra.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/indicacao_naldo_estadio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_eder_dair_fresagem.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_matheus_prancha.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_matheus_lombada.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2185/indicacao_dra_ama.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2186/indicacao_dra_treinamento.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_brunao_bairro_limpo.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_brunao_sintetico.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/indicacao_naldo_fraldas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_brunao_rocada.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_brunao_canil.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/indicacao_eder_casinhas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_eder_sopradores.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_naldo_diarias.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_089.2025_-_pagamento_licenca_premio_aos_servidores_-_naldo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2223/indicacao_naldo_pesagem.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_matheus_uniforme.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/indicacao_93.2025_-_projeto_meu_pomar_-_eder.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_anderson_equiparacao.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2239/indicacao_naldo_pontos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_naldo_copel.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2310/indicacao_naldo_farmacia.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2311/indicacao_naldo_ar.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2312/indicacao_naldo_academia.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2334/indicacao_lombadas.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2335/indicacao_102.2025_-_naldo_-.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2342/indicacao_parque_aquatico_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2345/indicacao_eder_sistema.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_transporte.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_eder_arvores.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_matheus_trem.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2397/indicacao_naldo_escola.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2398/indicacao_matheus_assistentes_sociais.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2456/indicacao_112_bruno_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2457/indicacao_naldo_bebedouro.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_bruno_noturno.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_115_-_naldo_poco.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_116_-_naldo_rota_onibus.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_117-_eder_poco.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_118.2025_-_eder_silveira.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2493/indicacao_119_-_eder_moto.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2495/indicacao_120.2025_-_eder_silveira.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2496/indicacao_121.2025_-_naldo_-_seguro_frota.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_122_-_naldo_ponte_bonilha.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_123-_naldo_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_124-_eder_poco.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_matheus_rampa.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2511/indicacao_matheus_barracao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2512/indicacao_127-_matheus_poco.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2513/indicacao_128-_matheus_clube.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2514/indicacao_telo_campina.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2515/indicacao_telo_ar.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2516/indicacao_mair_maluf.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_mair_caixas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_133-_eder_poco_serrinha.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_bruno_buracos.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_naldo_ponte.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2218/mocao_apoio_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/mocao_congratulacoes_e_louvor_-_militares_da_patrulha_rural_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/mocao_joselia.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/mocao_de_congratulacoes_e_aplausos_no._03.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/mocao_de_congratulacoes_e_aplausos_no._04.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2203/mocao_militares_bruno.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2210/mocao_pesar_ze_guarda.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2387/pesar_takashi.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2498/pesar_nice.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2519/pesar_macedonio.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/ccf_000283.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/of._12.22_-_resp._ind._02.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/of._13.25_-_resp._ind._03.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/of._14.25_-_resp._ind._04.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/of.15.25_-_resp._ind._05.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/of._16.25_-_resp._ind._06.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/of._17.25_-_resp._ind._07.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/of._18.25_-_resp._ind._08.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2052/of._19.25_-_resp._ind._09.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/of._20.25_-_resp._ind._10..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/of._21.25_-_resp._ind._11.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/of._22.25_-_resp._ind._12.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/of._23.25_-_resp._ind._13.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/of._24.25_-_resp._ind._14.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/of._25.25_-_resp._ind._15.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/of._26.25_-_resp._ind_16.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/of._27.25_-_resp._ind._17.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/of._28.25_-_resp._ind._18.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/of._29.25_-_resp._ind._19.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/of._30.25_-_resp._ind._20.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/of._31.25_-_resp._ind._21.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/of._32.25_-_resp._ind._22.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/of._33.25_-_resp._ind._23.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/oficio_n._755.24-opd-gp.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/oficio_047_a_66.2025._resp._indi.__e_seguintes..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/oficio_no._049.2025_em_respota_a_indicacao_no._025.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/oficio_no._050.2025_em_respota_a_indicacao_no._026.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/oficio_no._051.2025_em_respota_a_indicacao_no._027.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/oficio_no._052.2025_em_respota_a_indicacao_no._028.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/oficio_no._053.2025_em_respota_a_indicacao_no._029.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/oficio_no._054.2025_em_respota_a_indicacao_no._030.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/oficio_no._055.2025_em_respota_a_indicacao_no._031.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/oficio_no._056.2025_em_respota_a_indicacao_no._032.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/oficio_no._057.2025_em_respota_a_indicacao_no._033.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/oficio_no._058.2025_em_respota_a_indicacao_no._034.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/oficio_no._059.2025_em_respota_a_indicacao_no._035.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/oficio_no._060.2025_em_respota_a_indicacao_no._036.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/oficio_no._061.2025_em_respota_a_indicacao_no._037.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/oficio_no._062.2025_em_respota_a_indicacao_no._038.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/oficio_no._063.2025_em_respota_a_indicacao_no._039.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/oficio_no._064.2025_em_respota_a_indicacao_no._040.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/oficio_no._065.2025_em_respota_a_indicacao_no._041.2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/oficio_no._066.2025_em_respota_a_indicacao_no._042.2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/oficio_070_-_ind._046.25_-_terreno_cemiterio..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/oficio_069_-_mini_portal_-_rua_sao_paulo._ind._45.25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/oficio_068_-_placas_pr_151.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/oficio_067_._linhar_circular.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/oficio..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/of._84._resp._ind._060.25..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/of._83._resp._ind._059.25.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/of._82._resp._ind._057.25.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/of._81._resp._ind._056.25.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/of._80._resp._ind._055.25.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/of._79._resp._ind._054.25..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/of._78._resp._ind._053.25..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/of._77._resp._ind._052.25..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2177/of._76._resp._ind._051.25..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/of._75._resp._ind._050.25..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/of._74._resp._ind._049.25..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2180/of._73._resp._ind._048.25..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/of._102._resp._ind._070.25.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/of._101._resp._ind._069.25.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2194/of._100._resp._ind._068.25.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2195/of._99_resp._ind._067.25.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2196/of._98_resp._ind._066.25.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2197/of._97_resp._ind._065.25.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2198/of._96_resp._ind._064.25.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2199/of._95_resp._ind._063.25.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2200/of._94_resp._ind._062.25.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2202/of._93_resp._ind._061.25.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2315/of.119.ind73.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2316/of.118.ind.72.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2317/of120ind74.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2318/of121ind75.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2319/of.117.ind.70.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2320/of122ind76.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2321/of123ind77.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2322/of124ind78.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2323/of125ind79.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2324/of126ind80.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2325/of127ind81.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2326/of128ind82.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2327/of129ind83.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2328/of130ind84.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2329/of125ind85.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2330/of126ind86.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2453/brnb422003126d3_023574.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2454/brnb422003126d3_023575.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2459/brnb422003126d3_023576.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2460/brnb422003126d3_023577.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2461/brnb422003126d3_023578.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2462/brnb422003126d3_023579.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2463/brnb422003126d3_023580.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2464/brnb422003126d3_023581.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2465/brnb422003126d3_023582.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2466/brnb422003126d3_023583.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2467/brnb422003126d3_023584.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2468/brnb422003126d3_023585.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2469/brnb422003126d3_023586.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2470/brnb422003126d3_023587.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2506/of._170._e_seguintes..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/001oficio_23_2025_-_encaminha_pca_2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/copia_de_autos_digitais_-_portal_tce-pr.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2183/parecer_2-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/parecer_4-2025_-_cof.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2230/parecer_5-2025_-_cjr.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_decreto_leg_rejeicao_das_contas_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/pl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/pl_03.2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/pl_004-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/pl_005-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/pl_-_criacao_da_chefia_de_laboratorio_de_informatica.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/pl_-_criacao_da_diretoria_de_politica_para_mulheres_.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/pl_-_abertura_de_credito_adicional_1645.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/pl_-_abertura_de_credito_adicional_520.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/pl_-_aquisicao_imovel_casarin.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/brnb422003126d3_020811.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/brnb422003126d3_020808.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/pl_-_santana_mais_empregos.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/pl_-_altera_protocolo_de_intencoes_codren.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/pl_-_comtur_e_fumtur.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/pl_matheus.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/pl_-_lar_campina_ok.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_-_doacao_veiculos_ass_barreirinho_ok.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_-_reajuste_geral_ok.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2104/ilovepdf_merged_14.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/pl_revisao_geral_anual_servidores_legislativo_2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/20250324154701_001.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/brnb422003126d3_021074.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_ulitade_publica._desbravadores..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/pl_-_estudantes..pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/pl._auxilio_motorista..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei__utilidade_publica_ama.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/ilovepdf_merged_17.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2181/ilovepdf_merged_20.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2189/brnb422003126d3_021479.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2190/brnb422003126d3_021473.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2201/01_projeto_de_lei____2025_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/pl_33-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2224/brnb422003126d3_021696.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2225/ilovepdf_merged_21.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/brnb422003126d3_021729.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2235/ilovepdf_merged_22.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2241/pl_-_prorrog_refis_ok.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2242/ilovepdf_merged_24.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2280/ilovepdf_merged_26.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2281/ilovepdf_merged_25.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/01-oficio_41_2025_lei_de_alteracao_credito2.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2298/projeto_de_lei._abonadas.cargahoraria..pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2308/03_projeto_de_lei___2025_adicional_suplementarsaudeassistenciaesporte.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2313/ilovepdf_merged_27.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2314/01_projeto_de_lei_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2331/oficio_46_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2332/ilovepdf_merged_29.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2401/oficio_47_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2402/01-oficio_51_2025_lei_de_alteracao_creditoassinado.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2482/ilovepdf_merged_30.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2485/ilovepdf_merged_33.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2489/ilovepdf_merged_34.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2490/01-oficio_58_2025_projeto_lei_de_alteracao_creditoassinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2492/projeto_de_lei_-_cria_projeto_kit_lanche.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2499/projeto_de_lei_legislativo_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2502/ilovepdf_merged_37.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2503/ilovepdf_merged_38.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2504/pl._permuta._euclair..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2505/pl.doacao..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/projeto_de_resolucao_-_lei_de_acesso_a_informacao.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/projeto_de_resolucao_-_governo_digital_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/projeto_de_resolucao_-_compras_e_pequeno_valor.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2222/projeto_de_resolucao_-_diretrizes_para_planejamento_estrategico_cam.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/projeto_de_resolucao_altera_resolucao_estagio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_resolucao_-_altera_regimento_interno_reeleicao_mesa.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_resolucao_-_alteracao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2507/projeto_de_resolucao_-_alteracao_orcamentaria_ii.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/requerimento_01.2025_-_matheus_-_covida_militares_participara_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/requerimento_dra_homenagem.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/requerimento_dra_paulo.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2115/requerimento_naldo_cras.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/requerimento_naldo_feira.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/requerimento_naldo_ze_.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2484/requerimento_8-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/requerimento_edivaldo.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H349"/>
+  <dimension ref="A1:H350"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="157.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="156.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4318,8940 +4333,8963 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
       <c r="G6" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>35</v>
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E10" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F11" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F12" t="s">
         <v>58</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H12" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>62</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F13" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F14" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>41</v>
+      </c>
+      <c r="F15" t="s">
+        <v>58</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>76</v>
       </c>
       <c r="H16" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>78</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>79</v>
       </c>
       <c r="D17" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F17" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F18" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H18" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F19" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H19" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F20" t="s">
-        <v>92</v>
+        <v>49</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H20" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>96</v>
       </c>
       <c r="D21" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F21" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H21" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D22" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E22" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F22" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H22" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D23" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E23" t="s">
-        <v>35</v>
+        <v>41</v>
+      </c>
+      <c r="F23" t="s">
+        <v>49</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H23" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D24" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H24" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D25" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E25" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H25" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D26" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E26" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H26" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D27" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E27" t="s">
-        <v>35</v>
+        <v>41</v>
+      </c>
+      <c r="F27" t="s">
+        <v>53</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H27" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D28" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E28" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H28" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D29" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E29" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F29" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H29" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D30" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E30" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F30" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H30" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D31" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E31" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F31" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H31" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D32" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E32" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F32" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H32" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D33" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E33" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F33" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H33" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D34" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E34" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F34" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H34" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D35" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E35" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F35" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H35" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D36" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E36" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F36" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H36" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D37" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E37" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F37" t="s">
         <v>58</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H37" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D38" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E38" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F38" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H38" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D39" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E39" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F39" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H39" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D40" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E40" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F40" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H40" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D41" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E41" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F41" t="s">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H41" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D42" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E42" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F42" t="s">
-        <v>181</v>
+        <v>53</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>182</v>
       </c>
       <c r="H42" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>184</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>185</v>
       </c>
       <c r="D43" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E43" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F43" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H43" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D44" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E44" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F44" t="s">
-        <v>43</v>
+        <v>186</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H44" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D45" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E45" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F45" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H45" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D46" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E46" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F46" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H46" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D47" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E47" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F47" t="s">
-        <v>43</v>
+        <v>80</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H47" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D48" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E48" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F48" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D49" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E49" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F49" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H49" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D50" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E50" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F50" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H50" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D51" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E51" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F51" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H51" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D52" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E52" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F52" t="s">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H52" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D53" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E53" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F53" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H53" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D54" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E54" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F54" t="s">
-        <v>92</v>
+        <v>49</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H54" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D55" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E55" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F55" t="s">
-        <v>234</v>
+        <v>97</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>235</v>
       </c>
       <c r="H55" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>237</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>238</v>
       </c>
       <c r="D56" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E56" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F56" t="s">
-        <v>53</v>
+        <v>239</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H56" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D57" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E57" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F57" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H57" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D58" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E58" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F58" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H58" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D59" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E59" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F59" t="s">
-        <v>234</v>
+        <v>58</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H59" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D60" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E60" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F60" t="s">
-        <v>58</v>
+        <v>239</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H60" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D61" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E61" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F61" t="s">
-        <v>234</v>
+        <v>63</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H61" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D62" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E62" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F62" t="s">
-        <v>181</v>
+        <v>239</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H62" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D63" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E63" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F63" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H63" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D64" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E64" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F64" t="s">
-        <v>48</v>
+        <v>186</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H64" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D65" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E65" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F65" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H65" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D66" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E66" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F66" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H66" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D67" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E67" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F67" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H67" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D68" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E68" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F68" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H68" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D69" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E69" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F69" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H69" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D70" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E70" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F70" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H70" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D71" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E71" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F71" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H71" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D72" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E72" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F72" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H72" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D73" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E73" t="s">
-        <v>35</v>
+        <v>41</v>
+      </c>
+      <c r="F73" t="s">
+        <v>58</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H73" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D74" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E74" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H74" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D75" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E75" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F75" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H75" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D76" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E76" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F76" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H76" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D77" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E77" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F77" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H77" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D78" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E78" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F78" t="s">
         <v>53</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H78" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D79" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E79" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F79" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H79" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D80" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E80" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F80" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H80" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D81" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E81" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F81" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H81" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D82" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E82" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F82" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H82" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D83" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E83" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F83" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H83" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D84" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E84" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F84" t="s">
-        <v>75</v>
+        <v>186</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H84" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D85" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E85" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F85" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H85" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D86" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E86" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F86" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H86" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D87" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E87" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F87" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H87" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D88" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E88" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F88" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H88" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D89" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E89" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F89" t="s">
         <v>53</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H89" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D90" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E90" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F90" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H90" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D91" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E91" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F91" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H91" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D92" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E92" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F92" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H92" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D93" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E93" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F93" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="H93" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D94" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E94" t="s">
-        <v>35</v>
+        <v>41</v>
+      </c>
+      <c r="F94" t="s">
+        <v>53</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="H94" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D95" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E95" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="H95" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D96" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E96" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F96" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>18</v>
+        <v>400</v>
       </c>
       <c r="H96" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D97" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E97" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F97" t="s">
-        <v>181</v>
+        <v>49</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>402</v>
+        <v>32</v>
       </c>
       <c r="H97" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D98" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E98" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F98" t="s">
-        <v>36</v>
+        <v>186</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H98" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D99" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E99" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F99" t="s">
-        <v>234</v>
+        <v>42</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H99" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D100" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E100" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F100" t="s">
-        <v>48</v>
+        <v>239</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H100" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D101" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E101" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F101" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="H101" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D102" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E102" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F102" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>18</v>
+        <v>423</v>
       </c>
       <c r="H102" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D103" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E103" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F103" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>425</v>
+        <v>32</v>
       </c>
       <c r="H103" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D104" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E104" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F104" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H104" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D105" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E105" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F105" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H105" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D106" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E106" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F106" t="s">
         <v>53</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H106" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D107" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E107" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F107" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="H107" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D108" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E108" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F108" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>18</v>
+        <v>446</v>
       </c>
       <c r="H108" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D109" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E109" t="s">
-        <v>35</v>
+        <v>41</v>
+      </c>
+      <c r="F109" t="s">
+        <v>49</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>448</v>
+        <v>32</v>
       </c>
       <c r="H109" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D110" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E110" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>18</v>
+        <v>453</v>
       </c>
       <c r="H110" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D111" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E111" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F111" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>455</v>
+        <v>32</v>
       </c>
       <c r="H111" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D112" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E112" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F112" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H112" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D113" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E113" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F113" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="H113" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D114" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E114" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F114" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="H114" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D115" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E115" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F115" t="s">
-        <v>48</v>
+        <v>186</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="H115" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D116" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E116" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F116" t="s">
-        <v>181</v>
+        <v>53</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="H116" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D117" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E117" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F117" t="s">
-        <v>53</v>
+        <v>186</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H117" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D118" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E118" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F118" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H118" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D119" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E119" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F119" t="s">
         <v>53</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H119" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D120" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E120" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F120" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H120" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D121" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E121" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F121" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H121" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D122" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E122" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F122" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H122" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D123" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E123" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F123" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H123" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D124" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E124" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F124" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H124" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D125" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E125" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F125" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="H125" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D126" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E126" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F126" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H126" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D127" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E127" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F127" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="H127" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D128" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E128" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F128" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="H128" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D129" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E129" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F129" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H129" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D130" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E130" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F130" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H130" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D131" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E131" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F131" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H131" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D132" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E132" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F132" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H132" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D133" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E133" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F133" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="H133" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D134" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E134" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F134" t="s">
-        <v>43</v>
+        <v>186</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="H134" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D135" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E135" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F135" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="H135" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D136" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E136" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F136" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H136" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D137" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E137" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F137" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H137" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D138" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E138" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F138" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H138" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D139" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E139" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F139" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H139" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D140" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E140" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F140" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H140" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>10</v>
+        <v>575</v>
       </c>
       <c r="D141" t="s">
-        <v>574</v>
+        <v>40</v>
       </c>
       <c r="E141" t="s">
-        <v>575</v>
+        <v>41</v>
       </c>
       <c r="F141" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>576</v>
       </c>
       <c r="H141" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>578</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>10</v>
       </c>
       <c r="D142" t="s">
         <v>579</v>
       </c>
       <c r="E142" t="s">
         <v>580</v>
       </c>
       <c r="F142" t="s">
-        <v>181</v>
+        <v>80</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>581</v>
       </c>
       <c r="H142" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>583</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D143" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="E143" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F143" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="H143" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D144" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="E144" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F144" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="H144" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="D145" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="E145" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F145" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="H145" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D146" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="E146" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F146" t="s">
-        <v>53</v>
+        <v>186</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="H146" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D147" t="s">
-        <v>596</v>
+        <v>584</v>
       </c>
       <c r="E147" t="s">
-        <v>597</v>
+        <v>585</v>
       </c>
       <c r="F147" t="s">
         <v>58</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>598</v>
       </c>
       <c r="H147" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>600</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D148" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="E148" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F148" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="H148" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D149" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="E149" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F149" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="H149" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="D150" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="E150" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F150" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="H150" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D151" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="E151" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="F151" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>612</v>
       </c>
       <c r="H151" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>614</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D152" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E152" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F152" t="s">
         <v>17</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="H152" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D153" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E153" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F153" t="s">
         <v>17</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="H153" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="D154" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E154" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F154" t="s">
         <v>17</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="H154" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D155" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E155" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F155" t="s">
         <v>17</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="H155" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>57</v>
       </c>
       <c r="D156" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E156" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F156" t="s">
         <v>17</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="H156" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>62</v>
       </c>
       <c r="D157" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E157" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F157" t="s">
         <v>17</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="H157" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D158" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E158" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F158" t="s">
         <v>17</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="H158" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D159" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E159" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F159" t="s">
         <v>17</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="H159" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>79</v>
       </c>
       <c r="D160" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E160" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F160" t="s">
         <v>17</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="H160" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D161" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E161" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F161" t="s">
         <v>17</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="H161" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D162" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E162" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F162" t="s">
         <v>17</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="H162" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D163" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E163" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F163" t="s">
         <v>17</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="H163" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>96</v>
       </c>
       <c r="D164" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E164" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F164" t="s">
         <v>17</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="H164" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D165" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E165" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F165" t="s">
         <v>17</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="H165" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D166" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E166" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F166" t="s">
         <v>17</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="H166" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D167" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E167" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F167" t="s">
         <v>17</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H167" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D168" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E168" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F168" t="s">
         <v>17</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="H168" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D169" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E169" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F169" t="s">
         <v>17</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="H169" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D170" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E170" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F170" t="s">
         <v>17</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="H170" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D171" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E171" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F171" t="s">
         <v>17</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="H171" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D172" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E172" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F172" t="s">
         <v>17</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="H172" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D173" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E173" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F173" t="s">
         <v>17</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="H173" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D174" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E174" t="s">
-        <v>611</v>
+        <v>616</v>
+      </c>
+      <c r="F174" t="s">
+        <v>17</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="H174" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D175" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E175" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>616</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="H175" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>233</v>
+        <v>145</v>
       </c>
       <c r="D176" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E176" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F176" t="s">
         <v>17</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="H176" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>238</v>
       </c>
       <c r="D177" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E177" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F177" t="s">
         <v>17</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="H177" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D178" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E178" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F178" t="s">
         <v>17</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="H178" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D179" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E179" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F179" t="s">
         <v>17</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="H179" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D180" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E180" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F180" t="s">
         <v>17</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="H180" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D181" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E181" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F181" t="s">
         <v>17</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="H181" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D182" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E182" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F182" t="s">
         <v>17</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="H182" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D183" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E183" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F183" t="s">
         <v>17</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="H183" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D184" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E184" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F184" t="s">
         <v>17</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="H184" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>714</v>
+        <v>271</v>
       </c>
       <c r="D185" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E185" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F185" t="s">
         <v>17</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H185" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>270</v>
+        <v>719</v>
       </c>
       <c r="D186" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E186" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F186" t="s">
         <v>17</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="H186" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D187" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E187" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F187" t="s">
         <v>17</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="H187" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D188" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E188" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F188" t="s">
         <v>17</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="H188" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D189" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E189" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F189" t="s">
         <v>17</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="H189" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D190" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E190" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F190" t="s">
         <v>17</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="H190" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D191" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E191" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F191" t="s">
         <v>17</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="H191" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D192" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E192" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F192" t="s">
         <v>17</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="H192" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D193" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E193" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F193" t="s">
         <v>17</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="H193" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>742</v>
+        <v>303</v>
       </c>
       <c r="D194" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E194" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F194" t="s">
         <v>17</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H194" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D195" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E195" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F195" t="s">
         <v>17</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="H195" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D196" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E196" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F196" t="s">
         <v>17</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H196" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D197" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E197" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F197" t="s">
         <v>17</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="H197" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D198" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E198" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F198" t="s">
         <v>17</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="H198" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D199" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E199" t="s">
-        <v>611</v>
+        <v>616</v>
+      </c>
+      <c r="F199" t="s">
+        <v>17</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>18</v>
+        <v>764</v>
       </c>
       <c r="H199" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D200" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E200" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="H200" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D201" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E201" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>616</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>769</v>
+        <v>32</v>
       </c>
       <c r="H201" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D202" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E202" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F202" t="s">
         <v>17</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="H202" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D203" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E203" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F203" t="s">
         <v>17</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="H203" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D204" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E204" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F204" t="s">
         <v>17</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="H204" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D205" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E205" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F205" t="s">
         <v>17</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="H205" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D206" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E206" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F206" t="s">
         <v>17</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="H206" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D207" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E207" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F207" t="s">
         <v>17</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="H207" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D208" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E208" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F208" t="s">
         <v>17</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="H208" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D209" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E209" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F209" t="s">
         <v>17</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="H209" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D210" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E210" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F210" t="s">
         <v>17</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="H210" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D211" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E211" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F211" t="s">
         <v>17</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="H211" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D212" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E212" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F212" t="s">
         <v>17</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="H212" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D213" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E213" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F213" t="s">
-        <v>817</v>
+        <v>17</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>18</v>
+        <v>818</v>
       </c>
       <c r="H213" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D214" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E214" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F214" t="s">
-        <v>17</v>
+        <v>822</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>821</v>
+        <v>32</v>
       </c>
       <c r="H214" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D215" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E215" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F215" t="s">
         <v>17</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="H215" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D216" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E216" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F216" t="s">
         <v>17</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H216" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D217" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E217" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F217" t="s">
         <v>17</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="H217" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D218" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E218" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F218" t="s">
         <v>17</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="H218" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D219" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E219" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F219" t="s">
         <v>17</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="H219" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D220" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E220" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F220" t="s">
         <v>17</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="H220" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D221" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E221" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F221" t="s">
         <v>17</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="H221" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D222" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E222" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F222" t="s">
         <v>17</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="H222" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D223" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E223" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F223" t="s">
         <v>17</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="H223" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D224" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E224" t="s">
-        <v>611</v>
+        <v>616</v>
+      </c>
+      <c r="F224" t="s">
+        <v>17</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>18</v>
+        <v>862</v>
       </c>
       <c r="H224" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="D225" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E225" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="H225" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="D226" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E226" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>616</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>867</v>
+        <v>32</v>
       </c>
       <c r="H226" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D227" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E227" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F227" t="s">
         <v>17</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="H227" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D228" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E228" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F228" t="s">
         <v>17</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="H228" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="D229" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E229" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F229" t="s">
         <v>17</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="H229" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D230" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E230" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F230" t="s">
         <v>17</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H230" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D231" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E231" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F231" t="s">
         <v>17</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="H231" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D232" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E232" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F232" t="s">
         <v>17</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="H232" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D233" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E233" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F233" t="s">
         <v>17</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="H233" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D234" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E234" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F234" t="s">
         <v>17</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="H234" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D235" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E235" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F235" t="s">
         <v>17</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="H235" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D236" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E236" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F236" t="s">
         <v>17</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H236" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D237" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E237" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F237" t="s">
         <v>17</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="H237" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D238" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E238" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F238" t="s">
         <v>17</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="H238" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D239" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E239" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F239" t="s">
         <v>17</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="H239" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D240" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E240" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F240" t="s">
         <v>17</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="H240" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D241" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E241" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F241" t="s">
         <v>17</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="H241" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D242" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E242" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F242" t="s">
         <v>17</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="H242" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="D243" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E243" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F243" t="s">
         <v>17</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="H243" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D244" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E244" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F244" t="s">
         <v>17</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="H244" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D245" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E245" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F245" t="s">
         <v>17</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="H245" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D246" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E246" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F246" t="s">
         <v>17</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="H246" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D247" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E247" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F247" t="s">
         <v>17</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="H247" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D248" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E248" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F248" t="s">
         <v>17</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="H248" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D249" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E249" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F249" t="s">
         <v>17</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H249" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D250" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E250" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F250" t="s">
         <v>17</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="H250" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D251" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E251" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F251" t="s">
         <v>17</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="H251" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D252" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E252" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F252" t="s">
         <v>17</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="H252" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D253" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E253" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F253" t="s">
         <v>17</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="H253" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D254" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E254" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F254" t="s">
         <v>17</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="H254" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D255" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E255" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F255" t="s">
         <v>17</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="H255" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="D256" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="E256" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F256" t="s">
         <v>17</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="H256" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>10</v>
+        <v>991</v>
       </c>
       <c r="D257" t="s">
-        <v>990</v>
+        <v>615</v>
       </c>
       <c r="E257" t="s">
-        <v>991</v>
+        <v>616</v>
       </c>
       <c r="F257" t="s">
+        <v>17</v>
+      </c>
+      <c r="G257" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="G257" s="1" t="s">
+      <c r="H257" t="s">
         <v>993</v>
-      </c>
-[...1 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
+        <v>994</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>10</v>
+      </c>
+      <c r="D258" t="s">
         <v>995</v>
       </c>
-      <c r="B258" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E258" t="s">
-        <v>991</v>
+        <v>996</v>
+      </c>
+      <c r="F258" t="s">
+        <v>997</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="H258" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D259" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="E259" t="s">
-        <v>1000</v>
-[...1 lines deleted...]
-      <c r="F259" t="s">
+        <v>996</v>
+      </c>
+      <c r="G259" s="1" t="s">
         <v>1001</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H259" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>1003</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D260" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="E260" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="F260" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1004</v>
+        <v>32</v>
       </c>
       <c r="H260" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>16</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F261" t="s">
         <v>1006</v>
       </c>
-      <c r="B261" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G261" s="1" t="s">
-        <v>18</v>
+        <v>1009</v>
       </c>
       <c r="H261" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="D262" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="E262" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="F262" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1010</v>
+        <v>32</v>
       </c>
       <c r="H262" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D263" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="E263" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="F263" t="s">
-        <v>1001</v>
+        <v>1014</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="H263" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>57</v>
       </c>
       <c r="D264" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="E264" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="F264" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>18</v>
+        <v>1018</v>
       </c>
       <c r="H264" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>62</v>
       </c>
       <c r="D265" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="E265" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="F265" t="s">
-        <v>1001</v>
+        <v>1014</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="H265" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="D266" t="s">
-        <v>1020</v>
+        <v>1004</v>
       </c>
       <c r="E266" t="s">
-        <v>1021</v>
+        <v>1005</v>
       </c>
       <c r="F266" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="H266" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D267" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="E267" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="F267" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1024</v>
+        <v>32</v>
       </c>
       <c r="H267" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>16</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E268" t="s">
         <v>1026</v>
       </c>
-      <c r="B268" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F268" t="s">
-        <v>17</v>
+        <v>1014</v>
       </c>
       <c r="G268" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="H268" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>1031</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D269" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E269" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F269" t="s">
         <v>17</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="H269" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D270" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E270" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F270" t="s">
         <v>17</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="H270" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="D271" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E271" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F271" t="s">
         <v>17</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="H271" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D272" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E272" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F272" t="s">
         <v>17</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="H272" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>57</v>
       </c>
       <c r="D273" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E273" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F273" t="s">
         <v>17</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="H273" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>62</v>
       </c>
       <c r="D274" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E274" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F274" t="s">
         <v>17</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="H274" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D275" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E275" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F275" t="s">
         <v>17</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="H275" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D276" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E276" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F276" t="s">
         <v>17</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="H276" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D277" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E277" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F277" t="s">
-        <v>992</v>
+        <v>17</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="H277" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>79</v>
       </c>
       <c r="D278" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E278" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F278" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="H278" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D279" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E279" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F279" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="H279" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D280" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E280" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F280" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="H280" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D281" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E281" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F281" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="H281" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
         <v>96</v>
       </c>
       <c r="D282" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E282" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F282" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="H282" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D283" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E283" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F283" t="s">
-        <v>181</v>
+        <v>997</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="H283" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D284" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E284" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F284" t="s">
-        <v>992</v>
+        <v>186</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="H284" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D285" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E285" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F285" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="H285" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D286" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E286" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F286" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="H286" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D287" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E287" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F287" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="H287" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D288" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E288" t="s">
-        <v>1028</v>
+        <v>1033</v>
+      </c>
+      <c r="F288" t="s">
+        <v>997</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="H288" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D289" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E289" t="s">
-        <v>1028</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1033</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="H289" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D290" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E290" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F290" t="s">
-        <v>992</v>
+        <v>17</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="H290" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D291" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E291" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F291" t="s">
-        <v>17</v>
+        <v>997</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="H291" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D292" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E292" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F292" t="s">
         <v>17</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="H292" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D293" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E293" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F293" t="s">
         <v>17</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="H293" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D294" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E294" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F294" t="s">
-        <v>181</v>
+        <v>17</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="H294" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D295" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E295" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F295" t="s">
-        <v>992</v>
+        <v>186</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="H295" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D296" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E296" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F296" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="H296" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D297" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E297" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F297" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="H297" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D298" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E298" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F298" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="H298" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D299" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E299" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F299" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="H299" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D300" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E300" t="s">
-        <v>1028</v>
+        <v>1033</v>
+      </c>
+      <c r="F300" t="s">
+        <v>997</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="H300" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D301" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E301" t="s">
-        <v>1028</v>
-[...2 lines deleted...]
-        <v>992</v>
+        <v>1033</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="H301" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D302" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E302" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F302" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="H302" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D303" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E303" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F303" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="H303" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>185</v>
       </c>
       <c r="D304" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E304" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F304" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="H304" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D305" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E305" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F305" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="H305" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D306" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E306" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F306" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="H306" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D307" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E307" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F307" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="H307" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D308" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E308" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F308" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="H308" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D309" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E309" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F309" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="H309" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D310" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E310" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F310" t="s">
-        <v>17</v>
+        <v>997</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="H310" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D311" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E311" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F311" t="s">
-        <v>992</v>
+        <v>17</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="H311" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D312" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E312" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F312" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="H312" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D313" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E313" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F313" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="H313" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D314" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E314" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F314" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="H314" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D315" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E315" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F315" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="H315" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D316" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E316" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F316" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>18</v>
+        <v>1175</v>
       </c>
       <c r="H316" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>238</v>
       </c>
       <c r="D317" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E317" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F317" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1175</v>
+        <v>32</v>
       </c>
       <c r="H317" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D318" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E318" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F318" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="H318" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D319" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E319" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F319" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="H319" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D320" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E320" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F320" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="H320" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D321" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E321" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F321" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="H321" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D322" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E322" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F322" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="H322" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D323" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E323" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F323" t="s">
-        <v>48</v>
+        <v>997</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="H323" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D324" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E324" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F324" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="H324" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>714</v>
+        <v>271</v>
       </c>
       <c r="D325" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E325" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F325" t="s">
-        <v>992</v>
+        <v>31</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="H325" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>270</v>
+        <v>719</v>
       </c>
       <c r="D326" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E326" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F326" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="H326" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D327" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E327" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F327" t="s">
-        <v>17</v>
+        <v>997</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="H327" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D328" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="E328" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="F328" t="s">
         <v>17</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="H328" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>10</v>
+        <v>283</v>
       </c>
       <c r="D329" t="s">
-        <v>1211</v>
+        <v>1032</v>
       </c>
       <c r="E329" t="s">
-        <v>1212</v>
+        <v>1033</v>
+      </c>
+      <c r="F329" t="s">
+        <v>17</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>18</v>
+        <v>1213</v>
       </c>
       <c r="H329" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D330" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="E330" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1215</v>
+        <v>32</v>
       </c>
       <c r="H330" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>16</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E331" t="s">
         <v>1217</v>
       </c>
-      <c r="B331" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G331" s="1" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="H331" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="D332" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="E332" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="H332" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D333" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="E333" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="H333" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>57</v>
       </c>
       <c r="D334" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="E334" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="H334" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>62</v>
       </c>
       <c r="D335" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="E335" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="H335" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D336" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="E336" t="s">
-        <v>1212</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>1217</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="H336" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D337" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="E337" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="F337" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="H337" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="D338" t="s">
-        <v>1238</v>
+        <v>1216</v>
       </c>
       <c r="E338" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F338" t="s">
+        <v>31</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H338" t="s">
         <v>1239</v>
-      </c>
-[...4 lines deleted...]
-        <v>1240</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>10</v>
       </c>
       <c r="D339" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="E339" t="s">
-        <v>1243</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>1244</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1244</v>
+        <v>32</v>
       </c>
       <c r="H339" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>1246</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D340" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="E340" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="F340" t="s">
-        <v>75</v>
+        <v>186</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="H340" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D341" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="E341" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="F341" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="H341" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="D342" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="E342" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="F342" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>18</v>
+        <v>1255</v>
       </c>
       <c r="H342" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D343" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="E343" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="F343" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1255</v>
+        <v>32</v>
       </c>
       <c r="H343" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>57</v>
       </c>
       <c r="D344" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="E344" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="F344" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="H344" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
         <v>62</v>
       </c>
       <c r="D345" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="E345" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="F345" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="H345" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D346" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="E346" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="F346" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="H346" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>10</v>
+        <v>71</v>
       </c>
       <c r="D347" t="s">
-        <v>1267</v>
+        <v>1247</v>
       </c>
       <c r="E347" t="s">
-        <v>1268</v>
+        <v>1248</v>
+      </c>
+      <c r="F347" t="s">
+        <v>53</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="H347" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>1271</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D348" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="E348" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>18</v>
+        <v>1274</v>
       </c>
       <c r="H348" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>16</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E349" t="s">
         <v>1273</v>
       </c>
-      <c r="B349" t="s">
-[...2 lines deleted...]
-      <c r="C349" t="s">
+      <c r="G349" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
         <v>21</v>
       </c>
-      <c r="D349" t="s">
-[...12 lines deleted...]
-        <v>1275</v>
+      <c r="D350" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1279</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1280</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13560,50 +13598,51 @@
     <hyperlink ref="G325" r:id="rId324"/>
     <hyperlink ref="G326" r:id="rId325"/>
     <hyperlink ref="G327" r:id="rId326"/>
     <hyperlink ref="G328" r:id="rId327"/>
     <hyperlink ref="G329" r:id="rId328"/>
     <hyperlink ref="G330" r:id="rId329"/>
     <hyperlink ref="G331" r:id="rId330"/>
     <hyperlink ref="G332" r:id="rId331"/>
     <hyperlink ref="G333" r:id="rId332"/>
     <hyperlink ref="G334" r:id="rId333"/>
     <hyperlink ref="G335" r:id="rId334"/>
     <hyperlink ref="G336" r:id="rId335"/>
     <hyperlink ref="G337" r:id="rId336"/>
     <hyperlink ref="G338" r:id="rId337"/>
     <hyperlink ref="G339" r:id="rId338"/>
     <hyperlink ref="G340" r:id="rId339"/>
     <hyperlink ref="G341" r:id="rId340"/>
     <hyperlink ref="G342" r:id="rId341"/>
     <hyperlink ref="G343" r:id="rId342"/>
     <hyperlink ref="G344" r:id="rId343"/>
     <hyperlink ref="G345" r:id="rId344"/>
     <hyperlink ref="G346" r:id="rId345"/>
     <hyperlink ref="G347" r:id="rId346"/>
     <hyperlink ref="G348" r:id="rId347"/>
     <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>