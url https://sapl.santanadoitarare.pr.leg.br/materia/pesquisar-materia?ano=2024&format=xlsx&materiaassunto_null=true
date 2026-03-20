--- v0 (2025-12-18)
+++ v1 (2026-03-20)
@@ -51,1704 +51,1704 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AUDPU</t>
   </si>
   <si>
     <t>AUDIÊNCIA PÚBLICA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2207/ata_1o_quad._2024_cam.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2207/ata_1o_quad._2024_cam.pdf</t>
   </si>
   <si>
     <t>Ata da Audiência Pública Referente ao Primeiro Quadrimestre de 2024</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2208/ata_2o_quad._2024_cam.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2208/ata_2o_quad._2024_cam.pdf</t>
   </si>
   <si>
     <t>Ata da Audiência Pública Referente ao Segundo Quadrimestre de 2024</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2209/ata_3o_quad._2024_cam.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2209/ata_3o_quad._2024_cam.pdf</t>
   </si>
   <si>
     <t>Ata da Audiência Pública Referente ao Terceiro Quadrimestre de 2024</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>CHAPA ELEIÇÃO DA MESA DIRETORA</t>
   </si>
   <si>
     <t>PAULINHO AMARELO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1788/cargo_de_presidente_mesa_diretora.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1788/cargo_de_presidente_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Apresenta proposta para cargo vago de Presidente da Mesa Diretora da Câmara Municipal para o Exercício de 2024</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>NALDO MOTORISTA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Apresenta nome para eleição ao cargo de 3º secretário da mesa diretora para complementação do mandato 2024</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DENÚNCIA</t>
   </si>
   <si>
     <t>Felippe Henrique Natalino de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1825/mar._4_doc_6.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1825/mar._4_doc_6.pdf</t>
   </si>
   <si>
     <t>REQUER-SE ABERTURA DE CPI EM FACE DO SR. JOSÉ DE JESUS IZAC.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>Amanda Aparecida Freire</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1886/denuncia_01.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1886/denuncia_01.2024.pdf</t>
   </si>
   <si>
     <t>REQUERER a constituição de COMISSÃO PROCESSANTE em desfavor do Presidente da Câmara Municipal, senhor Marco Antonio da Silva (Telo), para apuração da presente denúncia de infração político-administrativa e quebra de decoro parlamentar fundamentada no art. 7º, III do Decreto-Lei Federal 201/1967 e art. 37 do Regimento Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXECUTIVO</t>
   </si>
   <si>
     <t>PEDRO CUÍCA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1790/indicacao_no._001.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1790/indicacao_no._001.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÔE SOBRE A REFORMAR DE SALA CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1791/indicacao_no._002.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1791/indicacao_no._002.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O FORNECIMENTO DE CESTAS BÁSICAS CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1792/indicacao_no._003.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1792/indicacao_no._003.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REFORMA DE SALA CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1793/indicacao_no._004.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1793/indicacao_no._004.2024.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A REATIVAÇÃO DO VIVEIRO MUNICIPAL DE MUDAS CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1796/indicacao_no._005.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1796/indicacao_no._005.2024.pdf</t>
   </si>
   <si>
     <t>Indica o cumprimento da Lei Municipal nº 044/2022, nos termos que específica</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>ISMAIR PEDREIRO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1798/ind._06.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1798/ind._06.24.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre melhoria em estradas rurais dos bairros Agua da Onça, Bebedouro, Alferes Fabrício, Sene e Pedregulho, nos termos que específica”.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Ney Aparecido Silva</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1803/ind._07.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1803/ind._07.24.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre indicação para apresentação de Projeto de Lei Complementar para abertura de mais uma vaga de Médico Veterinário, nos termos que específica”.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1805/indicacao_08.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1805/indicacao_08.24.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de providência a ser tomada no que tange ao telhado da Biblioteca Municipal Cidadã Ana Joaquina, nos termos que específica”.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1813/indicacao_no._009.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1813/indicacao_no._009.2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de pintura dos bens públicos conforme lei municipal n° 072/2009, nos termos que específica”.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de construção de ponte, nos termos que específica”.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de realocação de bens públicos, nos termos que específica”.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Indica instalação de ar condicionado na capela mortuária.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1846/ind._013.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1846/ind._013.24.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido para RESTABELECER o adicional por tempo de serviço (anuênio), nos termos que específica”.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>ANDERSON IZAC</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1847/indicacao_no._014.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1847/indicacao_no._014.2024.pdf</t>
   </si>
   <si>
     <t>Indica adequação do cargo público de telefonista, nos termos que especifica.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1848/indicacao_no._015.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1848/indicacao_no._015.2024.pdf</t>
   </si>
   <si>
     <t>Indica inserção do benefício das faltas "abonadas" ao Estatuto dos Servidores Públicos do Município, nos termos que especifica.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1849/ind_016.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1849/ind_016.24.pdf</t>
   </si>
   <si>
     <t>Súmula: “Dispõe sobre pedido de adoção do índice IPCA no Projeto de Lei n° 009 e 011 de 2024, nos termos que específica”.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1854/indicacao_no._017.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1854/indicacao_no._017.2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre indicação de manutenção de ponte em estrada rural, conforme específica”.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Súmula: “Reitera a indicação n° 007/2024 e 003/2023, sobre a contratação de mais um médico veterinário, nos termos de especifica.”</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>MARCO ANTONIO DA SILVA</t>
   </si>
   <si>
     <t>Ao Executivo Municipal no sentido de rever a possibilidade de contratar profissional para atender aos alunos altistas do Município.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1872/ind._020.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1872/ind._020.24.pdf</t>
   </si>
   <si>
     <t>“Dispõe pedido de adequação pela Prefeitura Municipal ao cumprimento da Lei n° 14.654/23, conforme específica”.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1873/ind._021.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1873/ind._021.24.pdf</t>
   </si>
   <si>
     <t>Dispõe pedido de designação de um monitor de alunos junto ao transporte público de alunos, conforme específica”.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1874/indi._022.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1874/indi._022.24.pdf</t>
   </si>
   <si>
     <t>“Dispõe pedido apresentação de Lei que autorize a compra de licença-prêmio para servidores que se aposentam, conforme específica”.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>GILSON EGÍDIO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1875/ind._023.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1875/ind._023.24.pdf</t>
   </si>
   <si>
     <t>“Dispõe pedido de limpeza do terreno do antigo lixão, com terraplanagem para que seja utilizado pela administração, conforme específica”.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1879/ind._024.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1879/ind._024.24.pdf</t>
   </si>
   <si>
     <t>Dispõe pedido de colocação de parque na Vila, conforme específica”.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1880/ind._025.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1880/ind._025.24.pdf</t>
   </si>
   <si>
     <t>dispõe sobre construção de ponte, conforme específica.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1900/oficio_no._053.2024_em_atendimento_a_indicacao_no._026.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1900/oficio_no._053.2024_em_atendimento_a_indicacao_no._026.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PEDIDO DE COLOCAÇÃO DE OBSTÁCULO QUEBRA-MOLAS, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1901/oficio_no._054.2024_em_atendimento_a_indicacao_no._027.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1901/oficio_no._054.2024_em_atendimento_a_indicacao_no._027.2024.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE PEDIDO DE ILUMINAÇÃO NO TREVO DE SAÍDA PARA WENCESLAU BRAZ, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1902/oficio_no._055.2024_em_atendimento_a_indicacao_no._028.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1902/oficio_no._055.2024_em_atendimento_a_indicacao_no._028.2024.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE PEDIDO DE MANUTENÇÃO DE PONTE, CONFORME ESPECÍFICA</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1908/oficio_no._056.2024_em_atendimento_a_indicacao_no._029.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1908/oficio_no._056.2024_em_atendimento_a_indicacao_no._029.2024.pdf</t>
   </si>
   <si>
     <t>"Indica a elaboração da lei de manutenção de cadeiras motorizadas para deficientes, nos termos que específica".</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1909/oficio_no._057.2024_em_atendimento_a_indicacao_no._030.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1909/oficio_no._057.2024_em_atendimento_a_indicacao_no._030.2024.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE PEDIDO DE CONSTRUÇÃO DE VESTIÁRIO E BANHEIRO NOS ESTADIOS, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_no._031.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_no._031.2024.pdf</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1914/ind._032.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1914/ind._032.24.pdf</t>
   </si>
   <si>
     <t>"Indica a realização de manutenção no “trenzinho da alegria”, nos termos que específica".</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1915/ind._033.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1915/ind._033.24.pdf</t>
   </si>
   <si>
     <t>"Indica a realização de uma sala de espera para crianças na UBS unidade do Bairro Portal dos Ipês, nos termos que específica".</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1916/ind._034.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1916/ind._034.24.pdf</t>
   </si>
   <si>
     <t>Súmula: “Dispõe sobre adoção pela Administração Municipal de Licença Menstrual, conforme específica”.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1925/ind._035.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1925/ind._035.24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre limpeza de caixa de contenção e canaletas, conforme específica”</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Dispõe sobre indicação ao Prefeito Municipal para dobrar a carga horária do engenheiro agrônomo, conforme específica”.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de contratação de engenheiro agronômico especialista em horti fruti, conforme especifica.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de implementação de Raio – X com laudo, conforme específica”.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>JOSÉ DE JESUS ISAC</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_no._039.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_no._039.2024.pdf</t>
   </si>
   <si>
     <t>Indica o pagamento de exames pediátricos não relacionados ao SUS, nos termos que especificam</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>DISPOE SOBRE PEDIDO DE ALIENAÇÃO DE VEÍCULOS E AQUISIÇÃO DE CAMINHÃO, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>DISPOE SOBRE PEDIDO DE DISPONIBILIZAÇÃO DE LOCAL PARA ESTACIONAMENTO DE CAMINHÕES CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Dispõe sobre pedido de manutenção de Estrada Rural, conforme especifica”.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>MOÇAP</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1904/nota_de_repudio_jose_diniz.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1904/nota_de_repudio_jose_diniz.pdf</t>
   </si>
   <si>
     <t>NOTA DE APOIO AO SECRETÁRIO DE COMUNICAÇÃO.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>“Dispõe sobre moção de apoio a Empresa Frangos Pioneiro, ante o estado de calamidade pública que se encontra em razão do incêndio que tomou conta da empresa, conforme específica”</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>MOÇCO</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1871/mocao_001.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1871/mocao_001.24.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre moção de congratulações e aplausos aos servidores públicos de combate a endemias e agentes de saúde do município em razão de Santana ser uma das dez cidades do Estado que não teve nenhum caso registrado de dengue, conforme específica.”</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1898/mocao_002.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1898/mocao_002.24.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO SR. JHONATAN SILVA, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1899/mocao_003.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1899/mocao_003.24.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO PADRE IVAN PEDRO, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>“Dispõe sobre moção de congratulações e aplausos aos policiais militares que lograram êxito na localização da máquina pertencente ao Município localizada em Pederneiras - SP, conforme específica.”</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFICIO RECEBIDO</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 024/2024 EM ATENDIMENTO A INDICAÇÃO Nº. 003/2024.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1853/oficio_no._004.2024_contabilidade_prestacao_de_contas_exercicio_financeiro_de_2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1853/oficio_no._004.2024_contabilidade_prestacao_de_contas_exercicio_financeiro_de_2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 004/2024 ENCAMINHA PRESTAÇÃO DE CONTAS DO EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1917/oficio_no._053.2024_em_atendimento_a_indicacao_no._026.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1917/oficio_no._053.2024_em_atendimento_a_indicacao_no._026.2024.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 053/2024 GABINETE EXECUTIVO - EM ATENDIMENTO A INDICAÇÃO Nº. 026/2024.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1918/oficio_no._054.2024_em_atendimento_a_indicacao_no._027.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1918/oficio_no._054.2024_em_atendimento_a_indicacao_no._027.2024.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 054 GABINETE EXECUTIVO EM ATENDIMENTO Nº. 027/2024.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1919/oficio_no._055.2024_em_atendimento_a_indicacao_no._028.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1919/oficio_no._055.2024_em_atendimento_a_indicacao_no._028.2024.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 055 GABINETE DO EXECUTIVO EM ATENDIMENTO A INDICAÇÃO Nº. 028/2024.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1920/oficio_no._056.2024_em_atendimento_a_indicacao_no._029.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1920/oficio_no._056.2024_em_atendimento_a_indicacao_no._029.2024.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 056 GABINETE DO EXECUTIVO EM ATENDIMENTO A INDICAÇÃO Nº. 029/2024.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1921/oficio_no._057.2024_em_atendimento_a_indicacao_no._030.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1921/oficio_no._057.2024_em_atendimento_a_indicacao_no._030.2024.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 057 GABINETE DO EXECUTIVO EM ATENDIMENTO A INDICAÇÃO Nº. 030/2024.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1922/oficio_no._058.2024_utilizacao_plenario.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1922/oficio_no._058.2024_utilizacao_plenario.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 058 GABINETE DO EXECUTIVO UTILIZAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1964/oficio_no._080.2024_indicacao_contrle_interno.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1964/oficio_no._080.2024_indicacao_contrle_interno.pdf</t>
   </si>
   <si>
     <t>"INDICAÇÃO DO CONTROLE INTERNO".</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>PCA</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS ANUAL</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2216/processo_179597-23_-_contas_executivo_exerc._2022.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2216/processo_179597-23_-_contas_executivo_exerc._2022.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS ANUAL - EXERCÍCIO 2022</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>PARCO</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1960/parecer_ldo_e_loa_2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1960/parecer_ldo_e_loa_2024.pdf</t>
   </si>
   <si>
     <t>Análise aos Projetos de Leis nº. 019 e 054/2024 que dispõe sobre a Lei de Diretrizes Orçamentária para o exercício financeiro de 2025 e Lei Orçamentária Anual para o exercício financeiro de 2025 e dá outras providências. CONCLUSÃO PELA APROVAÇÃO e INDICAÇÃO DE EMENDA À LOM.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>ANALISE DA PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE SANTANA DO ITARARÉ - ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO FINANCEIRO DE 2022, PROCESSO ADMINISTRATIVO N° 179597/23 DO TCE/PR. VOTO PELA REPROVAÇÃO DO RELATOR. VENCIDO. PARECER PELA APROVAÇÃO.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>PARECER APRECIAÇÃO DE CONTAS DO PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1867/parecer_cof._contas_ze_2021..pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1867/parecer_cof._contas_ze_2021..pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS - EXERCÍCIO FINANCEIRO 2021 - EXECUTIVO MUNICIPAL - PREFEITO JOSÉ DE JESUS IZAC - PARECER OPINANDO PELA APROVAÇÃO COM RESSALVAS.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>EMENTA: Análise da prestação de contas do Poder Executivo do Município de Santana do Itararé – Pr., relativa ao exercício financeiro de 2020. Processo Administrativo nº. 605464/23 do TCE/PR. PARECER PELA APROVAÇÃO.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>PRODE</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1929/projeto_de_decreto_002.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1929/projeto_de_decreto_002.24.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre APROVAÇÃO da Prestação de Contas do Poder Executivo Municípal de Santana do Itararé – Pr., Exercício Financeiro de 2020, conforme Processo nº. 605464/23 – TCE/PR opinando pela REGULARIDADE, nos termos da Legislação vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DA PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO MUNICIPAL DE SANTANA DO ITARARÉ - PR, EXERCÍCIO FINANCEIRO DE 2022M CONFORME PROCESSO N° 179597/2023 - TCE/PR OPINANDO PELA REGULARIDADE, NOS TERMOS DA LEGISLAÇÃO VIGENTE, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>PROLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1787/projeto_de_lei_no._001.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1787/projeto_de_lei_no._001.2024.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REVISÃO NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, COM BASE NO AUMENTO DO SALÁRIO MÍNIMO NACIONAL VIGENTE A PARTIR DE JANEIRO DO EXERCÍCIO DE 2024, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>TELO DO VENERANDO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1797/projeto_de_lei_no._002.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1797/projeto_de_lei_no._002.2024.pdf</t>
   </si>
   <si>
     <t>Súmula: “Dispõe sobre denominação de prédio público, conforme específica”.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1800/projeto_de_lei_no._003.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1800/projeto_de_lei_no._003.2024.pdf</t>
   </si>
   <si>
     <t>"QUE ENCAMINHA PROJETO DE LEI Nº. 003/2024 QUE ALTERA A LEI MUNICIPAL Nº. 043/2023, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL - COMSEA, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1801/projeto_de_lei_n._004.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1801/projeto_de_lei_n._004.2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ALIENAÇÃO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO MEDIANTE INVESTIDURA, NOS TERMOS DO ARTIGO 76, INCISO I, ALÍNEA "D" E $5º, INCISO i DA LEI FEDERAL Nº. 14.133/2021 (NOVA LEI DE LICITAÇÃO)".</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>QUE INSTITUI A LEI DO PLANO DIRETOR MUNICÍPAL (PDM) DO MUNICÍPIO DE SANTANA DO ITARARÉ - ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_no._006.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_no._006.2024.pdf</t>
   </si>
   <si>
     <t>"QUE AUTORIZA A ABERTIRA DE CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR, NO VALOR DE R$ 6.960.000,00, PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA PPA, LDO, E LOA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1811/pl_-_refis_2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1811/pl_-_refis_2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1821/pl_-_casa_de_apoio_jacarezinho.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1821/pl_-_casa_de_apoio_jacarezinho.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CELEBRAÇÃODE PARCERIA COM A CASA DE APOIO ESTRELA DA MANHÃ E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1837/projeto_de_lei_no._009.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1837/projeto_de_lei_no._009.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A RECOMPOSIÇÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ".</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1840/pl_010.2024_-_permuta_imovel_publico.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1840/pl_010.2024_-_permuta_imovel_publico.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PERMUTA DE IMÓVEIS, CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1841/projeto_de_lei_no._011.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1841/projeto_de_lei_no._011.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre recomposição geral anual nos vencimentos dos Servidores Públicos do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1842/fixacao_subsidios_dos_vereadores_2025_a_2028.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1842/fixacao_subsidios_dos_vereadores_2025_a_2028.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios dos Vereadores e Presidente da Câmara de Santana do Itararé para Legislatura 2025 a 2028 e dá outras providências.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1843/fixacao_subsidios_do_prefeito_vice_e_secretarios_2025_a_2028.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1843/fixacao_subsidios_do_prefeito_vice_e_secretarios_2025_a_2028.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a fixação dos subsídios do Prefeito Municipal, Vice - prefeito e Secretários do Município de Santana do Itararé, para o quadriênio 2025 a 2028”.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1852/pl._cidadao_honorario_pernambuco.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1852/pl._cidadao_honorario_pernambuco.docx</t>
   </si>
   <si>
     <t>Súmula: “Concede o título de Cidadão Honorário de Santana do Itararé – Pr ao Sr. Antonio Cariolano de Almeida, popular Pernambuco, nos termos que específica.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1857/projeto_de_lei_no._015.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1857/projeto_de_lei_no._015.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A READEQUAÇÃO DE CARGA HORÁRIA DO CARGO EM COMISSÃO DE ASSESSOR JURÍDICO DO PODER EXECUTIVO, PREVISTO NA LEI COMPLEMENTAR Nº. 017/2013, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1858/projeto_de_lei_no._016.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1858/projeto_de_lei_no._016.2024.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº. 016/2024 (PLANO DE CARGOS, CARREIRA E VENCIMENTOS DO MAGISTÉRIO MUNICIPAL) E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1859/projeto_de_lei_no._017.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1859/projeto_de_lei_no._017.2024.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O AUXÍLIO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL DE SANTANA DO ITARARÉ, CONFOREM ESPECIFICA".</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1862/projeto_de_lei_no._018.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1862/projeto_de_lei_no._018.2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER SERVIDÃO DE USO DE IMÓVEL, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1865/projeto_de_lei_no._019.2024_ldo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1865/projeto_de_lei_no._019.2024_ldo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2025, ALTERA O PLANO PLURIANUAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1866/scan_04042024_164847_010602.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1866/scan_04042024_164847_010602.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NO VALOR DE R$ 1.223.000,00, PARA REFORÇOO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA PPA, LDO E LOA E DA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1868/projeto_de_lei_no._021.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1868/projeto_de_lei_no._021.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O AUMENTO DE CARGA HORÁRIA DO CARGO DE TELEFONISTA, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1869/projeto_de_lei_no._022.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1869/projeto_de_lei_no._022.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AMPLIAÇÃO DE VAGAS DO CARGO DE PROVIMENTO EFETIVO DE MOTORISTA, INSERIDO NO PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIDORES DO MUNICÓPIO (LEI COMPLEMENTAR Nº. 08/2013), CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1870/projeto_de_lei._gilson._cria_comenda..docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1870/projeto_de_lei._gilson._cria_comenda..docx</t>
   </si>
   <si>
     <t>“Dispõe sobre criação da Comenda do Mérito Legislativo “Waldomira da Silva Izac” e “Dr. Gildo Barbosa da Silva”, conforme específica.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1878/scan_04222024_151059_010613.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1878/scan_04222024_151059_010613.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 927.000,00, PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1881/projeto_de_lei_no._025.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1881/projeto_de_lei_no._025.2024.pdf</t>
   </si>
   <si>
     <t>"RATIFICA A REDAÇÃO DO CONTRATO DE CORSÓRCIO PÚBLICO E DO ESTATUTO SOCIAL DO CONSÓRCIO INTERMUNICIPAL DE SANEAMENTO DO PARANÁ (CISPAR) E AUTORIZA O INGRESSO DO MUNICÍPIO DE SANTANA DO ITARARÉ/PR NO CONSÓCIO".</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1882/pl_26.2024_subsidio_vereador.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1882/pl_26.2024_subsidio_vereador.pdf</t>
   </si>
   <si>
     <t>SÚMULA: DISPÕE SOBRE A RECOMPOSIÇÃO NOS SUBSÍDIOS DOS VEREADORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1883/pl_27.2024_subsidio_prefeito.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1883/pl_27.2024_subsidio_prefeito.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO NOS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1884/projeto_de_lei_no._028.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1884/projeto_de_lei_no._028.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O SERVIÇO DE ACOLHIMENTO FAMILIAR PROVISÓRIO DE CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE PRIVAÇÃO TEMPORÁRIA DO CONVÍVIO COM FAMILIA ACOLHEDORA."</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>INSTITUI A LEI DE PERÍMETRO URBANO DO MUNICÍPIO DE SANTANA DO ITARARÉ - ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>INSTITUI A LEI DE ZONEAMENTO, USO E OCUPAÇÃO DO SOLO E SISTEMA VIÁRIO DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>INSTITUI A LEI DE PARCELAMENTO DO SOLO URBANO DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE EDIFICAÇÕES E OBRAS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>INSTITUI NORMAS PARA APLICAÇÃO DA LEI N°... - CÓDIGO DE OBRAS E EDIFICAÇÕES DO MUNICÍPIO DE SANTANA DO ITARARÉ, QUE ESTABELECE NORMAS PARA A ELABORAÇÃO DE PROJETOS E EXECUÇÃO DE OBRAS E INSTALAÇÕES EM SEUS ASPECTOS TÉCNICOS, ESTRUTURAIS E FUNCIONAIS.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI DO CÓDIGO DE POSTURAS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1893/projeto_de_lei_no._035.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1893/projeto_de_lei_no._035.2024.pdf</t>
   </si>
   <si>
     <t>"QUE AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 1.200.000,000, PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1894/projeto_de_lei_no._036.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1894/projeto_de_lei_no._036.2024.pdf</t>
   </si>
   <si>
     <t>"RATIFICA O PROTOCOLO DE INTENÇÕES DO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE SAÚDE DO NORTE PIONEIRO - CISNORPI, COM A ALTERAÇÃO DE SUA NATUREZA JURÍDICA PARA ASSOCIAÇÃO PÚBLICA, NA FORMA DO ART. 1º. $ 1º, DA LEI 11.107, DE 06 DE ABRIL DE 2005".</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1903/pl_037.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1903/pl_037.2024.pdf</t>
   </si>
   <si>
     <t>"CONSTITUI O FUNDO MUNICIPAL DE SANEAMENTO BÁSICO E AMBIENTAL - FMSBA E INSITUI O CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO E AMBIENTAL - CMSBA, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1897/scan_05132024_155205_010760.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1897/scan_05132024_155205_010760.pdf</t>
   </si>
   <si>
     <t>'AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR NO VALOR DE R$ 3.135.000,00, PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA PPA, LDO E LOA E DA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO VALOR DE R$ 70.000,00, PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA PPA, LDO E LOA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1906/projeto_de_lei_040.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1906/projeto_de_lei_040.2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação de logradouro pública, conforme específica.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>"HOMOLOGA A REAVALIAÇÃO ATUARIAL PARA EQUACIONAMENTO DO DÉFICIT TÉCNICO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANA - SANTANAPREV, APURADO O CUSTO SUPLEMENTAR PARA O EXERCÍCIO DE 2024 DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1912/red._final._pl._042.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1912/red._final._pl._042.24.pdf</t>
   </si>
   <si>
     <t>“Institui a “Semana Municipal de Incentivo à Doação de Órgãos”, e dá outras providências.”</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1913/projeto_de_lei_utilidade_publica_lar_idoso.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1913/projeto_de_lei_utilidade_publica_lar_idoso.docx</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública o Lar Para Idoso Paulo Izac, e dá outras providências"</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 2.182.500,00, PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>"Autoriza a abertura de crédito adicional especial e suplementar, no valor de R$ 120.000,00 (cento e vinte mil) reais, para reforço em dotações orçamentárias, altera PPA, LDO e LOA e dá outras providências.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1931/pl_-_altera_conselho_municipal_de_esportes_e_lazer1.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1931/pl_-_altera_conselho_municipal_de_esportes_e_lazer1.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 031 DE 2023, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1932/projeto_de_lei___cultura.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1932/projeto_de_lei___cultura.pdf</t>
   </si>
   <si>
     <t>Súmula: Institui o Plano Municipal de Cultura (PMC), e adota outrasprovidências</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1933/pl_048.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1933/pl_048.2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 3.364.000,00, PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1934/pl_casa_lar___assinado_1.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1934/pl_casa_lar___assinado_1.pdf</t>
   </si>
   <si>
     <t>“Institui o serviço Casa-Lar para acolhimento de crianças e adolescentes em situação de risco no município de Santana do_x000D_
 Itararé/PR e dá outras providências’”.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1935/pl_050.2024_-_altera_consea.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1935/pl_050.2024_-_altera_consea.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 043/2023, QUE DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL - COMSEA, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1936/pl_051.2024_-_sisan.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1936/pl_051.2024_-_sisan.pdf</t>
   </si>
   <si>
     <t>CRIA OS COMPONENTES DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL - SISAN, DEFINE OS PARÂMETROS PARA ELABORAÇÃO E IMPLEMENTAÇÃO DO PLANO MUNICIPAL DE SEGURANÇA ALIMEMTAR E NUTICIONAL NO ÂMBITO DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E ESPECIAL, NO VALOR DE R$ 1_x000D_
 377.500,000 PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA PPA, LDO E LOA E DA OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1940/projeto_de_lei_53.2024_-_compede.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1940/projeto_de_lei_53.2024_-_compede.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 08/2021M QUE INSTITUI O CONSELHO MUNICIPAL DOS DIREITOS DAS PESSOAS COM DEFICIÊNCIA (COMPEDE) E O FUNDO MUNICIPAL DAS PESSOAS COM DEFICIÊNCIA (FMPEDE) E ESTABELECE A POLÍTICA MUNICIPAL DAS PESSOAS COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1949/projeto_lei_complementar_054.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1949/projeto_lei_complementar_054.2024.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2025, ALTERA O PLANO PLURIANUAL 2022 - 2025 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1950/projeto_lei_complementar_055.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1950/projeto_lei_complementar_055.2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO VALOR DE R$ 1.888.000,00, PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA PPA, LDO E LOA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1956/projeto_de_lei_no._056.2024_ampliacao_de_cargo_motorista_e_assistente_social_2024.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1956/projeto_de_lei_no._056.2024_ampliacao_de_cargo_motorista_e_assistente_social_2024.docx</t>
   </si>
   <si>
     <t>"Dispõe sobre ampliação de vagas do CArgo de Provimento Efetivo de Motorista e Asistente Social, previsto no Plano de Cargos, Carreiras e Vencimentos de Servidores do Município (Lei Complementar nº. 08/2013), conforme específica.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1957/projeto_de_lei_no._057.2024_denomina_imoveis_2024.doc</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1957/projeto_de_lei_no._057.2024_denomina_imoveis_2024.doc</t>
   </si>
   <si>
     <t>"Dispõe sobre a Denominção de Imóveis Públicoa, Conforme Especifica".</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1958/projeto_de_lei_no._058.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1958/projeto_de_lei_no._058.2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR, NO VALOR DE R$ 363.000,00 PARA REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, ALTERA PPA, LDO E LOA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no valor de R$ 464.000,00 para reforço em dotações orçamentárias e da outras providências</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_no._060.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_no._060.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O AUMENTO DE CARGA HORÁRIA DO CARGO EFETIVO DE ENGENHEIRO AGRÔNOMO, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1965/pl__-_nova_estrutura_adm_20251.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1965/pl__-_nova_estrutura_adm_20251.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 017/2013, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1966/projeto_de_lei_no._062.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1966/projeto_de_lei_no._062.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AMPLIAÇÃO DE VAGAS DO CARGO DE PROVIMENTO EFETIVO DE AUXILIAR DE LIMPEZA, PREVISTO NO PLANO DE CARGOS, CARREIRAS E VENCIMENOTOS DOS SERVIDORES DO MUNICÍPIO (LEI COMPLEMENTAR Nº 08/2013, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1969/plc_063.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1969/plc_063.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DE VAGAS DO CARGO DE PROVIMENTO EFETIVO DE EDUCADOR FÍSICO, PREVISTO NO PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIDORES DO MUNICÍPIO (LEI COMPLEMENTAR Nº 08/2013), CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional suplementar e da outras providências</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1799/resolucao_no._001.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1799/resolucao_no._001.2024.pdf</t>
   </si>
   <si>
     <t>Estabelece o Cronograma de Execução de Desembolso para o Exercício Financeiro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1926/projeto_de_resolucao_-_regulamento_estagios_na_camara_municipal.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1926/projeto_de_resolucao_-_regulamento_estagios_na_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Aprova o Regulamento de Estágios no âmbito da Câmara Municipal de Santana do Itararé - Estado do Paraná.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1948/projeto_de_resolucao_-_alteracao_regimento_interno_-_julgamento_das_contas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1948/projeto_de_resolucao_-_alteracao_regimento_interno_-_julgamento_das_contas.pdf</t>
   </si>
   <si>
     <t>“Altera o capítulo II – Dos procedimentos de controle, Seção I - do julgamento das contas, nos artigos 206, §1º e §2º, 207. Inclui os §3º, inc. I, II e II, §4º, inc. I, II, III, §5º, §6º, §7º ao artigo 206, e §1º, §2º ao artigo 207, e §1º, §2º ao artigo 209, todos do Regimento Interno da Câmara Municipal de Santana do Itararé – Pr., Resolução n.º 04/92, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1959/projeto_de_resolucao_no._004.2024._pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1959/projeto_de_resolucao_no._004.2024._pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar e dá Outras Providências.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1970/resolucao_no._005.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1970/resolucao_no._005.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Santana do Itararé/PR a ceder em regime de CESSÃO DE USO, Bens Móveis ao Colégio Estadual do Campo Humberto de Alencar Castelo Branco - EFM de Santana do Itararé/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1974/projeto_de_resolucao_06-2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1974/projeto_de_resolucao_06-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar e dá Outras Providências</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>PROEM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1855/projeto_de_emenda_no._001.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1855/projeto_de_emenda_no._001.2024.pdf</t>
   </si>
   <si>
     <t>"EMENDA AO PROJETO DE LEI Nº. 009/2024, DE INICIATIVA DO PODER EXECUTIVO, O QUAL DISPÕE SOBRE A RECOMPOSIÇÃO GERAL ANUAL DOS VENCIM,ENTOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ, CONFORME EXPECIFICA".</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1856/emenda_ao_pl_11.24.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1856/emenda_ao_pl_11.24.docx</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei do Legislativo nº 011/2024, o qual dispõe sobre recomposição geral anual nos vencimentos dos Servidores Públicos do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1860/projeto_de_emenda_-_institui_auxilio_alimentacao.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1860/projeto_de_emenda_-_institui_auxilio_alimentacao.docx</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei nº 017/2024, que institui o auxílio alimentação no âmbito da Administração Pública Direta do Município de Santana do Itararé – Pr., e dá outras providências.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>“Suprimi o art. 8° do PL 049/2024, nos termos que específica”.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>Propõe emenda modificativa e supressiva ao projeto de lei complementar nº. 055/2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1896/proposta_de_emenda_n_001.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1896/proposta_de_emenda_n_001.24.pdf</t>
   </si>
   <si>
     <t>Inclui o Artigo 118-A na Lei Orgânica do Município de Santana do Itararé - PR, para adotar no processo legislativo municipal as emendas impositivas individuais de vereadores e de bancadas, previstas na Emenda Constitucional nº 86, de 17 de março de 2015; na Emenda Constitucional nº 100, de 26 de junho de 2019, e na Emenda Constitucional nº 126, de 21 de dezembro de 2022; e dá outras providências.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1955/projeto_de_emenda_a_lom_02.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1955/projeto_de_emenda_a_lom_02.2024.pdf</t>
   </si>
   <si>
     <t>"Revoga o art. 118-A, criado pela emenda a LOM nº 01/2024, e dá outras providências”.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>REQVE</t>
   </si>
   <si>
     <t>REQUERIMENTO VEREADOR</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_01.2024.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_01.2024.docx</t>
   </si>
   <si>
     <t>Requer informações sobre processo licitatório, nos termos que especifica.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1795/requerimento_02.2024.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1795/requerimento_02.2024.docx</t>
   </si>
   <si>
     <t>Requer informações sobre uso de veículo público, nos termos que especifica.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1804/requerimento_n_003.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1804/requerimento_n_003.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de informações sobre a mesa digital da marca positivo que se encontra na escola Euclides Barbosa de Oliveira, nos termos que específica”.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_no._004.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_no._004.2024.pdf</t>
   </si>
   <si>
     <t>REJEITADO - Requer informações sobre bens adquiridos, nos termos que especifica.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_no._005.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_no._005.2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de informações acerca de localização de bens público, nos termos que específica”.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>Requerimento de abertura de CPI para apurar os fatos descritos na denúncia do cidadão Fellipe.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1850/requerimento_no._007.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1850/requerimento_no._007.2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre bens públicos adquiridos, nos termos que especifica.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1863/requerimento_no._008.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1863/requerimento_no._008.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre pedido para troca de lixeira no Bairro Barreira e colocação de lixeira no bairro Campina, conforme especifica.”</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1877/req._009.24.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1877/req._009.24.pdf</t>
   </si>
   <si>
     <t>Propõe sobre construção de Praça na Rua João Peixoto da Silveira, mais precisamente atrás do Estádio de futebol, e dá outras providências.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1885/requerimento_no._010-a.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1885/requerimento_no._010-a.2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre ônibus estacionado no pátio rodoviário Municipal, nos termos que especifica.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1924/u64871d0x114526_06252024_151720_004553.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1924/u64871d0x114526_06252024_151720_004553.pdf</t>
   </si>
   <si>
     <t>PEDE INSCRIÇÃO COMO ORADOR.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1937/requerimento_no._012.2024.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1937/requerimento_no._012.2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre equipamentos adquiridos para TV online, nos termos que especifica.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>Requer informações sobre contratações de funcionários em período eleitoral, nos termos que especifica.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>“Requer informações sobre contratação de funcionários para casa lar, nos termos que especifica.”</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de informações sobre gastos com postos de combustível, conforme especifica.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
@@ -1761,51 +1761,51 @@
   <si>
     <t>“Dispõe sobre pedido de coleta de lixo no Bairro Tijuco Preto, conforme específica”.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido informações, conforme específica”.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>Fornecimento de EPI aos funcionários públicos</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>REQCI</t>
   </si>
   <si>
     <t>REQUERIMENTO CIDADÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1823/mar._4_doc_5_1.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1823/mar._4_doc_5_1.pdf</t>
   </si>
   <si>
     <t>requer-se uso da palavra em plenário dia 04 de Março de 2023.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>ELIAS JOSÉ DE FREITAS</t>
   </si>
   <si>
     <t>REQUER EXPEDIÇÃO DE OFÍCIO PARA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>Fábio de Oliveira Batista</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de uso da palavra, conforme específica</t>
   </si>
 </sst>
 </file>
 
@@ -2130,67 +2130,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2207/ata_1o_quad._2024_cam.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2208/ata_2o_quad._2024_cam.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2209/ata_3o_quad._2024_cam.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1788/cargo_de_presidente_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1825/mar._4_doc_6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1886/denuncia_01.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1790/indicacao_no._001.2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1791/indicacao_no._002.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1792/indicacao_no._003.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1793/indicacao_no._004.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1796/indicacao_no._005.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1798/ind._06.24.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1803/ind._07.24.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1805/indicacao_08.24.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1813/indicacao_no._009.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1846/ind._013.24.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1847/indicacao_no._014.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1848/indicacao_no._015.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1849/ind_016.24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1854/indicacao_no._017.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1872/ind._020.24.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1873/ind._021.24.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1874/indi._022.24.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1875/ind._023.24.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1879/ind._024.24.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1880/ind._025.24.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1900/oficio_no._053.2024_em_atendimento_a_indicacao_no._026.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1901/oficio_no._054.2024_em_atendimento_a_indicacao_no._027.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1902/oficio_no._055.2024_em_atendimento_a_indicacao_no._028.2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1908/oficio_no._056.2024_em_atendimento_a_indicacao_no._029.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1909/oficio_no._057.2024_em_atendimento_a_indicacao_no._030.2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_no._031.2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1914/ind._032.24.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1915/ind._033.24.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1916/ind._034.24.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1925/ind._035.24.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_no._039.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1904/nota_de_repudio_jose_diniz.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1871/mocao_001.24.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1898/mocao_002.24.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1899/mocao_003.24.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1853/oficio_no._004.2024_contabilidade_prestacao_de_contas_exercicio_financeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1917/oficio_no._053.2024_em_atendimento_a_indicacao_no._026.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1918/oficio_no._054.2024_em_atendimento_a_indicacao_no._027.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1919/oficio_no._055.2024_em_atendimento_a_indicacao_no._028.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1920/oficio_no._056.2024_em_atendimento_a_indicacao_no._029.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1921/oficio_no._057.2024_em_atendimento_a_indicacao_no._030.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1922/oficio_no._058.2024_utilizacao_plenario.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1964/oficio_no._080.2024_indicacao_contrle_interno.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2216/processo_179597-23_-_contas_executivo_exerc._2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1960/parecer_ldo_e_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1867/parecer_cof._contas_ze_2021..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1929/projeto_de_decreto_002.24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1787/projeto_de_lei_no._001.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1797/projeto_de_lei_no._002.2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1800/projeto_de_lei_no._003.2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1801/projeto_de_lei_n._004.2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_no._006.2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1811/pl_-_refis_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1821/pl_-_casa_de_apoio_jacarezinho.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1837/projeto_de_lei_no._009.2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1840/pl_010.2024_-_permuta_imovel_publico.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1841/projeto_de_lei_no._011.2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1842/fixacao_subsidios_dos_vereadores_2025_a_2028.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1843/fixacao_subsidios_do_prefeito_vice_e_secretarios_2025_a_2028.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1852/pl._cidadao_honorario_pernambuco.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1857/projeto_de_lei_no._015.2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1858/projeto_de_lei_no._016.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1859/projeto_de_lei_no._017.2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1862/projeto_de_lei_no._018.2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1865/projeto_de_lei_no._019.2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1866/scan_04042024_164847_010602.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1868/projeto_de_lei_no._021.2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1869/projeto_de_lei_no._022.2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1870/projeto_de_lei._gilson._cria_comenda..docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1878/scan_04222024_151059_010613.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1881/projeto_de_lei_no._025.2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1882/pl_26.2024_subsidio_vereador.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1883/pl_27.2024_subsidio_prefeito.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1884/projeto_de_lei_no._028.2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1893/projeto_de_lei_no._035.2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1894/projeto_de_lei_no._036.2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1903/pl_037.2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1897/scan_05132024_155205_010760.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1906/projeto_de_lei_040.2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1912/red._final._pl._042.24.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1913/projeto_de_lei_utilidade_publica_lar_idoso.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1931/pl_-_altera_conselho_municipal_de_esportes_e_lazer1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1932/projeto_de_lei___cultura.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1933/pl_048.2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1934/pl_casa_lar___assinado_1.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1935/pl_050.2024_-_altera_consea.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1936/pl_051.2024_-_sisan.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1940/projeto_de_lei_53.2024_-_compede.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1949/projeto_lei_complementar_054.2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1950/projeto_lei_complementar_055.2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1956/projeto_de_lei_no._056.2024_ampliacao_de_cargo_motorista_e_assistente_social_2024.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1957/projeto_de_lei_no._057.2024_denomina_imoveis_2024.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1958/projeto_de_lei_no._058.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_no._060.2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1965/pl__-_nova_estrutura_adm_20251.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1966/projeto_de_lei_no._062.2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1969/plc_063.2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1799/resolucao_no._001.2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1926/projeto_de_resolucao_-_regulamento_estagios_na_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1948/projeto_de_resolucao_-_alteracao_regimento_interno_-_julgamento_das_contas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1959/projeto_de_resolucao_no._004.2024._pdf.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1970/resolucao_no._005.2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1974/projeto_de_resolucao_06-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1855/projeto_de_emenda_no._001.2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1856/emenda_ao_pl_11.24.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1860/projeto_de_emenda_-_institui_auxilio_alimentacao.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1896/proposta_de_emenda_n_001.24.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1955/projeto_de_emenda_a_lom_02.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_01.2024.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1795/requerimento_02.2024.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1804/requerimento_n_003.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_no._004.2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_no._005.2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1850/requerimento_no._007.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1863/requerimento_no._008.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1877/req._009.24.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1885/requerimento_no._010-a.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1924/u64871d0x114526_06252024_151720_004553.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1937/requerimento_no._012.2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1823/mar._4_doc_5_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2207/ata_1o_quad._2024_cam.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2208/ata_2o_quad._2024_cam.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2209/ata_3o_quad._2024_cam.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1788/cargo_de_presidente_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1825/mar._4_doc_6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1886/denuncia_01.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1790/indicacao_no._001.2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1791/indicacao_no._002.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1792/indicacao_no._003.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1793/indicacao_no._004.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1796/indicacao_no._005.2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1798/ind._06.24.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1803/ind._07.24.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1805/indicacao_08.24.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1813/indicacao_no._009.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1846/ind._013.24.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1847/indicacao_no._014.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1848/indicacao_no._015.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1849/ind_016.24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1854/indicacao_no._017.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1872/ind._020.24.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1873/ind._021.24.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1874/indi._022.24.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1875/ind._023.24.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1879/ind._024.24.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1880/ind._025.24.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1900/oficio_no._053.2024_em_atendimento_a_indicacao_no._026.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1901/oficio_no._054.2024_em_atendimento_a_indicacao_no._027.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1902/oficio_no._055.2024_em_atendimento_a_indicacao_no._028.2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1908/oficio_no._056.2024_em_atendimento_a_indicacao_no._029.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1909/oficio_no._057.2024_em_atendimento_a_indicacao_no._030.2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1911/indicacao_no._031.2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1914/ind._032.24.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1915/ind._033.24.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1916/ind._034.24.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1925/ind._035.24.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1961/indicacao_no._039.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1904/nota_de_repudio_jose_diniz.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1871/mocao_001.24.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1898/mocao_002.24.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1899/mocao_003.24.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1853/oficio_no._004.2024_contabilidade_prestacao_de_contas_exercicio_financeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1917/oficio_no._053.2024_em_atendimento_a_indicacao_no._026.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1918/oficio_no._054.2024_em_atendimento_a_indicacao_no._027.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1919/oficio_no._055.2024_em_atendimento_a_indicacao_no._028.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1920/oficio_no._056.2024_em_atendimento_a_indicacao_no._029.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1921/oficio_no._057.2024_em_atendimento_a_indicacao_no._030.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1922/oficio_no._058.2024_utilizacao_plenario.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1964/oficio_no._080.2024_indicacao_contrle_interno.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/2216/processo_179597-23_-_contas_executivo_exerc._2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1960/parecer_ldo_e_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1867/parecer_cof._contas_ze_2021..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1929/projeto_de_decreto_002.24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1787/projeto_de_lei_no._001.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1797/projeto_de_lei_no._002.2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1800/projeto_de_lei_no._003.2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1801/projeto_de_lei_n._004.2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1806/projeto_de_lei_no._006.2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1811/pl_-_refis_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1821/pl_-_casa_de_apoio_jacarezinho.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1837/projeto_de_lei_no._009.2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1840/pl_010.2024_-_permuta_imovel_publico.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1841/projeto_de_lei_no._011.2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1842/fixacao_subsidios_dos_vereadores_2025_a_2028.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1843/fixacao_subsidios_do_prefeito_vice_e_secretarios_2025_a_2028.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1852/pl._cidadao_honorario_pernambuco.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1857/projeto_de_lei_no._015.2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1858/projeto_de_lei_no._016.2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1859/projeto_de_lei_no._017.2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1862/projeto_de_lei_no._018.2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1865/projeto_de_lei_no._019.2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1866/scan_04042024_164847_010602.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1868/projeto_de_lei_no._021.2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1869/projeto_de_lei_no._022.2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1870/projeto_de_lei._gilson._cria_comenda..docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1878/scan_04222024_151059_010613.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1881/projeto_de_lei_no._025.2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1882/pl_26.2024_subsidio_vereador.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1883/pl_27.2024_subsidio_prefeito.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1884/projeto_de_lei_no._028.2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1893/projeto_de_lei_no._035.2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1894/projeto_de_lei_no._036.2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1903/pl_037.2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1897/scan_05132024_155205_010760.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1906/projeto_de_lei_040.2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1912/red._final._pl._042.24.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1913/projeto_de_lei_utilidade_publica_lar_idoso.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1931/pl_-_altera_conselho_municipal_de_esportes_e_lazer1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1932/projeto_de_lei___cultura.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1933/pl_048.2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1934/pl_casa_lar___assinado_1.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1935/pl_050.2024_-_altera_consea.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1936/pl_051.2024_-_sisan.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1940/projeto_de_lei_53.2024_-_compede.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1949/projeto_lei_complementar_054.2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1950/projeto_lei_complementar_055.2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1956/projeto_de_lei_no._056.2024_ampliacao_de_cargo_motorista_e_assistente_social_2024.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1957/projeto_de_lei_no._057.2024_denomina_imoveis_2024.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1958/projeto_de_lei_no._058.2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_no._060.2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1965/pl__-_nova_estrutura_adm_20251.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1966/projeto_de_lei_no._062.2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1969/plc_063.2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1799/resolucao_no._001.2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1926/projeto_de_resolucao_-_regulamento_estagios_na_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1948/projeto_de_resolucao_-_alteracao_regimento_interno_-_julgamento_das_contas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1959/projeto_de_resolucao_no._004.2024._pdf.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1970/resolucao_no._005.2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1974/projeto_de_resolucao_06-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1855/projeto_de_emenda_no._001.2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1856/emenda_ao_pl_11.24.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1860/projeto_de_emenda_-_institui_auxilio_alimentacao.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1896/proposta_de_emenda_n_001.24.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1955/projeto_de_emenda_a_lom_02.2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1794/requerimento_01.2024.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1795/requerimento_02.2024.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1804/requerimento_n_003.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_no._004.2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1812/requerimento_no._005.2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1850/requerimento_no._007.2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1863/requerimento_no._008.2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1877/req._009.24.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1885/requerimento_no._010-a.2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1924/u64871d0x114526_06252024_151720_004553.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1937/requerimento_no._012.2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2024/1823/mar._4_doc_5_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="50.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="161.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="160.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>