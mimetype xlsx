--- v0 (2025-12-18)
+++ v1 (2026-03-20)
@@ -51,2277 +51,2277 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AUDPU</t>
   </si>
   <si>
     <t>AUDIÊNCIA PÚBLICA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2204/ata_1o_quad._2023_cam.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2204/ata_1o_quad._2023_cam.pdf</t>
   </si>
   <si>
     <t>Ata da Audiência Pública Referente ao Primeiro Quadrimestre de 2023</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2205/ata_2o_quad._2023_cam.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2205/ata_2o_quad._2023_cam.pdf</t>
   </si>
   <si>
     <t>Ata da Audiência Pública Referente ao Segundo Quadrimestre de 2023</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2206/ata_3o_quad._2023_cam.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2206/ata_3o_quad._2023_cam.pdf</t>
   </si>
   <si>
     <t>Ata da Audiência Pública Referente ao Terceiro Quadrimestre de 2023</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>COMP</t>
   </si>
   <si>
     <t>COMPOSIÇÃO DA COMISSÕES PERMANENTES</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Eleição para composição das Comissões Permanentes para o biênio 2023 - 2024</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DENÚNCIA</t>
   </si>
   <si>
     <t>ELIAS JOSÉ DE FREITAS</t>
   </si>
   <si>
     <t>Requer abertura de Comissão Processante</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXECUTIVO</t>
   </si>
   <si>
     <t>JOSÉ DEVALMIR DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_no._001.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_no._001.2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre indicação ao Executivo Municipal a fim de conceder Gratificação aos Motoristas lotados na Secretaria Municipal de Educação, nos termos que específica”.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/indicacao_no._002.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/indicacao_no._002.2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre indicação ao Executivo Municipal a fim de realizar a manutenção em caráter urgente de estrada rural no bairro alferes fabricio, nos termos que específica”.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>Ney Aparecido Silva</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_no._003.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_no._003.2023.pdf</t>
   </si>
   <si>
     <t>Ajustar a carga horário do cargo de Médico Veterinário para 40horas, com o aumento respectivo do vencimento.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>TELO DO VENERANDO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_no._004.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_no._004.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE INDICAÇÃO AO EXECUTIVO MUNICIPAL APRESENTADA DE FORMA VERBAL E APROVADA EM PLENÁRIO, PARA QUE SEJA REALIZADO O PAGAMENTO DO PISO SALARIAL AOS INTEGRANTES DO MAGISTÉRIO, NOS TERMOS QUE ESPECÍFICA".</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>“Dispõe sobre indicação de manutenção e limpeza em caixas de contenção e patrolamento em estradas rurais, conforme específica”.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PEDRO CUÍCA</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE INDICAÇÃO AO EXECUTIVO PARA SEGURANÇA NO HOSPITAL MUNICIPAL, NOS TERMOS QUE ESPECÍFICA".</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>LEGISLATIVO - LEG</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1635/indicacao_no._007.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1635/indicacao_no._007.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre colocalçao de postes de luz na continuação da Av. Padre Antonio Otero Soares, conforme específica.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/indicacao_no._008.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/indicacao_no._008.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre indicação ao executivo para instalação de internet na Vila Nova, conforme específica.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/indicacao_no._009.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/indicacao_no._009.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre colocação de fresagem de pavimentação asfáltica, conforme especifica."</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_no._010.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_no._010.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre indicação ao executivo para instalação de parque platground no Bairro Portal dos Ypês, conforme especifica."</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_no._011.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_no._011.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre colocação de poste de luz no loteamento maluf, conforme especifica."</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_no._012.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_no._012.2023.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre construção de um lava-car para atendimento de veículos oficiais, conforme especifica.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/indicacao_no._013.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/indicacao_no._013.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre colocação de postes de iluminação na continuação da Av. Padre Antonio Otero Soares.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>COQUINHO DO JOEL</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_no._014.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_no._014.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre indicação ao executivo para realização de limpeza em caixa de contenção pluvial no Bairro Sene, conforme especifica</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/indicacao_no._015.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/indicacao_no._015.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre indicação ao executivo para apresentar Projeto de Lei para aumento salarial de todas as categorias que se encontram defasadas, conforme especifica".</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/indicacao_no._016.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/indicacao_no._016.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre indicação ao executivo para realização de limpeza em caixa de contenção pluvial no Bairro Ponte Nova, conforme especifica."</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_no._017.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_no._017.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE INDICAÇÃO AO EXECUTIVO PARA FISCALIZAÇÃO DE UTILIZAÇÃO DE EPIS AOS SERVIDORES PÚBLICOS, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>NALDO MOTORISTA</t>
   </si>
   <si>
     <t>REITERA A INDICAÇÃO Nº 006/2022 'PARA CONCESSÃO DO PISO NACIONAL DE ENFERMAGEM', NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>ISMAIR PEDREIRO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/requerimento_no._019.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/requerimento_no._019.2023.pdf</t>
   </si>
   <si>
     <t>"INDICA UMA ESCULTURA EM HOMENAGEM A ATLETA SANTANENSE CAMPEÃ DA SÃO SILVESTRE “ROSELI MACHADO”, NOS TERMOS QUE ESPECÍFICA".</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>PAULINHO AMARELO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/indicacao_no._020.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/indicacao_no._020.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÔE SOBRE INDICAÇÃO AO EXECUTIVO PARA APRESENTAÇÃO DE PROJETO DE LEI COMPLEMENTAR QUE ISENTE DE PAGAMENTO DA CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA AS ENTIDADES: LAR PARA IDOSOS PAULO IZAC E A ASSOCIAÇÃO DE PAIS E AMIGOS EXCEPCIONAIS, ENTIDADES SEM FINS LUCRATIVOS, CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no._021.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no._021.2023.pdf</t>
   </si>
   <si>
     <t>"INDICA A COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO NOS PONTOS DE ÔNIBUS, NOS TERMOS QUE ESPECÍFICA".</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Reitera a Indicação nº. 004/2023 que dispõe sobre Percentual de Reajuste no Piso Salarial aos Professores integrantes do Quadro Próprio do Magistério, Nos Termos que Especifica.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no._023.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no._023.2023.pdf</t>
   </si>
   <si>
     <t>"INDICA TRANSMISSÃO DAS SESSÕES LEGISLATIVAS NA RÁDIO COMUNITÁRIA SANTANA FM E TV SANTANA DO ITARARÉ ONLINE, NOS TERMOS QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>ANDERSON IZAC</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1726/indicacao_no._024.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1726/indicacao_no._024.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre solicitação para que a Secretaria de Saúde Solicite da Secretaria Estadual a abertura de sindicância a fim de apurar a alta taxa da mortalidade de recém nascidos em hospitais Regionais do Norte Pioneiro, conforme específica”.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1727/indicacao_no._025.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1727/indicacao_no._025.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre solicitação para que seja dado continuidade as melhorias da Escola Municipal do Campo Euclides Barbosa de Oliveira, conforme especifica.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_no._026.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_no._026.2023.pdf</t>
   </si>
   <si>
     <t>"Indica o Custeio de Terapia Fonoaudiológica para tratamento de Crianças com Autismo, nos termos que específica".</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_no._027.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_no._027.2023.pdf</t>
   </si>
   <si>
     <t>Indica realização de serviço na Rodovia SP 242 em parceria/cooperação com Município de Itaporanga - SP, nos termos que especifica.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_no._028.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_no._028.2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre solicitação para que seja retornado as cores originais da ambulância que estava cedida ao SAMU, conforme específica”.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no._029.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no._029.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre cascalhamento em estradas rurais, conforme específica”.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_no._030.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_no._030.2023.pdf</t>
   </si>
   <si>
     <t>'Indica a aquisição de um carrinho funerário ao Cemitério Municipal, nos termos que especifica".</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_no._031.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_no._031.2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de apresentação de Projeto de Lei a fim de denominar o trecho da BR – 272, entre Santana do Itararé – Pr à Siqueira Campos – Pr de Rodovia José Pereira Neto, conforme específica”.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>JAIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_no._032.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_no._032.2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de cascalhamento em estrada rural, conforme específica”.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_no._033.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_no._033.2023.pdf</t>
   </si>
   <si>
     <t>"Indica a cessão de uso de cadeiras ao Lar para Idosos Paulo Izac, nos termos que específica".</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_no._034.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_no._034.2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre indicação ao executivo para transformar o cargo de auxiliar de enfermagem em técnico em enfermagem, conforme especifica”.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1763/indicacao_no._035.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1763/indicacao_no._035.2023.pdf</t>
   </si>
   <si>
     <t>"Indica o funcionamento do Raio X aos finais de semana, nos termos que específica".</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_no._036.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_no._036.2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre reiteração da indicação n° 004/2023, onde dispõe sobre indicação ao executivo municipal para que seja realizado o percentual de reajuste no piso salarial aos professores integrantes do magistério, nos termos que específica”.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_no._037.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_no._037.2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre sugestão de aquisição de área verde para implementação de parque ecológico, conforme específica”.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>MOÇCO</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/mocao_de_congratulacao_no._01.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/mocao_de_congratulacao_no._01.2023.pdf</t>
   </si>
   <si>
     <t>"Concede Moção de Aplausos e Congratulações".</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFICIO EXPEDIDO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/oficio_no._001.2023_encaminha_projetos_de_leis_executivo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/oficio_no._001.2023_encaminha_projetos_de_leis_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder revisão nos vencimentos dos Servidores Públicos Municipais, com base no reajuste do Salário Mínimo Nacional vigente no exercício de 2023, conforme especifica.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/oficio_no._002.2023_solicitacao_de_abertura_licitacao.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/oficio_no._002.2023_solicitacao_de_abertura_licitacao.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ALBERTURA DE LICITAÇÃO.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1548/oficio_no._003.2023_solicitacao_de_abertura_licitacao.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1548/oficio_no._003.2023_solicitacao_de_abertura_licitacao.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ABERTURA DE LICITAÇÃO.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE DOCUMENTOS REFERENTE AO LAGO ERASMO CONSANI.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>OFICIO RECEBIDO</t>
   </si>
   <si>
     <t>JOSÉ DE JESUS ISAC</t>
   </si>
   <si>
     <t>Oficio nº. 035/2023 Procuradoria Jurídica que encaminha os Projetos de Leis nº. 012 e 013/2023.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/oficio_no._038.2023_encaminha_projeto_de_lei.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/oficio_no._038.2023_encaminha_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 038/2023 encaminha os Projetos de Leis nº. 0016 e 017/2023.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/oficio_no._039.2023_encaminha_o_projeto_de_lei_no._021.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/oficio_no._039.2023_encaminha_o_projeto_de_lei_no._021.2023.pdf</t>
   </si>
   <si>
     <t>Ofício nº.039/2023 Procuradoria Jurídica encaminha Projeto de Lei nº. 021/2023</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/oficio_no._040.2023_encaminha_projeto_de_lei_no._022.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/oficio_no._040.2023_encaminha_projeto_de_lei_no._022.2023.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 040/2023 Procuradoria Jurídica encaminha Projeto de Lei nº. 022/2023.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/oficio_no._041.2023_encaminha_projeto_de_lei_no._023.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/oficio_no._041.2023_encaminha_projeto_de_lei_no._023.2023.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 041/2023 Procuradoria Juricidaca encaminha o Projeto de Lei nº. 023/2023.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/prestacao_de_contas_referente_ao_exercicio_de_2022.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/prestacao_de_contas_referente_ao_exercicio_de_2022.pdf</t>
   </si>
   <si>
     <t>Encaminha Processo de Prestação de Contas referente ao Exercício de 2022 à Câmara Municipal em atenção ao Art. 49 da Lei Complementar nº. 101/00.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/oficio_no._051.2023_em_atendimento_ao_requerimento_no._010.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/oficio_no._051.2023_em_atendimento_ao_requerimento_no._010.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 051/2023 GABINETE DO EXECUTIVO EM ATENDIMENTO REQUERIMENTO Nº. 010/2023.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1615/oficio_no._056.2023_em_atendimento_a_indicacao_no._006.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1615/oficio_no._056.2023_em_atendimento_a_indicacao_no._006.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 056/2023 GABINETE EXECUTIVO EM ATENTEDIMENTO A INDICAÇÃO Nº. 006/2023.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/oficio_no._055.2023_em_atendimento_a_indicacao_no._005.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/oficio_no._055.2023_em_atendimento_a_indicacao_no._005.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 055/2023 GABINETE EXECUTIVO EM ATENTEDIMENTO A INDICAÇÃO Nº. 005/2023.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/oficio_no._0154.2023_encaminha_projeto_de_lei__no._030.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/oficio_no._0154.2023_encaminha_projeto_de_lei__no._030.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 0154/2023 GABINETE DO PODER EXECUTIVO QUE ENCAMINHA O PROJETO DE LEI Nº. 030/2023 QUE INSTITUI A SERCRETARIA MUNICIPAL DE COMUNICAÇÃO SOCIAL E CRIA O CARGO DE SECRETÁRIO MUNICIPAL DE COMUNICAÇÃO SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/oficio_no._043.2023_encaminha_projeto_de_lei__no._031.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/oficio_no._043.2023_encaminha_projeto_de_lei__no._031.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 043/2023 PROCURADORIA JURÍDICA QUE ENCAMINHA O PROJETO DE LEI Nº. 031/2023 QUE CONCEDE AUMENTO REAL NOS VENCIMENTOS DO CONSELHEIROS TUTELARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/projeto_de_lei_no._036.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/projeto_de_lei_no._036.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 049/2023 PROCURADORIA JURÍDICA MUNICIPAL ENCAMINHA O PROJETO DE LEI Nº. 036/2023 QUE DISPÕE SOBRE O NOVO REAJUSTE DO SALÁRIO MÍNIMO NACIONAL VIGENTE A PARTIR DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/oficio_no._083.2023_-_sms_atencao_requerimento_no._13.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/oficio_no._083.2023_-_sms_atencao_requerimento_no._13.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 083/2023 - SMS EM ATENÇÃO REQUERIMENTO Nº. 13/2023 RELATIVAMENTE EPIs.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/oficio_no._052.2023_-_encaminha_projeto_de_lei_no._041.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/oficio_no._052.2023_-_encaminha_projeto_de_lei_no._041.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 052/2023 ENCAMINHA PROJETO DE LEI Nº. 041/2023.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>CARINE REGINA GONÇALVES</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/oficio_no._13.2023_secretaria_municipal_do_meio_ambiente.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/oficio_no._13.2023_secretaria_municipal_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 13/2023 SECRETARIA MUNICIPAL DO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/oficio_no._12.2023_secretaria_municipal_do_meio_ambiente.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/oficio_no._12.2023_secretaria_municipal_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº . 12/2023 SECRETARIA MUNICIPAL MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>MARIA APARECIDA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/oficio_no._002.2023_presidente_do_fundeb.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/oficio_no._002.2023_presidente_do_fundeb.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 002/2023 PARTICIPAÇÃO MEMBRO FUNDEB REFERENTE AO PROJETO DE LEI Nº. 042/2023.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/oficio_no._003.2023_presidente_do_fundeb.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/oficio_no._003.2023_presidente_do_fundeb.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 003/2023 PRESIDENTE DO FUNDEB REFERENTE AO PROJETO DE LEI Nº. 042/2023 E REAJUSTE DO PISO SALARIAL SANCIONADA PELO PRESIDENTE DA REPÚBLICA.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1691/oficio_no._095.2023_-_em_atendimento_ao_requerimento_no._016.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1691/oficio_no._095.2023_-_em_atendimento_ao_requerimento_no._016.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 095/2023 EM ATENDIMENTO REQUERIMENTO Nº. 016/2023.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1692/oficio_no._094.2023_-_em_atendimento_ao_requerimento_no._018.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1692/oficio_no._094.2023_-_em_atendimento_ao_requerimento_no._018.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 094/2023 EM ATENDIMENTO AO REQUERIMENTO Nº. 018/2023.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1693/oficio_no._093.2023_-_em_atendimento_ao_requerimento_no._019.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1693/oficio_no._093.2023_-_em_atendimento_ao_requerimento_no._019.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 093/2023 EM ATENDIMENTO REQUERIMENTO Nº. 019/2023.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1694/oficio_no._092.2023_-_em_atendimento_a_indicacao_no._017.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1694/oficio_no._092.2023_-_em_atendimento_a_indicacao_no._017.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 092/2023 EM ATENDIMENTO A INDICAÇÃO Nº. 017/2023.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1695/oficio_no._091.2023_-_em_atendimento_a_indicacao_no._021.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1695/oficio_no._091.2023_-_em_atendimento_a_indicacao_no._021.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 091/2023 EM ATENDIMENTO A INDICAÇÃO Nº. 021/2023.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1696/oficio_no._090.2023_-_em_atendimento_ao_requerimento_no._021.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1696/oficio_no._090.2023_-_em_atendimento_ao_requerimento_no._021.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 090/2023 EM ATENDIEMNTO AO REQUERIMENTO Nº. 017/2023.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1697/oficio_no._089.2023_-_em_atendimento_a_indicacao_no._015.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1697/oficio_no._089.2023_-_em_atendimento_a_indicacao_no._015.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 089/2023 EM ATENDIMENTO A INDICAÇÃO Nº. 015/2023.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1698/oficio_no._088.2023_-_em_atendimento_a_indicacao_no._013.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1698/oficio_no._088.2023_-_em_atendimento_a_indicacao_no._013.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 088/2023 EM ATENDIMENTO A INDICAÇÃO Nº. 013/2023.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1699/oficio_no._086.2023_-_em_atendimento_a_indicacao_no._007.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1699/oficio_no._086.2023_-_em_atendimento_a_indicacao_no._007.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 087/2023 EM ATENDIMENTO A INDICAÇÃO Nº. 011/2023.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 053/2023 QUE ENCAMINHA PROJETO DE LEI Nº. 044/2023.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1707/projeto_de_lei_no._045.2023_comsea.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1707/projeto_de_lei_no._045.2023_comsea.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 056/2023 ENCAMINHA PROJETO DE LEI Nº. 045/2023 QUE DISPÕE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL - COMSEA, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1708/projeto_de_lei_no._046.2023_altera_lei_043.2007_e_lc_08.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1708/projeto_de_lei_no._046.2023_altera_lei_043.2007_e_lc_08.2013.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 055/2023 ENCAMINHA O PROJETO DE LEI Nº. 046/2023 DISPÕE SOBRE ALTERAÇÃO LEI Nº. 043/2023 E LEI COMPLEMANTAR Nº. 08/2013, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>OFÍCIO Nº.065/2023 ENCAMINHA PROJETO DE LEI Nº. 057/2023 QUE AUTORIZA O MUNICÍPIO DE SANTANA DO ITARARÉ - ESTADO DO PARANÁ, A CEDER O DE VEÍCULOS AO LAR PARA IDOSOS PAULO IZAC E Á ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1746/oficio_no._066.2023_encaminha_projeto_de_lei__no._058.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1746/oficio_no._066.2023_encaminha_projeto_de_lei__no._058.2023.pdf</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 066/2023 ENCAMINHA O PROJETO DE LEI Nº.058/2023 QUE ALTERA LEI Nº. 067/2009 QUE DISPÕE SOBRE O ESTÁGIO DE ESTUDANTE, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>OFÍCIO Nº. 068/2023 ENCAMINHA O PROJETO DE LEI Nº. 062/2023.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Indica o Sr. Danilo Tomaz de Oliveira Matozinho para exercer a função de Controlador Interno dos Poderes Executivo e Legislativo</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>PARCO</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 031/2023 – ANÁLISE E PARECER – COMISSÃO DE ORÇAMENTO E FINANÇAS – PROJETO QUE CONCEDE AUMENTO REAL NOS VENCIMENTO DOS CONSELHEIROS TUTELARES - AUSÊNCIA DE ILEGALIDADE – IMPACTO ORÇAMENTÁRIO – VENCIMENTOS QUE SE ENCONTRAM DEFASADOS EM COMPARAÇÃO COM VALORES PAGOS NA REGIÃO - PARECER PELA APROVAÇÃO.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 030/2023 – ANÁLISE E PARECER – COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO – CRIA A SECRETARIA MUNICIPAL DE COMUNICAÇÃO SOCIAL CRIA CARGO DE SECRETÁRIO MUNICIPAL DE COMUNICAÇÃO SOCIAL CRIA O DEPARTAMENTO DE PRODUÇÃO DE CONTEÚDO E COMUNICAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS - AUSÊNCIA DE ILEGALIDADE – NECESSIDADE DE FORMALIZAÇÃO DA PASTA - PARECER PELA APROVAÇÃO.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1714/parecer_002.2023.cof.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1714/parecer_002.2023.cof.pdf</t>
   </si>
   <si>
     <t>ANÁLISE TÉCNICA E PARECER ACERCA DO PROJETO DE LEI COMPLEMENTAR N° 043/2023 – AUTOR4IZA A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR – AUSÊNCIA DE IRREGULARIDADES – PARECER PELA APROVAÇÃO.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1715/parecer_02.2023_cljr_-_pl._044.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1715/parecer_02.2023_cljr_-_pl._044.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 044/2023 – ANÁLISE E PARECER – COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO – RATIFICA O INGRESSO DE SALTO DO ITARARÉ/PR – AO CONSÓRCIO INTERMUNICIPAL PARA O DESENVOLVIMENTO REGIONAL DO TERRITÓRIO DIVISA NORTE DO PARANÁ - AUSÊNCIA DE ILEGALIDADE – NECESSIDADE DE FORMALIZAÇÃO DA PASTA - PARECER PELA APROVAÇÃO COM INDICAÇÃO DE EMENDA.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>COSP - COMISSÃO DE OBRAS E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1783/parecer_pl_052._cof.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1783/parecer_pl_052._cof.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 052/2023 – ANÁLISE E PARECER – COMISSÃO DE OBRAS E SERVIÇOS PÚBLICOS – PROJETO QUE AUTORIZA A PERMUTA DE IMÓVEIS – IMPOSSIBILIDADE – LOCAL QUE SE PRETENDE A PERMUTA IRREGULAR – AUSÊNCIA DE INTERESSE PÚBLICO –PARECER PELA  REJEIÇÃO .</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1785/10.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1785/10.pdf</t>
   </si>
   <si>
     <t>PARECER FINAL COMISSÃO ESPECIAL DE INVESTIGAÇÃO.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>PROLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_le_no._001.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_le_no._001.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder revisão nos vencimentos dos Servidores Públicos Municipais, com base no reajuste do Salário Mínimo Nacional vigente no exercício de 2023, conforme especifica".</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_le_no._002.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_le_no._002.2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº. 029/2003 (ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPIO DE SANTANA DO ITARARÉ/PR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1536/projeto_de_le_no._003.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1536/projeto_de_le_no._003.2023.pdf</t>
   </si>
   <si>
     <t>"INSTITUI AUXILIO DESLOCAMENTO AOS MOTORISTAS DE AMBULÂNCIA, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_le_no._004.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_le_no._004.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DA LEI Nº. 029/2003, QUE DISPÕE SOBRE O ESTATUTO DO SERVIDOR PÚBLICO MUNICIPAL, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/projeto_de_le_no._005.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/projeto_de_le_no._005.2023.pdf</t>
   </si>
   <si>
     <t>"APROVA O PROTOCOLO DE ESCUTA ESPECIALIZADA QUE TRATA O ARTIGO 7º DA LEI FEDERAL Nº. 13.431/2017".</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_le_no._007.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_le_no._007.2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR MEDIANTE COMPRA E VENDA OU DESAPROPRIAÇÃO AMIGÁVEL IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_le_no._007.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_le_no._007.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AMPLIAÇÃO DO CARGO EFETIVO DE ENGENHEIRO CIVIL E ALTERAÇÃO NAS ATRIBUIÇÕES DO CARGO EFETIVO DE MÉDICO VETERINÁRIO, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/projeto_de_le_no._008.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/projeto_de_le_no._008.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS, CONFORME ESPECIFICA" CONTINUAÇÕES DAS RUAS IDAMOR MICHETTI E PADRE JOÃO LUCIANO RIBEIRO&gt;</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/projeto_de_le_no._009.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/projeto_de_le_no._009.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS, DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADOD DO PARANÁ, E ´DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/u64871d0x114526_02162023_085628_002352.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/u64871d0x114526_02162023_085628_002352.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO CARGO EM COMISSÃO DE COORDENADOR DE TRÂNSITO E TRANSPORTES, CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/projeto_de_le_no._011.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/projeto_de_le_no._011.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AMPLIAÇÃO DO CARGO EFETIVO DE ENGENHEIRO CIVIL, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/projeto_de_le_no._012.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/projeto_de_le_no._012.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 041/2016, CONFORME ESPCIFICA".</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/projeto_de_le_no._013.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/projeto_de_le_no._013.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº. 038/2016, QUE INSTITUI O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL (CMAS), A CONFERÊNCIA MUNICIPAL DE ASSISTÊNCIAS SOCIAL, FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL (FMAS) E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/projeto_de_le_no._014.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/projeto_de_le_no._014.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do art. 49 da Lei Complementar n° 041/2016 que estabelece parâmetros relativos ao conselho municipal dos direitos da criança e do adolescente (CMDCA), constitui o fundo municipal dos direitos da criança e do adolescente (FMDCA) e define a estrutura e funcionamento do conselho tutelar no município de do itararé, conforme especifica, conforme específica.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/projeto_de_le_no._015.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/projeto_de_le_no._015.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Santana do Itararé, Estado do Paraná, a realizar a exploração comercial de espaços públicos, para fins publicitários, espaços estes tais como Campos de Futebol, Quadras Sintéticas e Ginásios Poliesportivos, etc, e dá outras providências.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/projeto_de_lei_no._016.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/projeto_de_lei_no._016.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO CARGO EM COMISSÃO DE AGENTE DE CONTRATAÇÃO E FUNÇÃO GRATIFICADA DE FISCAL DE CONTRATO (FGFC), EM CONFORMIDADE COM OS ARTIGOS 7º, INCISO I, E 8º DA LEI FEDERAL Nº. 14.133/2021 NOVA LEI DE LICITAÇÕES E CONTRATOS.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/projeto_de_lei_no._017.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/projeto_de_lei_no._017.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A RECOMPOSIÇÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/projeto_de_lei_no._018.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/projeto_de_lei_no._018.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO NOS SUBSÍDIOS DOS VEREADORES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO NOS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RECOMPOSIÇÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DO POODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/projeto_de_lei_no._021.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/projeto_de_lei_no._021.2023.pdf</t>
   </si>
   <si>
     <t>"REESTRUTURA O SERVIÇO DE INSPEÇÃO MUNICIPAL DE PRODUTOS DE ORIGEM ANIMAL (SIM/POA), E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>"HOMOLOGA A REAVALIAÇÃO ATUARIAL PARA EQUACIONAMENTO DO DÉFICIT TÉCNICO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ - SANTANAPREV, APURADO O CUSTO SUPLEMENTAR PARA O EXERCÍCIO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/projeto_de_lei_no._023.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/projeto_de_lei_no._023.2023.pdf</t>
   </si>
   <si>
     <t>"CRIA CONTROLE PARA PAGAMENTO DE EXAMES MÉDICOS TERCEIRIZADOS PELA SAÚDE PÚBLICA MUNICIPAL DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E O PROTOCOLO DE ACESSO E CONTROLE DOS EXAMES MÉDICOS, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_lei_no._024.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_lei_no._024.2023.pdf</t>
   </si>
   <si>
     <t>RETIRADO DE PAUTA A PEDIDO DO VEREADOR DE AUS AUTORIA “Dispõe sobre a obrigatoriedade de distribuição gratuita de protetor solar, aos funcionários públicos que trabalham habitualmente expostos ao sol”.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/plc_025.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/plc_025.2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA O PLANO PLURIANUAL, A LEI DE DIRETRIZES ORÇAMENTÁRIAS E DISPÔE SOBRE ABERTURA ADICIONAL ESPECIAL E SUPLEMENTAR".</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/projeto_de_lei_no._026.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/projeto_de_lei_no._026.2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE SANTANA DO ITARARÉ - ESTADO DO PARANÁ, A CONTRATAR EM REGIME DE URGÊNCIA, PROFISSIONAIS DE SEGURANÇA ESPECIALIZADOS PARA TODAS AS UNIDADES DA REDE PÚBLICA MUNICIPAL DE EDUCAÇÃO, CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/projeto_de_lei_no._027.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/projeto_de_lei_no._027.2023.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O DIA 05 DE ABRIL COMO DIA MUNICIPAL DE CONSCIENTIZAÇÃO DA SEGURANÇA NAS ESCOLAS, CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/projeto_de_lei_no._028.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/projeto_de_lei_no._028.2023.pdf</t>
   </si>
   <si>
     <t>"QUE DISPÕE SOBRE A RECOMPOSIÇÃO NOS VENCIMENTOS DO AGENTES COMUNITÁRIOS DE SAÚDE (URBANO E RURAL) E DOS AGENTES DE COMBATE A ENDEMIAS, CONFORME PISO SALARIAL FIXADO PELA EMENDA CONSTITUCIONAL Nº. 120, DE 05 DE MAIO DE 2022".</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/plc_029.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/plc_029.2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de um crédito adicional suplementar, até o limite de R$ 260.000,00 (duzentos e sessenta mil reais), para reforço em dotações orçamentárias, e dá outras providências".</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/projeto_de_lei_no._030.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/projeto_de_lei_no._030.2023.pdf</t>
   </si>
   <si>
     <t>QUE INSTITUI A SERCRETARIA MUNICIPAL DE COMUNICAÇÃO SOCIAL E CRIA O CARGO DE SECRETÁRIO MUNICIPAL DE COMUNICAÇÃO SOCIAL E DÁ OUTRAS PROVIDÊNCIAS. Data Protocolo: 24/04/2023 - Horário: 9:07:00 - Informado Manualmente por: TELO</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/projeto_de_lei_no._031.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/projeto_de_lei_no._031.2023.pdf</t>
   </si>
   <si>
     <t>QUE CONCEDE AUMENTO REAL NOS VENCIMENTOS DO CONSELHEIROS TUTELARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/u64871d0x114526_04262023_143349_002606.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/u64871d0x114526_04262023_143349_002606.pdf</t>
   </si>
   <si>
     <t>"DISPÔE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR N° 043/2021, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/u64871d0x114526_04282023_100857_002635.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/u64871d0x114526_04282023_100857_002635.pdf</t>
   </si>
   <si>
     <t>"Súmula: Constitui o FUNDO MUNICIPAL DE ESPORTES E LAZER - FMEL e o CONSELHO MUNICIPAL DE ESPORTES E LAZER - CMEL do Município de Santana do Itararé, Estado do Paraná".</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/pl_-_termo_de_fomento_lar_do_idoso.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/pl_-_termo_de_fomento_lar_do_idoso.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE FOMENTO COM O LAR DO IDOSO DE SANTANA DO ITARARÉ/PR, VISANDO REPASSES DE RECURSOS FINANCEIROS, CONFORME DICÇÃO DA LEI FEDERAL Nº 13.019, DE 31 DE JULHO DE 2014, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/projeto_de_lei_no._035.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/projeto_de_lei_no._035.2023.pdf</t>
   </si>
   <si>
     <t>"Concede aumento real nos vencimentos do Grupo Ocupacional Administrativo GOA/4, conforme especifica".</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/projeto_de_lei_no._036.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/projeto_de_lei_no._036.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O NOVO REAJUSTE DO SALÁRIO MÍNIMO NACIONAL VIGENTE A PARTIR DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/pl_reajuste_minimo_servidores_legislativo_2023.doc</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/pl_reajuste_minimo_servidores_legislativo_2023.doc</t>
   </si>
   <si>
     <t>“DISPÕES SOBRE REVISÃO NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODE LEGISLATIVO, COM BASE NO REAJUSTE DO SALÁRIO MÍNIMO NACIONAL VIGENTE A PARTIR DE MAIO DO EXERCÍCIO DE 2023, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/projeto_de_lei_no._038.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/projeto_de_lei_no._038.2023.pdf</t>
   </si>
   <si>
     <t>"CONCEDE ISENÇÃO DA TAXA DE COLETA DE LIXO AO LAR PARA IDOSOS PAULO IZAC E Á ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE, ENTIDADES SEM FINS LUCRATIVOS, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/projeto_de_lei_no._039.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/projeto_de_lei_no._039.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PAGAMENTO DO PISO DO VENCIMENTO DOS CARGOS EFETIVOS DE TÉCNICO DE ENFERMAGEM E AUXILAR DE ENFERMAGEM, NA FORMA QUE DETERMINA A LEI FEDERAL Nº. 14.434, DE 04 DE AGOSTO DE 2022".</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/projeto_de_lei_no._040.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/projeto_de_lei_no._040.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ADMINISTRAÇÃO DA CASA MORTUÁRIA MUNICIPAL, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/projeto_de_lei_no._041.2023_colonia_campina.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/projeto_de_lei_no._041.2023_colonia_campina.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE URBANIZAÇÃO DE COMUNIDADE RURAL CONSOLIDADA, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_no._042.2023_abertura_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_no._042.2023_abertura_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>RETIRADO DE PAUTA PEDIDO EXECUTIVO "AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR 2.150.000,00 (DOIS MILHÕES E CENTO E CINQUENTA MIL REAIS) PARA REFORÇO EM OUTRAS DOTAÇÕES ORÇAMENTÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_no._043.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_no._043.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR, ATÉ O LIMITE DE R$ 1.800,000,00 (UM MILHÃO E OITOCENTOS MIL REAIS) PARA UM REFORÇO EM DOTAÇÕES ORÇAMENTÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1702/projeto_de_lei_no._044.2023_codren.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1702/projeto_de_lei_no._044.2023_codren.pdf</t>
   </si>
   <si>
     <t>"RATIFICA O INGRESSO DO MUNICÍPIO DE SALTO DO ITARARÉ PR AO CONSÓRCIO INTERMUNICIPAL PARA DESENVOLVIMENTO REGIONAL DO TERRITÓRIO DIVISA NORTE DO PARANÁ - CODREN.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_lei_no._045.2023_comsea.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_lei_no._045.2023_comsea.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL - COMSEA, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1710/projeto_de_lei_no._046.2023_altera_lei_043.2007_e_lc_08.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1710/projeto_de_lei_no._046.2023_altera_lei_043.2007_e_lc_08.2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO LEI Nº. 043/2023 E LEI COMPLEMANTAR Nº. 08/2013, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1720/projeto_de_lei_no._047.2023_ceder_veiculo_ao_samu.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1720/projeto_de_lei_no._047.2023_ceder_veiculo_ao_samu.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO A CEDER VEÍCULO AO CONSÓRCIO INTERMUNICIPAL DA SAÚDE NORTE PIONEIRO - CISNORPI, PARA UTILIZAÇÃO EXCLUSIVA DO SAMU - NORTE PIONEIRO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1721/projeto_de_lei_no._048.2023_isencao_iptu_asilo_e_apae.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1721/projeto_de_lei_no._048.2023_isencao_iptu_asilo_e_apae.pdf</t>
   </si>
   <si>
     <t>"CONSEDE ISENÇÃO DO IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU E CONTRIBUIÇÃO PARA CUSTEIO SERVIÇO DE ILUMINAÇÃO PÚBLICA - COSIP AO LAR DO IDOSOS PAULO IZAC E A ASSOCIAÇÃO DE PAIS E AMIGOS ESCEPCIONAIS - APAE ENTIDADE SIM FINS LUCRATIVO, CONFORME ESPECIFICA."</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1724/projeto_de_lei_no._049.2023_abertura_de_vagas_educador_cmei.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1724/projeto_de_lei_no._049.2023_abertura_de_vagas_educador_cmei.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AMPLIAÇÃO DE VAGAS DO CARGO DE PROVIMENTO EFETIVO DE EDUCADOR DE CMEI, INSERIDO NO PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DO MAGISTÉRIO DO MUNICÍPIO (LEI MUNICIPAL Nº. 043/2007) CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1725/projeto_de_lei_no._050.2023_abertura_credito.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1725/projeto_de_lei_no._050.2023_abertura_credito.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL E SUPLEMENTAR ATÉ O LIMITE DE R$ 1.202.719,73 PARA REFORÇOEM DOTAÇÕES ORÇAMENTÁRIAS, E ALTERA O PPA, LDO, LOA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1732/projeto_de_lei_no._051.2023_venda_de_lote_parque_das_nacoes.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1732/projeto_de_lei_no._051.2023_venda_de_lote_parque_das_nacoes.pdf</t>
   </si>
   <si>
     <t>OUTORIZA O PODER EXECITIVO MUNICIPAL A ALIENAR MEDIANTE VENDA, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO ATRAVÉS DE PROCEDIMENTO LICITATÓRIO, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1734/projeto_de_lei_no._052.2023_permuta_de_imoveis.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1734/projeto_de_lei_no._052.2023_permuta_de_imoveis.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PERMUTA DE IMÓVEIS ENTRE O MUNICÍPIO E SRº. AROLDO MARQUES DE PAULA, CONFORME ESPECIFICA"</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1737/projeto_de_lei_no._053.2023_venda_veiculos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1737/projeto_de_lei_no._053.2023_venda_veiculos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIERNAR MEDIANTE LEILÃO, VEÍCULOS INSERVÍVEIS, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1739/projeto_de_lei_no._054.2023_prazo_refis.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1739/projeto_de_lei_no._054.2023_prazo_refis.pdf</t>
   </si>
   <si>
     <t>"PRORROGA PRAZO ADESÃO AO PROGRAMA RECUPERAÇÃO FISCAL - REFIS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1740/projeto_de_lei_no._055.2023_alteracao_nomeclatura_de_cargos_publicos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1740/projeto_de_lei_no._055.2023_alteracao_nomeclatura_de_cargos_publicos.pdf</t>
   </si>
   <si>
     <t>"PROPÕE SOBRE ALTERAÇÃO DA NOMECLATURA DE CARGOS PÚBLICOS, CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1741/projeto_de_lei_no._056.2023_alteracao_lei_no._043.2007.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1741/projeto_de_lei_no._056.2023_alteracao_lei_no._043.2007.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI Nº. 043/2007 (PLANO DE CARGOS, CARREIRA E VENCIMENTOS DO MAGISTÉRIO MUNICIPAL) LEI MUNICIPAL Nº. 08/2013 (PLANO DE CARGOS, CARREIRA E VENCIMENTO DOS SERVIDORES, E LEI Nº. 029/2003 (ESTATUTO DO SERVIDOR PÚBLICO MUNICIPAL) E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1745/projeto_de_lei_no._057.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1745/projeto_de_lei_no._057.2023.pdf</t>
   </si>
   <si>
     <t>QUE AUTORIZA O MUNICÍPIO DE SANTANA DO ITARARÉ - ESTADO DO PARANÁ, A CEDER O DE VEÍCULOS AO LAR PARA IDOSOS PAULO IZAC E Á ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_lei_no._058.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_lei_no._058.2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA LEI Nº. 067/2009 QUE DISPÕE SOBRE O ESTÁGIO DE ESTUDANTE, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_no._059.2023_loa.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_no._059.2023_loa.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FICA A DESPESA DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2024, ALTERA O PLANO PLURIANUAL 2022 - 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_no._060.2023_ldo_e_altera_ppa.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_no._060.2023_ldo_e_altera_ppa.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE SANTANA DO ITARARÉ  PARA O EXERCÍCIO FINANCEIRO DE 2024, ALTERA O PLANO PLURIANUAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_no._061.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_no._061.2023.pdf</t>
   </si>
   <si>
     <t>Cria, na estrutura organizacional do órgão responsável pela política pública da mulher, o Conselho Municipal dos Direitos da Mulher do Município de Santana do Itararé/PR e do Fundo Municipal do Direitos da Mulher.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_no._062.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_no._062.2023.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL Nº. 019/2019, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_no._063.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_no._063.2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ A CONCEDER O USO DE UM BARRACÃO PARA ASSOCIAÇÃO DA AGRICULTURA FAMILIAR DE SANTANA DO ITARARÉ - A.A.F.A.S., CONFORME ESPECIFICA"</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1759/projeto_de_lei_no._064.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1759/projeto_de_lei_no._064.2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ A CEDER O USO DE VEÍCULOS À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS  - APAE, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1760/projeto_de_lei_no._065.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1760/projeto_de_lei_no._065.2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº. 036/2010, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DO DIREITOS DO IDOSO E DO FUNDO MUNICIPAL DOS DIREITOS DO IDOSO, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>JOÁS FERRAZ MICHETTI</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1767/projeto_de_lei_no._066.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1767/projeto_de_lei_no._066.2023.pdf</t>
   </si>
   <si>
     <t>"CONCEDE AUMENTO REAL NOS VENCIMENTOS DOS SERVIDORES DO MAGISTÉRIO MUNICIPAL, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1768/projeto_de_lei_no._067.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1768/projeto_de_lei_no._067.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE CULTURA DO MUNICÍPIO DE SANTANA DO ITARARÉ - E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1773/projeto_de_lei_no._068.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1773/projeto_de_lei_no._068.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO PLURIANUAL, A LEI DE DIRETRIZES ORÇAMENTÁRIAS E DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1774/projeto_de_lei_no._069.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1774/projeto_de_lei_no._069.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AMPLIAÇÃO DE VAGAS DO CRGO DE PROVIMENTO EFTIVO, INSERIDO NO PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIDORES DO MUNICÍPIO (LEI COMPLEMENTAR Nº. 08/2013) CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1777/projeto_de_lei_no._070.2023_credito_adicional_suplementar.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1777/projeto_de_lei_no._070.2023_credito_adicional_suplementar.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1781/projeto_de_lei_no._071.2023_cindepar.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1781/projeto_de_lei_no._071.2023_cindepar.pdf</t>
   </si>
   <si>
     <t>"RATIFICA AS ALTERAÇÕES REALIZADAS NO PROTOCOLO DE INTENÇÕES E ESTATUTO/CONTRATO DO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE INOVAÇÕES E DESENVOLVIMENTO DO ESTADO DO PARANÁ - CINDEPAR, E DÁ OUTRAS PROVIÊNCIAS".</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1782/projeto_de_lei_no._072.2023_-_novo_protocolo_de_intencoes_codren.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1782/projeto_de_lei_no._072.2023_-_novo_protocolo_de_intencoes_codren.pdf</t>
   </si>
   <si>
     <t>"RATIFICA AS ALTERAÇÕES REALIZADAS NO PROTOCOLO DE INTENÇÕES FIRMADO ENTRE OS MUNICÍPIOS DE SANTANA DO ITARARÉ, SÃO JOSÉ DA BOA VISTA, SALTO DO ITARARÉ, SIQUEIRA CAMPOS, E WENCESLAU BRAZ, PARA FINS DE RATIFICAÇÕES DO NOVO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL DO TERRITÓRIO DIVISA NORTE DO PARANÁ - CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/resolucao_no._001.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/resolucao_no._001.2023.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE O CRONOGRAMA DE EXECUÇÃO DE DESEMBOLSO PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_resolucao_02.2023_-_pca.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_resolucao_02.2023_-_pca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Contratações Anual - PCA, no âmbito da Câmara Municipal de Santana do Itararé - Pr., e dá outras providências.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1765/resolucao_no._003.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1765/resolucao_no._003.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Comissão Especial de Investigação - C.E.I, nos termos que especifica.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1766/projeto_de_resolucao_no._005.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1766/projeto_de_resolucao_no._005.2023.pdf</t>
   </si>
   <si>
     <t>Fica prorrogado por mais 60 (sessenta) dias, o prazo para conclusão da Comissão Especial de Investigação C.E.I, criada através da Resolução nº. 003/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1771/projeto_de_resolucao_no._005.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1771/projeto_de_resolucao_no._005.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar, e dá Outras Providências.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1784/projeto_de_resolucao_no._006.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1784/projeto_de_resolucao_no._006.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar e dá Outras Providências.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1786/resolucao_no._007.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1786/resolucao_no._007.2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO AO PODER EXERCUTIDO MUNICIPAL DO SALDO REMANESCENTE DE REPASSE NÃO UTILIZADOS PELA CÂMARA MUNICIPAL DE SANTANA DO ITARARÉ - ESTADO DO PARANÁ, ENCERRAMENTO DO EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>PROCE</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE CERTIFICADO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/preposicao_de_certifica_no._001.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/preposicao_de_certifica_no._001.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Proposta de certificado de honra ao mérito aos servidores que desempenham funções de coleta de lixo e limpeza urbana, como também os funcionários da ASAGASI, conforme específica”.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>PROEM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/proposta_de_emenda_a_lei_organica_no._001.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/proposta_de_emenda_a_lei_organica_no._001.2023.pdf</t>
   </si>
   <si>
     <t>Suprime o art. 1º § único do Projeto de Lei Complementar nº 007/2023</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>"Altera o art. 1º da Lei Municipal nº 34/2023"</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1716/emenda_03.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1716/emenda_03.2023.pdf</t>
   </si>
   <si>
     <t>“Inclui o parágrafo único ao art. 1° do Projeto de Lei n° 044/2023, nos termos que específica”</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>Suprime em totalidade os arts. 5°, 6° e 7° do Projeto de Lei n° 056/2023, conforme especifica”.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1778/emenda_supriume_cargo_engenheiro.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1778/emenda_supriume_cargo_engenheiro.docx</t>
   </si>
   <si>
     <t>Rejeitada - Suprime em totalidade o art. 1º do Projeto de Lei Complementar nº 069/2023, conforme especifica.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/projeto_de_le_no._005.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/projeto_de_le_no._005.2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ARTIGO 98 E 99 DA LEI ORGÂNICA DO MUNICÍPIO DE SANTANA DO ITARARÉ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>REQVE</t>
   </si>
   <si>
     <t>REQUERIMENTO VEREADOR</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_no._001.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_no._001.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REGISTRO EM DIA DE FÉRIA REGULAMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/requerimento_no._002.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/requerimento_no._002.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO VEÍCULO OFICIAL DO LEGISLATIVO MUNICIPAL PARA DESLOCAR ATÉ CIDADE DE CURITBA - PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/requerimento_no._003.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/requerimento_no._003.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SOLICITAÇÃO DO VEÍCULO OFICIAL DO LEGISLATIVO PARA VIAGEM À CURITBA – ESTADO DO PARANÁ, NOS TERMOS QUE ESPECÍFICA".</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/requerimento_no._004.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/requerimento_no._004.2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre diária, e dá outras providências".</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/requerimento_no._005.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/requerimento_no._005.2023.pdf</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/requerimento_no._006.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/requerimento_no._006.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nova discussão do Art. 1º do Projeto de Lei nº 007 de 2023, conforme especifica.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>Conceder um reajuste aos professores do magistério no importe de 14,94% referente a perca salarial, visto que o Estado do Paraná e diversos Municípios já repassaram aos seus profissionais(portaria interministerial n. 06/2022 do Ministério da Educação)</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>Convocar a Secretária da Educação para prestar esclarecimentos acerca do transporte escolar de alunos rurais</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>Solicita o retorno do veículo Van pertencente à Secretaria de Educação para o transporte de alunos</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/requerimento_no._010.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/requerimento_no._010.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instalação de Rede Elétrica com LED e dá outras providências.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/req._naldo_pedro_ao_der.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/req._naldo_pedro_ao_der.docx</t>
   </si>
   <si>
     <t>Conserto da PR 151</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/requerimento_no._012.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/requerimento_no._012.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre convocação da Secretária Municipal de Meio Ambiente – Carine Regina Gonçalves, conforme específica. ”.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/requerimento_no._013.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/requerimento_no._013.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO DE EPIS - EQUIPAMENTOS DE PROTEÇÃO INDIVIDAL AOS SERVIDORES.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/requerimento_no._014.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/requerimento_no._014.2023.pdf</t>
   </si>
   <si>
     <t>“Requer colocação de placa indicativa dos bairros rurais, nos termos que especifica.”</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/requerimento_no._015.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/requerimento_no._015.2023.pdf</t>
   </si>
   <si>
     <t>“Requer expedição de ofício às operadoras de telefonia TIM e VIVO, nos termos que especifica.”</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/requerimento_no._016.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/requerimento_no._016.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre providências com estacionamento dos ônibus em frente ao Colégio Estadual do Campo Humberto de Alencar Castelo Branco, e outras providências.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/requerimento_no._017.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/requerimento_no._017.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre TRANSPORTES DOS ALUNOS DO BAIRRO TIJUCO PRETO, e dá outras providências.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/requerimento_no._018.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/requerimento_no._018.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre MANUTENÇÃO DA ESTRADA MUNICIPAL DO BAIRRO TIJUCO PRETO, e dá outras providências.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1703/requerimento_no._019.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1703/requerimento_no._019.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre COLOCAÇÃO DE PEDRAS NA CHEGADA DA PIZZARIA CAMPINA NO BAIRRO DA CAMPINA, e dá outras providências.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>Dispõe sobre COLOCAÇÃO DE PEDRAS NA CHEGADA DA PROPRIEDADE DO SENHOR ADENILSON PAULO DE GODOI “NIQUINHA” NO BAIRRO BARREIRINHO, e dá outras providências.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>“Dispõe sobre pedido de informações sobre a Ouvidoria Municipal, conforme específica”.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1706/requerimento_no._022.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1706/requerimento_no._022.2023.pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento nº. 023/2022 que Dispõe sobre CONSTRUÇÃO DE CALÇAMENTO COM PEDRAS SEXTAVADAS NO FINAL DA RUA SÃO PAULO E CONSTRUÇÃO DE 01 (UM) OBSTÁCULO “QUEBRA MOLA”, e dá outras providências.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1711/requerimento_no._023.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1711/requerimento_no._023.2023.pdf</t>
   </si>
   <si>
     <t>"Requer informações sobre emenda parlamentar, nos termos que especifica".</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1712/requerimento_no._024.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1712/requerimento_no._024.2023.pdf</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1717/requerimento_no._025.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1717/requerimento_no._025.2023.pdf</t>
   </si>
   <si>
     <t>"Propõe sobre a alteração Lei Complementar nº. 016/2019, que autoriza desconto de prestações em folha de pagamento e dá outras providências"</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1718/requerimento_no._026.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1718/requerimento_no._026.2023.pdf</t>
   </si>
   <si>
     <t>"Propõe sobre atendimento da Lei nº. 044/2022, Controle da Frota Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1723/requerimento_no._027.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1723/requerimento_no._027.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre pedido de providências ao agente de trânsito municipal sobre fiscalização das normas de trânsito, conforme específica”.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>“Dispõe sobre desarquivamento do Projeto de Lei n° 047/2023, conforme específica”.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>"Propõe sobre aquisiçãoi de 01 (uma) caixa de Água a comunidade dos Barbosa."</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>Requrimento nº. 030/2023/PROJETO DE RESOLUÇÃO N° 003/2023.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>Propõe sobre construção ponto de Ônibus "Guarita", e dá outras providências.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>Propõe sobre 	alteração da Lei Complementar nº. 039/2012 referente ao uso veículos para funcionamento de Táxi, e dá outras providências.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>Propõe sobre construção de 03 (três) Poços Artesianos, e dá outras providências.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1776/requerimento_no._034.2023.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1776/requerimento_no._034.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre pedidos de informações, conforme específica”.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>REQCI</t>
   </si>
   <si>
     <t>REQUERIMENTO CIDADÃO</t>
   </si>
   <si>
     <t>Wilson Marques Povinha</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/requerimento_uso_da_palavra_wilson_marques_povinha.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/requerimento_uso_da_palavra_wilson_marques_povinha.pdf</t>
   </si>
   <si>
     <t>PEDE USO DA PALAVRA SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>SERGIO FERREIRA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/requerimento_uso_da_palavra_serginho.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/requerimento_uso_da_palavra_serginho.pdf</t>
   </si>
   <si>
     <t>CANCELADO A PEDIDO AUTOR USO DA PALAVRA NA SESSÃO ORDINÁRIA 13/03/2023.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>SECRETARIA - SEC</t>
   </si>
   <si>
     <t>REQUERIMENTO USO DE PALAVRA</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>"dispõe sobre pedido de indicação ao executivo".</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>DOROTEIA APARECIDA TELES DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1722/requerimento.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1722/requerimento.pdf</t>
   </si>
   <si>
     <t>"USO DA PALAVRA"</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1748/requerimento_no._001.2023_elias_jose_de_freitas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1748/requerimento_no._001.2023_elias_jose_de_freitas.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº. 001/2023 PROTOCOLADA PELO SENHOR ELIAS JOSÉ DE FREITAS.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 007/2023 PROTOCOLADO SENHOR ELIAS JOSÉ DE FREITAS.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>Anônimo</t>
   </si>
   <si>
     <t>dispoe sobre uso da palavra</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>Felippe Henrique Natalino de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1808/scan_02292024_133745_010357.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1808/scan_02292024_133745_010357.pdf</t>
   </si>
   <si>
     <t>Requer o uso da palavra na sessão ordinária do dia 11 de Dezembro de 2023</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>Celso Antonio Ribeiro dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1809/scan_02292024_132616_010355.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1809/scan_02292024_132616_010355.pdf</t>
   </si>
   <si>
     <t>Requer uso da palavra em sessão ordinária</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>José Diniz</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1810/scan_02292024_132904_010356.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1810/scan_02292024_132904_010356.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2625,67 +2625,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2204/ata_1o_quad._2023_cam.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2205/ata_2o_quad._2023_cam.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2206/ata_3o_quad._2023_cam.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/indicacao_no._002.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_no._003.2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_no._004.2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1635/indicacao_no._007.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/indicacao_no._008.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/indicacao_no._009.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_no._010.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_no._011.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_no._012.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/indicacao_no._013.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_no._014.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/indicacao_no._015.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/indicacao_no._016.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_no._017.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/requerimento_no._019.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/indicacao_no._020.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no._021.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no._023.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1726/indicacao_no._024.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1727/indicacao_no._025.2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_no._026.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_no._027.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_no._028.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no._029.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_no._030.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_no._031.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_no._032.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_no._033.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_no._034.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1763/indicacao_no._035.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_no._036.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_no._037.2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/mocao_de_congratulacao_no._01.2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/oficio_no._001.2023_encaminha_projetos_de_leis_executivo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/oficio_no._002.2023_solicitacao_de_abertura_licitacao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1548/oficio_no._003.2023_solicitacao_de_abertura_licitacao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/oficio_no._038.2023_encaminha_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/oficio_no._039.2023_encaminha_o_projeto_de_lei_no._021.2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/oficio_no._040.2023_encaminha_projeto_de_lei_no._022.2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/oficio_no._041.2023_encaminha_projeto_de_lei_no._023.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/prestacao_de_contas_referente_ao_exercicio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/oficio_no._051.2023_em_atendimento_ao_requerimento_no._010.2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1615/oficio_no._056.2023_em_atendimento_a_indicacao_no._006.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/oficio_no._055.2023_em_atendimento_a_indicacao_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/oficio_no._0154.2023_encaminha_projeto_de_lei__no._030.2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/oficio_no._043.2023_encaminha_projeto_de_lei__no._031.2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/projeto_de_lei_no._036.2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/oficio_no._083.2023_-_sms_atencao_requerimento_no._13.2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/oficio_no._052.2023_-_encaminha_projeto_de_lei_no._041.2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/oficio_no._13.2023_secretaria_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/oficio_no._12.2023_secretaria_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/oficio_no._002.2023_presidente_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/oficio_no._003.2023_presidente_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1691/oficio_no._095.2023_-_em_atendimento_ao_requerimento_no._016.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1692/oficio_no._094.2023_-_em_atendimento_ao_requerimento_no._018.2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1693/oficio_no._093.2023_-_em_atendimento_ao_requerimento_no._019.2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1694/oficio_no._092.2023_-_em_atendimento_a_indicacao_no._017.2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1695/oficio_no._091.2023_-_em_atendimento_a_indicacao_no._021.2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1696/oficio_no._090.2023_-_em_atendimento_ao_requerimento_no._021.2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1697/oficio_no._089.2023_-_em_atendimento_a_indicacao_no._015.2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1698/oficio_no._088.2023_-_em_atendimento_a_indicacao_no._013.2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1699/oficio_no._086.2023_-_em_atendimento_a_indicacao_no._007.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1707/projeto_de_lei_no._045.2023_comsea.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1708/projeto_de_lei_no._046.2023_altera_lei_043.2007_e_lc_08.2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1746/oficio_no._066.2023_encaminha_projeto_de_lei__no._058.2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1714/parecer_002.2023.cof.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1715/parecer_02.2023_cljr_-_pl._044.2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1783/parecer_pl_052._cof.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1785/10.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_le_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_le_no._002.2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1536/projeto_de_le_no._003.2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_le_no._004.2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/projeto_de_le_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_le_no._007.2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_le_no._007.2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/projeto_de_le_no._008.2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/projeto_de_le_no._009.2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/u64871d0x114526_02162023_085628_002352.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/projeto_de_le_no._011.2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/projeto_de_le_no._012.2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/projeto_de_le_no._013.2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/projeto_de_le_no._014.2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/projeto_de_le_no._015.2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/projeto_de_lei_no._016.2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/projeto_de_lei_no._017.2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/projeto_de_lei_no._018.2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/projeto_de_lei_no._021.2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/projeto_de_lei_no._023.2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_lei_no._024.2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/plc_025.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/projeto_de_lei_no._026.2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/projeto_de_lei_no._027.2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/projeto_de_lei_no._028.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/plc_029.2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/projeto_de_lei_no._030.2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/projeto_de_lei_no._031.2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/u64871d0x114526_04262023_143349_002606.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/u64871d0x114526_04282023_100857_002635.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/pl_-_termo_de_fomento_lar_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/projeto_de_lei_no._035.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/projeto_de_lei_no._036.2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/pl_reajuste_minimo_servidores_legislativo_2023.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/projeto_de_lei_no._038.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/projeto_de_lei_no._039.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/projeto_de_lei_no._040.2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/projeto_de_lei_no._041.2023_colonia_campina.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_no._042.2023_abertura_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_no._043.2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1702/projeto_de_lei_no._044.2023_codren.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_lei_no._045.2023_comsea.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1710/projeto_de_lei_no._046.2023_altera_lei_043.2007_e_lc_08.2013.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1720/projeto_de_lei_no._047.2023_ceder_veiculo_ao_samu.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1721/projeto_de_lei_no._048.2023_isencao_iptu_asilo_e_apae.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1724/projeto_de_lei_no._049.2023_abertura_de_vagas_educador_cmei.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1725/projeto_de_lei_no._050.2023_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1732/projeto_de_lei_no._051.2023_venda_de_lote_parque_das_nacoes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1734/projeto_de_lei_no._052.2023_permuta_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1737/projeto_de_lei_no._053.2023_venda_veiculos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1739/projeto_de_lei_no._054.2023_prazo_refis.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1740/projeto_de_lei_no._055.2023_alteracao_nomeclatura_de_cargos_publicos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1741/projeto_de_lei_no._056.2023_alteracao_lei_no._043.2007.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1745/projeto_de_lei_no._057.2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_lei_no._058.2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_no._059.2023_loa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_no._060.2023_ldo_e_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_no._061.2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_no._062.2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_no._063.2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1759/projeto_de_lei_no._064.2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1760/projeto_de_lei_no._065.2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1767/projeto_de_lei_no._066.2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1768/projeto_de_lei_no._067.2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1773/projeto_de_lei_no._068.2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1774/projeto_de_lei_no._069.2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1777/projeto_de_lei_no._070.2023_credito_adicional_suplementar.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1781/projeto_de_lei_no._071.2023_cindepar.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1782/projeto_de_lei_no._072.2023_-_novo_protocolo_de_intencoes_codren.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/resolucao_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_resolucao_02.2023_-_pca.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1765/resolucao_no._003.2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1766/projeto_de_resolucao_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1771/projeto_de_resolucao_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1784/projeto_de_resolucao_no._006.2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1786/resolucao_no._007.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/preposicao_de_certifica_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/proposta_de_emenda_a_lei_organica_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1716/emenda_03.2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1778/emenda_supriume_cargo_engenheiro.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/projeto_de_le_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/requerimento_no._002.2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/requerimento_no._003.2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/requerimento_no._004.2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/requerimento_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/requerimento_no._006.2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/requerimento_no._010.2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/req._naldo_pedro_ao_der.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/requerimento_no._012.2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/requerimento_no._013.2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/requerimento_no._014.2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/requerimento_no._015.2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/requerimento_no._016.2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/requerimento_no._017.2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/requerimento_no._018.2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1703/requerimento_no._019.2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1706/requerimento_no._022.2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1711/requerimento_no._023.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1712/requerimento_no._024.2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1717/requerimento_no._025.2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1718/requerimento_no._026.2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1723/requerimento_no._027.2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1776/requerimento_no._034.2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/requerimento_uso_da_palavra_wilson_marques_povinha.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/requerimento_uso_da_palavra_serginho.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1722/requerimento.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1748/requerimento_no._001.2023_elias_jose_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1808/scan_02292024_133745_010357.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1809/scan_02292024_132616_010355.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1810/scan_02292024_132904_010356.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2204/ata_1o_quad._2023_cam.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2205/ata_2o_quad._2023_cam.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/2206/ata_3o_quad._2023_cam.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/indicacao_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/indicacao_no._002.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1562/indicacao_no._003.2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/indicacao_no._004.2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1635/indicacao_no._007.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/indicacao_no._008.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/indicacao_no._009.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_no._010.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_no._011.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_no._012.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/indicacao_no._013.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/indicacao_no._014.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/indicacao_no._015.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/indicacao_no._016.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_no._017.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/requerimento_no._019.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1665/indicacao_no._020.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1668/indicacao_no._021.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1713/indicacao_no._023.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1726/indicacao_no._024.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1727/indicacao_no._025.2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1728/indicacao_no._026.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1729/indicacao_no._027.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1730/indicacao_no._028.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1731/indicacao_no._029.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1738/indicacao_no._030.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1750/indicacao_no._031.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1753/indicacao_no._032.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1761/indicacao_no._033.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1762/indicacao_no._034.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1763/indicacao_no._035.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1764/indicacao_no._036.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1775/indicacao_no._037.2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/mocao_de_congratulacao_no._01.2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/oficio_no._001.2023_encaminha_projetos_de_leis_executivo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/oficio_no._002.2023_solicitacao_de_abertura_licitacao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1548/oficio_no._003.2023_solicitacao_de_abertura_licitacao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/oficio_no._038.2023_encaminha_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/oficio_no._039.2023_encaminha_o_projeto_de_lei_no._021.2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/oficio_no._040.2023_encaminha_projeto_de_lei_no._022.2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/oficio_no._041.2023_encaminha_projeto_de_lei_no._023.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/prestacao_de_contas_referente_ao_exercicio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/oficio_no._051.2023_em_atendimento_ao_requerimento_no._010.2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1615/oficio_no._056.2023_em_atendimento_a_indicacao_no._006.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/oficio_no._055.2023_em_atendimento_a_indicacao_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/oficio_no._0154.2023_encaminha_projeto_de_lei__no._030.2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/oficio_no._043.2023_encaminha_projeto_de_lei__no._031.2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1658/projeto_de_lei_no._036.2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1664/oficio_no._083.2023_-_sms_atencao_requerimento_no._13.2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1669/oficio_no._052.2023_-_encaminha_projeto_de_lei_no._041.2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1685/oficio_no._13.2023_secretaria_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1686/oficio_no._12.2023_secretaria_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1687/oficio_no._002.2023_presidente_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1688/oficio_no._003.2023_presidente_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1691/oficio_no._095.2023_-_em_atendimento_ao_requerimento_no._016.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1692/oficio_no._094.2023_-_em_atendimento_ao_requerimento_no._018.2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1693/oficio_no._093.2023_-_em_atendimento_ao_requerimento_no._019.2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1694/oficio_no._092.2023_-_em_atendimento_a_indicacao_no._017.2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1695/oficio_no._091.2023_-_em_atendimento_a_indicacao_no._021.2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1696/oficio_no._090.2023_-_em_atendimento_ao_requerimento_no._021.2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1697/oficio_no._089.2023_-_em_atendimento_a_indicacao_no._015.2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1698/oficio_no._088.2023_-_em_atendimento_a_indicacao_no._013.2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1699/oficio_no._086.2023_-_em_atendimento_a_indicacao_no._007.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1707/projeto_de_lei_no._045.2023_comsea.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1708/projeto_de_lei_no._046.2023_altera_lei_043.2007_e_lc_08.2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1746/oficio_no._066.2023_encaminha_projeto_de_lei__no._058.2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1714/parecer_002.2023.cof.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1715/parecer_02.2023_cljr_-_pl._044.2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1783/parecer_pl_052._cof.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1785/10.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/projeto_de_le_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/projeto_de_le_no._002.2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1536/projeto_de_le_no._003.2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/projeto_de_le_no._004.2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/projeto_de_le_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/projeto_de_le_no._007.2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/projeto_de_le_no._007.2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/projeto_de_le_no._008.2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/projeto_de_le_no._009.2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/u64871d0x114526_02162023_085628_002352.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/projeto_de_le_no._011.2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/projeto_de_le_no._012.2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/projeto_de_le_no._013.2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/projeto_de_le_no._014.2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/projeto_de_le_no._015.2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/projeto_de_lei_no._016.2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/projeto_de_lei_no._017.2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/projeto_de_lei_no._018.2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/projeto_de_lei_no._021.2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/projeto_de_lei_no._023.2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/projeto_de_lei_no._024.2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/plc_025.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/projeto_de_lei_no._026.2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/projeto_de_lei_no._027.2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/projeto_de_lei_no._028.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/plc_029.2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/projeto_de_lei_no._030.2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/projeto_de_lei_no._031.2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/u64871d0x114526_04262023_143349_002606.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/u64871d0x114526_04282023_100857_002635.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/pl_-_termo_de_fomento_lar_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/projeto_de_lei_no._035.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1659/projeto_de_lei_no._036.2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1660/pl_reajuste_minimo_servidores_legislativo_2023.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1661/projeto_de_lei_no._038.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1662/projeto_de_lei_no._039.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1663/projeto_de_lei_no._040.2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1670/projeto_de_lei_no._041.2023_colonia_campina.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1674/projeto_de_lei_no._042.2023_abertura_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1689/projeto_de_lei_no._043.2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1702/projeto_de_lei_no._044.2023_codren.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1709/projeto_de_lei_no._045.2023_comsea.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1710/projeto_de_lei_no._046.2023_altera_lei_043.2007_e_lc_08.2013.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1720/projeto_de_lei_no._047.2023_ceder_veiculo_ao_samu.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1721/projeto_de_lei_no._048.2023_isencao_iptu_asilo_e_apae.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1724/projeto_de_lei_no._049.2023_abertura_de_vagas_educador_cmei.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1725/projeto_de_lei_no._050.2023_abertura_credito.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1732/projeto_de_lei_no._051.2023_venda_de_lote_parque_das_nacoes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1734/projeto_de_lei_no._052.2023_permuta_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1737/projeto_de_lei_no._053.2023_venda_veiculos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1739/projeto_de_lei_no._054.2023_prazo_refis.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1740/projeto_de_lei_no._055.2023_alteracao_nomeclatura_de_cargos_publicos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1741/projeto_de_lei_no._056.2023_alteracao_lei_no._043.2007.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1745/projeto_de_lei_no._057.2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1747/projeto_de_lei_no._058.2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1751/projeto_de_lei_no._059.2023_loa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1752/projeto_de_lei_no._060.2023_ldo_e_altera_ppa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1755/projeto_de_lei_no._061.2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1757/projeto_de_lei_no._062.2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1758/projeto_de_lei_no._063.2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1759/projeto_de_lei_no._064.2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1760/projeto_de_lei_no._065.2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1767/projeto_de_lei_no._066.2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1768/projeto_de_lei_no._067.2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1773/projeto_de_lei_no._068.2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1774/projeto_de_lei_no._069.2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1777/projeto_de_lei_no._070.2023_credito_adicional_suplementar.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1781/projeto_de_lei_no._071.2023_cindepar.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1782/projeto_de_lei_no._072.2023_-_novo_protocolo_de_intencoes_codren.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/resolucao_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1719/projeto_de_resolucao_02.2023_-_pca.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1765/resolucao_no._003.2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1766/projeto_de_resolucao_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1771/projeto_de_resolucao_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1784/projeto_de_resolucao_no._006.2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1786/resolucao_no._007.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1666/preposicao_de_certifica_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/proposta_de_emenda_a_lei_organica_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1716/emenda_03.2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1778/emenda_supriume_cargo_engenheiro.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/projeto_de_le_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/requerimento_no._001.2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/requerimento_no._002.2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/requerimento_no._003.2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/requerimento_no._004.2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/requerimento_no._005.2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/requerimento_no._006.2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/requerimento_no._010.2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/req._naldo_pedro_ao_der.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/requerimento_no._012.2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/requerimento_no._013.2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1653/requerimento_no._014.2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/requerimento_no._015.2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1667/requerimento_no._016.2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1671/requerimento_no._017.2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1672/requerimento_no._018.2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1703/requerimento_no._019.2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1706/requerimento_no._022.2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1711/requerimento_no._023.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1712/requerimento_no._024.2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1717/requerimento_no._025.2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1718/requerimento_no._026.2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1723/requerimento_no._027.2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1776/requerimento_no._034.2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/requerimento_uso_da_palavra_wilson_marques_povinha.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/requerimento_uso_da_palavra_serginho.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1722/requerimento.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1748/requerimento_no._001.2023_elias_jose_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1808/scan_02292024_133745_010357.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1809/scan_02292024_132616_010355.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2023/1810/scan_02292024_132904_010356.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="148.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="147.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>