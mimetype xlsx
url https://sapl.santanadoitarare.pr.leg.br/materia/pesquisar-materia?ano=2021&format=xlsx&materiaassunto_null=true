--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -54,1110 +54,1110 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>CHAPA ELEIÇÃO DA MESA DIRETORA</t>
   </si>
   <si>
     <t>ANDERSON IZAC</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>CHAPA MESA DIRETORA</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>COMP</t>
   </si>
   <si>
     <t>COMPOSIÇÃO DA COMISSÕES PERMANENTES</t>
   </si>
   <si>
     <t>COMPOSIÇÃO DAS COMISSÕES PARA O BIÊNIO 2021/2022</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DENÚNCIA</t>
   </si>
   <si>
     <t>Anônimo</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/625/denuncia01.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/625/denuncia01.2021.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA ANÔNIMA EM FACE DO VEREADOR JOÃO FERREIRA DOS SANTOS</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/626/denuncia02.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/626/denuncia02.2021.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA ANÔNIMA EM FACE DO VEREADOR PEDRO JOSÉ DA SILVA</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/627/denuncia03.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/627/denuncia03.2021.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA ANÔNIMA EM FACE DO VEREADOR JOÃO DO MEL</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CARLOS ALBERTO SILVA MARQUES</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/635/denuncia04.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/635/denuncia04.2021.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA EM FACE DO VEREADOR JOSÉ DEVALMIR DOS SANTOS</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO AO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao0012021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao0012021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre reativação do Posto de Identificação Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao0022021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao0022021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre adequação do trevo, e dá outras providências.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao0032021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao0032021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre destinação de bem público para construção de área de lazer, e dá outras providências".</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>JOÃO DO MEL</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao0042021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao0042021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE COLOCAÇÃO DE RADAS NOS TRECHOS MENCIONADOS, NOS TERMOS QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ISMAIR PEDREIRO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao0052021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao0052021.pdf</t>
   </si>
   <si>
     <t>Indicação nº. 005/2021 Súmula: Dispõe sobre aquisição de terreno urbano para ampliação do hospital e dá outras providências.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PAULINHO AMARELO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/425/indicacao0062021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/425/indicacao0062021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre possibilidade de convênio/parceria com produtores rurais, nos termos que específica."</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/496/indicacao0072021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/496/indicacao0072021.pdf</t>
   </si>
   <si>
     <t>DISPÕE CALÇAMENTO A SER REALIZADO NAS RUAS JOSÉ BENEDITO DA SILVA E JOSÉ BENEDITO DA SILVA CANEDO, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/497/indicacao0082021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/497/indicacao0082021.pdf</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO Nº 026 DE 2021 ONDE PROPÕE SOBRE CONTINUAÇÃO DE CALÇAMENTO NA RUA MARIA DE LOURDES DA SILVA NO BAIRRO PORTAL DOS IPÊS, E DÁ OUTRAS PROVIDÊNCIAS, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/498/indicacao0092021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/498/indicacao0092021.pdf</t>
   </si>
   <si>
     <t>DIPÕE SOBRE SOLICITAÇÃO DE CONTINUIDADE DE CALÇAMENTO NA RUA SEBASTIÃO BATISTA ALVES, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/767/indicacao0102021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/767/indicacao0102021.pdf</t>
   </si>
   <si>
     <t>"INDICA AO EXECUTIVO MUNICIPAL A CONTRATAÇÃO DE MÉDICO PEDIATRA PARA ATENDIMENTO NO MUNICÍPIO, NOS TERMOS QUE ESPECÍFICA.”</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao0112021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao0112021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre disponibilização de transporte pelo executivo municipal aos estudantes da Unopar, nos termos que específica."</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao0122021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao0122021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre indicação de realização de convênio entre o Poder Público Municipal e Centro de reabilitação para dependentes químicos e alcoólatras, nos termos que específica."</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>MOÇCO</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS Em razão da conquista advinda do Concurso Nacional Mister Brasil de Las Américas, e o avanço para fase internacional que ocorrerá na república dominicana, dando grau de representatividade ao nosso Município digno de todas as homenagens.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>TELO DO VENERANDO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/378/mocao0032021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/378/mocao0032021.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS DIRETORAS COLÉGIO HUMBERTO.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>Anderson Eduardo Izac</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/765/mocao0042021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/765/mocao0042021.pdf</t>
   </si>
   <si>
     <t>"MOÇÕES DE APLAUSOS E CONGRATULAÇÕES DICÉIA MENDES".</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/766/mocao0052021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/766/mocao0052021.pdf</t>
   </si>
   <si>
     <t>"MOÇÃO DE APLAUSOS E CONGRATULAÇÕES ZILDA APARECIDA DA SILVA".</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFICIO EXPEDIDO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/638/oficio_001.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/638/oficio_001.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA AS REDAÇÕES FINAIS N° 001 E 002 DE 2021".</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/639/oficio_002.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/639/oficio_002.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA ABERTURA DE CERTAME NA MODALIDE INEXIGIBILIDADE".</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/640/oficio_003.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/640/oficio_003.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA SERVIÇO AO INTERLEGIS".</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/641/oficio_004.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/641/oficio_004.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA REQUERIMENTO PARA SANEPAR"</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/642/oficio_005.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/642/oficio_005.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA PROVIDÊNCIAS RELACIONADAS A MULTA DO VEICULOS DE PLACAS BBQ - 9835";</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/643/oficio_006.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/643/oficio_006.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA CONVENIO COM A INSTITUIÇÃO FINANCEIRA SICOOB".</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/644/oficio_007.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/644/oficio_007.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA REDAÇÕES FINAIS N° 003, 004, E 005 DE 2021".</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/645/oficio_008.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/645/oficio_008.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA REDAÇÕES FINAIS N° 006, 007, E 010 E 011 DE 2021".</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/646/oficio_009.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/646/oficio_009.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA AS REDAÇÕES FINAIS N° 012 E 013 DE 2021".</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/647/oficio_010.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/647/oficio_010.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA PRESENÇA DIÁRIA DE POLICIA NO MUNICÍPIO".</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/648/oficio_011.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/648/oficio_011.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA POLICIAMENTO PRESENCIAL NO MUNICÍPIO".</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/649/oficio_012.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/649/oficio_012.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA RELAÇÃO DO PATRIMONIO MUNICIPAL".</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/650/oficio_013.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/650/oficio_013.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA POLICIAMENTO DIÁRIO NO MUNICÍPIO".</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/651/oficio_014.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/651/oficio_014.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA AS REDAÇÕES FINAIS N° 008 DE 2021".</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/652/oficio_015.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/652/oficio_015.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA AS REDAÇÕES FINAIS N° 014, 015, 016 E 017 DE 2021".</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/653/oficio_016.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/653/oficio_016.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA A DEMANDA DE ESPECIALIDADE MÉDICA À SECRETARIA DE SAÚDE".</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/654/oficio_017.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/654/oficio_017.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA QUANTIDADE DE BAIRROS RURAIS E SUAS RESPECTIVAS POPULAÇÕES À SECRETARIA DE AGRICULTURA".</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/655/oficio_018.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/655/oficio_018.2021.pdf</t>
   </si>
   <si>
     <t>"REF. ATENDIMENTO AO OFÍCIO GEPATRIA/SAP N° 140/2021".</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/656/oficio_020.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/656/oficio_020.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA MELHORES ESCLARECIMENTOS ACERCA DO PROJETO DE LEI N° 009/2021".</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/657/oficio_021.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/657/oficio_021.2021.pdf</t>
   </si>
   <si>
     <t>"REF. SOLICITAÇÃO DE ACORDO DE COOPERAÇÃO TÉCNICA (ACT".</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/659/oficio_23.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/659/oficio_23.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA ESCLARECIMENTOS SOBRE O TTRATOR MASSEY FERGUNSON 86 HS".</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/660/oficio_024.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/660/oficio_024.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA O DECRETO LEGISLATIVO N° 001/2021".</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/661/oficio_025.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/661/oficio_025.2021.pdf</t>
   </si>
   <si>
     <t>"RESPONDE O OFÍCIO N° 161/2021 - SMS, QUE NARRA SUPOSTA PRÁTICA DE CRIME SANITÁRIO COMETIDO POR FILHA DE VEREADOR".</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/662/oficio_n_028.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/662/oficio_n_028.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA INTERVENÇÃO JUNTO A SECRETARIA DE SAUDE PARA QUE SEJA DISTRIBUÍDO EPI'S ADEQUADOS AOS PROFISSIONAIS QUE ESTÃO NAS BARREIRAS SANITÁRIAS".</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/663/oficio_029.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/663/oficio_029.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA AS REDAÇÕES FINAIS N° 019, 020, 021, 023 E 024 DE 2021"</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/664/oficio_030.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/664/oficio_030.2021.pdf</t>
   </si>
   <si>
     <t>"INFORMA FAMILIA SOBRE APROVAÇÃO DE PROJETO DE LEI".</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/665/oficio_031.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/665/oficio_031.2021.pdf</t>
   </si>
   <si>
     <t>"INFORMA SECRETARIA DE SAUDE ACERCA DA DENOMINAÇÃO DA UBS".</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/666/oficio_032.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/666/oficio_032.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA AS REDAÇÕES FINAIS N° 025, 026 E 027 DE 2021".</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/667/oficio_033.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/667/oficio_033.2021.pdf</t>
   </si>
   <si>
     <t>"REF. ATENDIMENTO A RECOMENDAÇÃO ADMINISTRATIVA GEPATRIA/SAP N° 03/2021".</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/668/oficio_034.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/668/oficio_034.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICTA INTERVENÇÃO JUNTO A SECRETARIA MUNICIAL DE SAO JOSÉ DA BOA VISTA".</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/669/oficio_035.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/669/oficio_035.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA AS REDAÇÕES FINAIS N° 028 DE 2021".</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/670/oficio_036.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/670/oficio_036.2021.pdf</t>
   </si>
   <si>
     <t>"DESEJA BOAS VINDAS AO PROMOTOR SUBSTITUTO".</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/671/oficio_037.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/671/oficio_037.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA A REDAÇÃO FINAL N° 029 DE 2021".</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/672/oficio_038.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/672/oficio_038.2021.pdf</t>
   </si>
   <si>
     <t>'"INFORMAR DENOMINAÇÃO DE RUA".</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/673/oficio_039.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/673/oficio_039.2021.pdf</t>
   </si>
   <si>
     <t>"INFORMA SOBRE DENOMINAÇÃO DE RUA".</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/674/oficio_040.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/674/oficio_040.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICTA ESCLARECIMENTOS ACERCA DO PROJETO DE LEI N° 032/2021."</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/675/oficio_041.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/675/oficio_041.2021.pdf</t>
   </si>
   <si>
     <t>"REF. RESPOSTAS AOS OFÍCIOS N° 63 E 64 DE 2021 -GAB PREFEITO."</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/676/oficio_042.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/676/oficio_042.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHAR REDAÇÕES FINAIS N° 030, 031, 033 E 034 DE 2021".</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/677/oficio_043.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/677/oficio_043.2021.pdf</t>
   </si>
   <si>
     <t>"INFORMA APROVAÇÃO DE LEI SOBRE DENOMINAÇÃO DE RUA".</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/678/oficio_044.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/678/oficio_044.2021.pdf</t>
   </si>
   <si>
     <t>"INFORMA SOBRE APROVAÇÃO DE LEI QUE DENOMINA RUA".</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/679/oficio_045.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/679/oficio_045.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA PRESENÇA SECRATIA EM SESSÃO ORDINÁRIA".</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/680/oficio_046.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/680/oficio_046.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA CONCESSÃO DE EMPRÉSTIMO".</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/681/oficio_047.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/681/oficio_047.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA INFORMAÇÕES ACERCA DO CONCURSO PÚBLICO - EDITAL N°01/2016".</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/682/oficio_048.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/682/oficio_048.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITAÇÃO DE CONCESSÃO DE EMPRÉSTIMO".</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/683/oficio_049.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/683/oficio_049.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA INFORMAÇÕES ACERCA DO ATENDIMENTO DO FISIOTERAPEUTA".</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/684/oficio_050.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/684/oficio_050.2021.pdf</t>
   </si>
   <si>
     <t>"INFORMA PROMOTORIA ACERCA DO ACORDO DE COOPERAÇÃO TÉCNICA".</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/685/oficio_051.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/685/oficio_051.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITAR OFICINA REVISÃO DE MARCOS JURÍDICOS".</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/686/oficio_052.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/686/oficio_052.2021.pdf</t>
   </si>
   <si>
     <t>"REF. RECOMENDAÇÃO ADMINISTRATIVA N° 04.2021".</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/690/oficio_052-1.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/690/oficio_052-1.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITAÇÃO DE CONCESSÃO DE EMPRÉSTIMO.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/691/oficio_054.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/691/oficio_054.2021.pdf</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/692/oficio_055.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/692/oficio_055.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA AS REDAÇÕES FINAIS N° 039 E 040 DE 2021"</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/693/oficio_056.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/693/oficio_056.2021.pdf</t>
   </si>
   <si>
     <t>"APRESENTA AO JUÍZO CÍVEL DE WENCESLAU BRAZ OS HOLERITES DO VEREADOR PEDRO JOSÉ DA SILVA".</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/694/oficio_057.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/694/oficio_057.2021.pdf</t>
   </si>
   <si>
     <t>"INFORMA APROVAÇÃO DE PROJETO DE LEI 039/2021".</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/695/oficio_058.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/695/oficio_058.2021.pdf</t>
   </si>
   <si>
     <t>"INFORMA DENOMINAÇÃO ACADEMIA DE SAÚDE".</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/697/oficio_059.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/697/oficio_059.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITAÇÃO DE LIMPEZA DOS ESPAÇOS ESPORTIVOS"</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/698/oficio_060.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/698/oficio_060.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA AS REDAÇÕES FINAIS NE 043 E 044 DE 2021"</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/699/oficio_061.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/699/oficio_061.2021.pdf</t>
   </si>
   <si>
     <t>"INFORMA COMISSÃO SOBRE FALTAS DOS SERVIDORES DOS LEGISLATIVOS PARA FINS DE PROGRESSÃO HORIZONTAL".</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/700/oficio_062.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/700/oficio_062.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA A REDAÇÃO FINAL DO PL 045 DE 2021".</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/701/oficio_063.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/701/oficio_063.2021.pdf</t>
   </si>
   <si>
     <t>"INDICA COMO REPRESENTANTE DO LEGISLATIVO COMO MEMBRO DO CONSELHO DE ACOMPANHAMENTO DO PLANO DIRETOR".</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/702/oficio_064.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/702/oficio_064.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHAS AS REDAÇÕES FINAIS DOS PL'S 048 E 049 DE 2021"</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/703/oficio_065.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/703/oficio_065.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA POLICIAMENTO FISICO PRESENCIAL".</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/704/oficio_066.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/704/oficio_066.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA DO CARTORIO ELEITORAL INFORMAÇÕES ACERCA DE ELEITOR".</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/705/oficio_067.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/705/oficio_067.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA REQUERIMENTO DE MUNICÍPE".</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/696/oficio_068.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/696/oficio_068.2021.pdf</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/706/oficio_069.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/706/oficio_069.2021.pdf</t>
   </si>
   <si>
     <t>"CONVIDA SECRETARIO DE MEIO-AMBIENTE PARA SESSÃO PLENÁRIA".</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/722/of_070.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/722/of_070.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA ESCLARECIMENTOS ACERCA DE PROJETO DE LEI".</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/723/of_071.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/723/of_071.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA ESCLARECIMENTOS ACERCA DO SERVIDOR PEDRO JOSÉ DA SILVA".</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/724/of_072.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/724/of_072.2021.pdf</t>
   </si>
   <si>
     <t>"SOLICITA INFORMAÇÕES ACERCA DE DADOS SOBRE DEPENDENTES QUIMICOS"</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/725/of_073.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/725/of_073.2021.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA RESOLUÇÃO A COMISSÃO ESPECIAL DE INVESTIGAÇÃO".</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/758/of_074.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/758/of_074.2021.pdf</t>
   </si>
   <si>
     <t>"resposta ao requerimento n° 001/2021 - CID."</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>"SOLICITA EXPLICAÇÕES À COPEL SOBRE QUEDAS DE ENERGIA".</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>OFICIO RECEBIDO</t>
   </si>
   <si>
     <t>TIAGO AMARAL</t>
   </si>
   <si>
     <t>Informa a Indicação de Emenda junto ao Governo do Estado do Paraná, para o Município de Santana do Itararé, a pedido do Vereador Telo do Venerando, de uma VAN para transporte de pacientes no valor de R$ 170.000,00</t>
   </si>
@@ -1209,60 +1209,60 @@
   <si>
     <t>169</t>
   </si>
   <si>
     <t>ATENDIMENTO AO REQUERIMENTO N° 045/2021</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>ATENDIMENTO AO REQUERIMENTO N° 046/2021</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO PONTE MADEIRA NO BAIRRO FAZENDA FERREIRA</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>ATENDIMENTO AO REQUERIMENTO N° 048/2021</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/260/oficio_050.2021_gepatria_-_informa_acordo_de_cooperacao_tecnica_interlegis.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/260/oficio_050.2021_gepatria_-_informa_acordo_de_cooperacao_tecnica_interlegis.pdf</t>
   </si>
   <si>
     <t>Ref.: Informa acordo de cooperação técnica com o Senado Federal.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/261/oficio_051.2021_-_solicita_ofincina_marcos_juridicos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/261/oficio_051.2021_-_solicita_ofincina_marcos_juridicos.pdf</t>
   </si>
   <si>
     <t>Ref.: Solicitação de curso.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>DISPOE SOBRE ATENDIMENTO AO REQUERIMENTO N° 054/2021</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATENDIMENTO AO REQUERIMENTO N° 055/2021.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATENDIMENTO AO REQUERIMENTO N° 060/2021.</t>
   </si>
   <si>
     <t>381</t>
   </si>
@@ -1461,1971 +1461,1971 @@
   <si>
     <t>373</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>REF. TRATOR MASSEY FERGUNSON 86 HS.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>REF. RESPOSTA AO OFÍCIO N° 047/2021 - CAM.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/763/u64871d0x114526_11222021_100515_000334.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/763/u64871d0x114526_11222021_100515_000334.pdf</t>
   </si>
   <si>
     <t>"ENCAMINHA OS PROJETOS DE LEI N°055, 056, 057 E 058 DE 2021".</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>PARCO</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO</t>
   </si>
   <si>
     <t>JURÍDICO - JUR</t>
   </si>
   <si>
     <t>OBJETO: Análise e parecer jurídico sobre denúncias nº. 01, 02 e 03 de 2021 em face de Vereadores. Denúncias anônimas. Imprestáveis para apuração de infrações político-administrativas. Servíveis para deflagrar procedimento investigatório. Deliberação do plenário. Normas regimentais.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>PARECER APRECIAÇÃO DE CONTAS DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>COF - COMISSÃO DE ORÇAMENTO E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/313/parecer_cof_01.2021_-_ratifica_aprov._contas_exec_2019.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/313/parecer_cof_01.2021_-_ratifica_aprov._contas_exec_2019.pdf</t>
   </si>
   <si>
     <t>RATIFICAÇÃO ao parecer da COF de prestação de contas do Poder Executivo do Município de Santana do Itararé - Pr., exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>"Análise da prestação de contas do Poder Executivo do Município de Santana do Itararé – Pr., relativa ao exercício financeiro de 2014. Processo Administrativo nº. 260151/15 do TCE/PR. PARECER PELA CONVERSÃO DA IRREGULARIDADE EM RESSALVA".</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>Análise da prestação de contas do Poder Executivo do Município de Santana do Itararé - Pr., relativa ao exercício financeiro de 2014. Processo Administrativo nº. 260151/15 do TCE/PR. PARECER PELA CONVERSÃO DA IRREGULARIDADE EM RESSALVA.</t>
   </si>
   <si>
     <t>POSSE</t>
   </si>
   <si>
     <t>POSSE DO PREFEITO E VICE</t>
   </si>
   <si>
     <t>SESSÃO DE POSSE DO PREFEITO E VICE</t>
   </si>
   <si>
     <t>POSSE AOS VEREADORES E ELEIÇÃO DA MESA DIRETORA</t>
   </si>
   <si>
     <t>SESSÃO DE INSTALAÇÃO, POSSE AOS VEREADORES E ELEIÇÃO DA MESA</t>
   </si>
   <si>
     <t>PRODE</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/2/dec._lei_01.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/2/dec._lei_01.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DA PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO MUNICIPAL DE SANTANA DO ITARARÉ - PR., EXERCÍCIO FINANCEIRO DE 2019, NOS TERMOS DA LEGISLAÇÃO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_de_decreto_leg_2.2021_-_aprovacao_contas_executivo_2016.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_de_decreto_leg_2.2021_-_aprovacao_contas_executivo_2016.docx</t>
   </si>
   <si>
     <t>Dispõe sobre APROVAÇÃO com RESSALVA da Prestação de Contas do Poder Executivo Municipal de Santana do Itararé – Pr., Exercício Financeiro de 2016, conforme Processo nº. 311110/17 – TCE/PR opinando pela REGULARIDADE nos termos da Legislação vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>"Dispõe sobre APROVAÇÃO da Prestação de Contas do Poder Executivo Municipal de Santana do Itararé – Pr., Exercício Financeiro de 2014, com RESSALVAS, conforme Parecer COF, nos termos da Legislação vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>PROLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/3/redacaofinal0012021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/3/redacaofinal0012021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 01/2021 SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REVISÃO NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, COM BASE NO REAJUSTE DO SALÁRIO MÍNIMO NACIONAL VIGENTE NO EXERCÍCIO DE 2021, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/4/redacaofinal0022021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/4/redacaofinal0022021pdf.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 002/2021 Súmula: Dispõe sobre Revisão nos Vencimentos dos Servidores Públicos Municipal do Poder Legislativo, com base no reajuste do salário mínimo nacional vigente no exercício 2021, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/6/redacaofinal0032021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/6/redacaofinal0032021pdf.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 003/2021 SÚMULA: "ALTERA A LEI COMPLEMENTAR Nº 08/2013, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/29/redacaofinal0042021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/29/redacaofinal0042021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ELETRÔNICO DE GERENCIAMENTO DE DADOS DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA  ISSQN DO MUNICÍPIO DE SANTANA DO ITARARÉ/PR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/30/redacaofinal0052021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/30/redacaofinal0052021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/43/redacaofinal0062021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/43/redacaofinal0062021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 006/2021 INSTITUI A POLÍTICA MUNICIPAL DE PAGAMENTO POR SERVIÇOS AMBIENTAIS - PMPSA, EM ESPECIAL OS PRESTADOS PELA CONSERVAÇÃO DAS UNIDADES DE CONSERVAÇÃO  UCs NO ÂMBITO MUNICIPAL, EM CONFORMIDADE COM O ARTIGO 30 INCISOS I, II, III E V C/C ART. 225 TODOS DA CONSTITUIÇÃO DA REPÚBLICA DE 1988 E LEI FEDERAL Nº 14.119, DE 13 DE JANEIRO DE 2021</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/45/redacaofinal0072021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/45/redacaofinal0072021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 007/2021 DISPÕE SOBRE AUTORIZAÇÃO AO MUNICIPIO PARA RECEBER EM CESSÃO DE USO GRATUITO O IMÓVEL PERTENCENTE À ASSOSSIAÇÃO ATLÉTICA SANTANENSE.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/46/redacaofinal0082021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/46/redacaofinal0082021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 008/2021 SÚMULA: “DISPÕE SOBRE O REGULAMENTO DO CEMITÉRIO DO MUNICÍPIO DE SANTANA DO ITARARÉ/PR, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/22/redacaofinal0092021arquivadapdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/22/redacaofinal0092021arquivadapdf.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO - PROJETO DE LEI Nº. 009/2021 DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR N°. 008/2013, QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ - ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/47/redacaofinal0102021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/47/redacaofinal0102021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 010/2021 SÚMULA: “DISPÕE SOBRE A CRIAÇÃO O CONSELHO MUNICIPAL DOS DIREITOS DAS PESSOAS COM DEFICIÊNCIA (COMPEDE)	E O FUNDO MUNICIPAL DAS PESSOAS COM DEFICIÊNCIA (FMPEDE) E ESTABELECE A POLÍTICA MUNICIPAL DAS PESSOAS COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/55/redacaofinal0112021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/55/redacaofinal0112021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 011/2021 SÚMULA: “DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNIICPAL Nº 038/2016, QUE INSTITUI O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL (CMAS), A CONFERÊNCIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL (FMAS) E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/57/redacaofinal0122021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/57/redacaofinal0122021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 012/2021 SÚMULA: “DISPÕE SOBRE A READEQUAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO  CONSELHO DO FUNDEB, NOS TERMOS DA LEI FEDERAL Nº 14.113, DE 25 DE DEZEMBRO DE 2020”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/59/redacaofinal0132021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/59/redacaofinal0132021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 013/2021 SÚMULA: “RATIFICA PROTOCOLO DE INTENÇÕES FIRMADO ENTRE MUNICÍPIOS BRASILEIROS, COM A FINALIDADE DE ADQUIRIR VACINAS PARA COMBATE À PANDEMIA DO CORONAVÍRUS; MEDICAMENTOS, INSUMOS E EQUIPAMENTOS NA ÁREA DA SAÚDE”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/61/redacaofinal0142021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/61/redacaofinal0142021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 014/2021 SÚMULA: “DISPÕE SOBRE A RECOMPOSIÇÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/63/redacaofinal0152021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/63/redacaofinal0152021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 015/2021 SÚMULA: “AUTORIZA O MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ, A RECEBER DOAÇÕES EM ESPÉCIE DE PESSOAS FÍSICAS E JURÍDICAS PARA O PROGRAMA MUNICIPAL DE AQUISIÇÃO DE VACINAS PARA O COMBATE AO VÍRUS SARS-COV2 (COVID-19) CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 016/2021 INSTITUI O PROGRAMA HORTA COMUNITÁRIA VISANDO A PRODUÇÃO DE HORTIFRUTI POR PESSOAS SOCIALMENTE VUNERÁVEIS E O DESENVOLVIMENTO DE PROJETOS PARA APOIO E APERFEIÇOAMENTO DOS PRODUTORES DE HORTIFRITI NO MUNICÍPO, CONFORME ESPECIFICA.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/67/redacaofinal0172021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/67/redacaofinal0172021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO Nº. 017/2021 Súmula: Dispõe sobre Recomposição Geral Anual nos vencimentos dos Servidores Públicos Municipal do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/69/redacaofinal0182021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/69/redacaofinal0182021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 018/2021 SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER EM CESSÃO DE USO, UM EQUIPAMENTO AGRÍCOLA USADO DE PROPRIEDADE DO MUNICÍPIO PARA A ASSOCIAÇÃO DA AGRICULTURA FAMILIAR AGRÍCOLA DE SANTANA DO ITARARÉ E REGIÃO (A.A.F.A.S.), CONFORME ESPECIFICA”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/71/redacaofinal0192021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/71/redacaofinal0192021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 019/2021 SÚMULA: “INSTITUI A LEI DE PERÍMETRO URBANO DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/73/redacaofinal0202021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/73/redacaofinal0202021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 020/2021 SÚMULA: “ALTERA A LEI COMPLEMENTAR Nº 035/2012, QUE INSTITUI O ZONEAMENTO, USO E OCUPAÇÃO DO SOLO E SISTEMA VIÁRIO DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/75/redacaofinal0212021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/75/redacaofinal0212021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 021/2021 SÚMULA: “DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 012/2021, QUE DISPÕE SOBRE O REGULAMENTO DO CEMITÉRIO DO MUNICÍPIO DE SANTANA DO ITARARÉ/PR, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/77/redacaofinal0222021arquivadapdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/77/redacaofinal0222021arquivadapdf.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO - PROJETO DE LEI COMPLEMENTAR Nº. 022/2021 SÚMULA: “AUTORIZA O INGRESSO DOS MUNICÍPIOS DE WENCESLAU BRAZ/PR E SALTO DO ITARARÉ/PR NA AÇÃO CONSORCIADA ESPECÍFICA PARA O ATERRO SANITÁRIO LOCALIZADO NO MUNICÍPIO DE SANTANA DO ITARARÉ/PR, VINCULADO AO CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL DO TERRITÓRIO DIVISA NORTE DO PARANÁ  CODREN E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/79/redacaofinal0232021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/79/redacaofinal0232021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 023/2021 SÚMULA: “ALTERA A LEI COMPLEMENTAR Nº 014/2021 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/81/redacaofinal0242021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/81/redacaofinal0242021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO Nº. 024/2021 Súmula: Propõe sobre denominação da Unidade Básica de Saúde - UBS, localizada no Bairro Portal dos Ipês, e dá outras Providências.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/99/redacaofinal0252021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/99/redacaofinal0252021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 025/2021 SÚMULA: “CRIA O 'PROGRAMA ALUGUEL SOCIAL' E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/101/redacaofinal0262021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/101/redacaofinal0262021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 026/2021 SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE VENDA, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, ATRAVÉS DE PROCEDIMENTO LICITATÓRIO  CONCORRÊNCIA PÚBLICA - CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/103/redacaofinal0272021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/103/redacaofinal0272021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO Nº 027/2021 AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIOS COM PESSOAS FÍSICAS E JURÍDICAS OBJETIVANDO A IMPLANTAÇÃO DO PROGRAMA “ADOTE UM ATLETA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/24/projetodelei0282021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/24/projetodelei0282021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL nº. 028/2021 SÚMULA: “AUTORIZA O CHEFE DO PODER EXECUTIVO A INSTITUIR O `PROGRAMA FRENTE DE TRABALHO ESTAMOS EM AÇÃO´ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/25/redacaofinal0292021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/25/redacaofinal0292021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 0029/2021 SÚMULA: “DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/162/redacaofinal0302021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/162/redacaofinal0302021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO SITUADO NO PERÍMETRO URBANO DO MUNICÍPIO, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/159/redacaofinal0312021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/159/redacaofinal0312021pdf.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 015/2021 Projeto de Lei nº. 031/2021 que dispõe sobre autorização para que o município de Santana do Itararé, Estado do Paraná receba, mediante doação onerosa, imóvel urbano privado, conforme especifica.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projetodelei0322021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projetodelei0322021.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 016/2021 Projeto de Lei nº. 032/2021 que altera a Lei Complementar nº. 035/2021, que institui o zoneamento, uso e ocupação do solo e sistema viário do município de Santana do Itararé, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/161/redacaofinal0332021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/161/redacaofinal0332021pdf.pdf</t>
   </si>
   <si>
     <t>Ofício nº. 016/2021 Projeto de Lei nº. 033/2021 reavaliação atuarial.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/163/redacaofinal0342021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/163/redacaofinal0342021pdf.pdf</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/205/projetodelei0352021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/205/projetodelei0352021pdf.pdf</t>
   </si>
   <si>
     <t>RETIRADO DE PAUTA OFÍCIO Nº. 020/2021 CONCEDE FUNÇÃO GRATIFICADA AO DIRETOR FINANCEIRO DO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ/PR, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei_legislativo_36.2021_-_revoga_cargo_de_ass_de_secretaria.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei_legislativo_36.2021_-_revoga_cargo_de_ass_de_secretaria.docx</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE REVOGAÇÃO DA LEI MUNICIPAL N° 017/2015, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/254/projetodelei0372021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/254/projetodelei0372021pdf.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 037/2021 SÚMULA: "ALTERA A LEI COMPLEMENTAR Nº 041/2016, QUE ESTABELECE PARÂMETROS RELATIVOS AO CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE (CMDCA), CONSTITUI O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE (FMDCA) E DEFINE A ESTRUTURA E FUNCIONAMENTO DO CONSELHO TUTELAR NO MUNICÍPIO DE SANTANA DO ITARARÉ, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/255/projetodelei0382021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/255/projetodelei0382021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 038/2021 SÚMULA: “DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ RECEBA, MEDIANTE DOAÇÃO ONEROSA, IMÓVEL URBANO PRIVADO, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/347/projeto_de_lei_do_legislativo_no_039.2021.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/347/projeto_de_lei_do_legislativo_no_039.2021.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 039/2021 "DISPÕE SOBRE REVOGAÇÃO DA LEI MUNICIPAL N° 030/2021, E DENOMINAÇÃO DE LOGRADOURO PÚBLICO, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/348/projeto_de_lei_do_legislativo_no_040.2021_-_denominacao_academia_saude.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/348/projeto_de_lei_do_legislativo_no_040.2021_-_denominacao_academia_saude.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 040/2021 "DISPÕE SOBRE A DENOMINAÇÃO DA ACADEMIA DE SAÚDE, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/375/projeto_de_lei_complementar_do_legislativo_n.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/375/projeto_de_lei_complementar_do_legislativo_n.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESERVA DE COTAS RACIAIS PARA O INGRESSO DE NEGROS E NEGRAS NO SERVIÇO PÚBLICO MUNICIPAL, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 042/2021 que autoriza o Poder Executivo Municipal a alienar mediante leilão, veículos, equipamentos e outros materiais inservíveis de propriedade do município.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/384/pl_043_-_acordo_de_cooperacao_tecnica_apae.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/384/pl_043_-_acordo_de_cooperacao_tecnica_apae.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE COOPERAÇÃO COM ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE, CONFORME DICÇÃO DA LEI FEDERAL ° 13.019 DE 31 DE JULHO DE 2014, CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>PEDRO CUÍCA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/391/projeto_de_lei_do_legislativo_no_044.2021_-_denominacao_casa_de_apoio.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/391/projeto_de_lei_do_legislativo_no_044.2021_-_denominacao_casa_de_apoio.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DENOMINAÇÃO DA CASA DE APOIO, CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/402/projetodelei0452021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/402/projetodelei0452021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 045/2021 Súmula: Altera o Plano Plurianual, a Lei de Diretrizes Orçamentária e dispõe sobre abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/431/projetodelei0462021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/431/projetodelei0462021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 046/2021 que institui Regime de Previdências Complementar no âmbito do Município de Santana do Itararé, fixa o limite máximo para a concessão de aposentadorias e pensões pelo Regime de Previdência de que trata o Artigo 40 da Constituição Federal de 1998, autoriza a adesão a plano de benefícios de previdência complementar e dá outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/434/projetodelei0482021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/434/projetodelei0482021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova reestruturação do Regime Próprio de Previdência dos Servidores Públicos do Município de Santana do Itararé - SATANAPREV, em conformidade com a reforma da previdência, Emenda Constitucional nº. 103 de 12 de novembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/492/pl048.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/492/pl048.2021.pdf</t>
   </si>
   <si>
     <t>"RATIFICA AS ALTERAÇÕES REALIZADAS NO PROTOCOLO DE INTENÇÕES E ESTATUTO/CONTRATO DO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE INOVAÇÃO E DESENVOLVIMENTO DO ESTADO DO PARANÁ - CINDEPAR, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/494/pl049.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/494/pl049.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE PRESERVAÇÃO ÀS NASCENTES E MANANCIAIS, SEU CADASTRAMENTO E MONITORAMENTO NO MUNICÍPIO DE SANTANA DO ITARARÉ/PR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/515/projetodelei0502021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/515/projetodelei0502021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº. 018/2017 que dispõe sobre a criação do “PROGRAMA DA PORTEIRA PARA DENTRO”, e dá outras providências.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/564/projetodelei0512021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/564/projetodelei0512021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 051/2021 que suspende a aplicação da Lei Municipal nº. 013/2021 conforme especifica.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/565/projetodelei0522021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/565/projetodelei0522021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 052/2021 que autoriza o Poder Executivo a efetuar doação como ônus de áreas de imóvel à Pessoas Jurídicas, conforme especifica.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>"SUSPENDE A APLICAÇÃO DA LEI MUNICIPAL N° 016/2021, A QUAL DISPÔE SOBRE SOBRE RECOMPOSIÇÃO GERAL ANUAL NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAL DO PODER LEGISLATIVO, NOS TERMOS QUE ESPECÍFICA."</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/634/projetodelei0542021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/634/projetodelei0542021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 054/2021 SÚMULA: AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM A CAIXA ECONÔMICA FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/759/pl_055.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/759/pl_055.2021.pdf</t>
   </si>
   <si>
     <t>"ALTERA O PLANO PLURIANUAL, A LEI DE DIRETRIZES ORÇAMENTÁRIAS E DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL".</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/760/pl_056.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/760/pl_056.2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE SANTANA DO ITARARÉ, PARA O PERÍODO DE 2022 À 2025".</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/761/pl_057.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/761/pl_057.2021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/762/pl_058.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/762/pl_058.2021.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A ECEITA E FIXA A DESPESA DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/783/projeto_de_lei_no._059.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/783/projeto_de_lei_no._059.2021.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O FORNECIMENTO DE ABSORVENTES HIGIÊNICOS NAS ESCOLAS PÚBLICAS, UNIDADES BÁSICAS DE SAÚDE E NOS CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL (CRAS) SITUADOS NO MUNICÍPIO DE SANTANA DO ITARARÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/784/projetolei060.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/784/projetolei060.2021.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS E CONCEDER ISENÇÕES FISCAIS RELATIVAS À CONSTRUÇÃO DE UNIDADES HABITACIONAIS VINCULADAS À PROGRAMAS HABITACIONAIS DE INTERESSE SOCIAL".</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/795/projeto_de_lei_no._061.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/795/projeto_de_lei_no._061.2021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 061/2021 que autoriza o Município a ceder Veículo ao Consórcio Intermunicipal da Saúde do Norte do Paraná - CISNO, para utilização exclusiva do SAMU - NORTE PIONEIRO e dá outras providências.</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/20/res_01.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/20/res_01.2021.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O CRONOGRAMA DE EXECUÇÃO DO DESEMBOLSO PARA O EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/21/resolucao_022021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/21/resolucao_022021.pdf</t>
   </si>
   <si>
     <t>DEFINE A ESTRUTURA ADMINISTRATIVA ORGANIZACIONAL DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/98/resolucao_03.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/98/resolucao_03.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ASSINATURA DIGITAL NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL DE SANTANA DO ITARARÉ - PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria Especial da Mulher no âmbito da Câmara Municipal de Santana do Itararé - Pr., e dá outras providências.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/426/projetoresolucao05.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/426/projetoresolucao05.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transmissão online das Sessões da Câmara Municipal de Santana do Itararé - Pr., e dá outras providências.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/775/projeto_de_resolucao_n06.2021.docx</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/775/projeto_de_resolucao_n06.2021.docx</t>
   </si>
   <si>
     <t>Constitui Comissão Especial de Investigação - CEI - para apuração de possíveis irregularidades narradas em DENÚNCIA ANÔNIMA, e dá outras providências.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>COMISSÃO - COM</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/797/projeto_de_resolucao.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/797/projeto_de_resolucao.pdf</t>
   </si>
   <si>
     <t>"Propõe sobre a instauração de comissão processante e dá outras providencias."</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>"Propões alteração ao artigo 13 do Regimento Interno, e dá outras providências."</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>PROCE</t>
   </si>
   <si>
     <t>PROPOSIÇÃO DE CERTIFICADO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/147/u64871d0x114526_04262022_101017_001366.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/147/u64871d0x114526_04262022_101017_001366.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INDICAÇÃO DE CIDADÃOS PARA RECEBIMENTO DE RECONHECIMENTO PÚBLICO POR SERVIÇOS RELEVANTES PRESTADOS AO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PROEM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA</t>
   </si>
   <si>
     <t>EMENDA AO ARTIGO 8º PARA ALTERAR PARA 50% A PORCENTAGEM REPASSADA AO PRODUTOR</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>INCLUI O § 1º AO ART. 20 DO PROJETO DE LEI Nº 008/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 11, 22, 24, 31, 32 E 50 DO PROJETO DE LEI Nº 008/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 50 DA LEI Nº 08/2021 COM A SEGUINTE REDAÇÃO: "ART. 50. É terminantemente proibido a uma mesma pessoa obter permissão de mais de um lote no cemitério municipal, sendo que as permissões concedidas a uma mesma pessoa, ante da vigência desta Lei, serão cassadas pela Administração Pública no caso de superlotação do cemitério os lotes que estiverem em situação de abandono, assegurado nestes casos o reembolso dos valores dispensados pelo permissionário".</t>
   </si>
   <si>
     <t>INCLUI O PARÁGRAFO ÚNICO AO ARTIGO 2° DO PROJETO DE LEI N° 009/2021, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>altera o art.1° e inclui o inc. I ao artigo 1° do Projeto de Lei n° 029/2021, nos termos que especifica.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/396/proposta_de_emenda_007.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/396/proposta_de_emenda_007.2021.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ART. 2º DO PROJETO DE LEI Nº. 032/2021, NOS TERMOS QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>COQUINHO DO JOEL</t>
   </si>
   <si>
     <t>Suprime o inciso II do artigo 1º do Projeto de Lei 052/2021.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA A LEI ORGÂNICA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/432/proposta_de_emenda_a_lei_organica_001.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/432/proposta_de_emenda_a_lei_organica_001.2021.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica nº. 001/2021 Altera a Redação do Artigo 98 da Lei Orgânica do Município de Santana do Itararé, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/processo_leg_cei_01.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/processo_leg_cei_01.2021.pdf</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO COMISSÃO ESPECIAL DE INVESTIGAÇÃO 01/2021</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>CEI - COMISSÃO ESPECIAL DE INVESTIGAÇÃO Nº 01/2021</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/processo_adm_com_proc_01.2021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/processo_adm_com_proc_01.2021.pdf</t>
   </si>
   <si>
     <t>PROCESSO ADMINISTRATIVO COMISSÃO PROCESSANTE N. 01/2021</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>REQVE</t>
   </si>
   <si>
     <t>REQUERIMENTO VEREADOR</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento0012021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento0012021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 001/2021 - CAM - SÚMULA: Propõe sobre limpeza ao redor da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento0022021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento0022021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 002/2021 - CAM. SÚMULA: Propõe sobre levantamento da atual situação das sepulturas antigas, abandonadas e parte estrutural do Cemitério Municipal João Peixoto da Silva, e dá outras providências.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento0032021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento0032021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 003/2021 - CAM. SÚMULA: Propõe sobre 01 (uma) diária com pernoite para cidade de Curitiba - Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento0042021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento0042021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 004/2021 - CAM. SÚMULA: Dispões sobre as providências a serem tomadas em relação à estação de distribuição de água potável da Sanepar, e dá outras providências.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento0052021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento0052021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 005/2021 - CAM. SÚMULA: Dispões sobre as providências a serem tomadas em relação à iluminação Pública da Rua Bela Vista, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento0062021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento0062021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre construção de 02 (dois) obstáculo, (quebra-mola), na Rua Vereador José Francisco dos Santos  e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento0072021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento0072021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as providencias a serem tomadas em relação à construção de meio fio e calçamento das ruas do Bairro da Campina e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento0082021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento0082021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre recuo de passeio na Praça Frei Mathias de Gênova e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento0092021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento0092021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre reabertura do escritório da Copel e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento0102021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento0102021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre iluminação e limpeza dos campos de futebol localizado no Bairro Água Onça e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento0112021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento0112021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre providências com caixas de águas dos Bairros Campina e Barreira e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento0122021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento0122021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as providencias a serem tomadas em relação ao fechamento da Pedreira Municipal localizada no Bairro Farturinha, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento0132021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento0132021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as providencias a serem tomadas em relação ao desvio de funções de Servidores Públicos Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>Ney Aparecido Silva</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento0142021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento0142021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre construção de 02 (dois) obstáculo, (quebra-mola), na Rua Olaria  e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento0152021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento0152021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre construção de uma "Pista de Skate", e dá outras providências.</t>
   </si>
   <si>
     <t>JAIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento0162021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento0162021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre a construção de meio fio e calçamento na Travessa Lucrecia Amaral Teodoro e dá outras providências.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento0172021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento0172021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as providencias a serem tomadas em relação à construção de uma Cobertura "Marquise" em frente Centro de Saúde Básico e Integral á Mulher e da Criança - LAZARA DE PAULA, e dá outras providências.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento0192021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento0192021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre modificação de quiosques públicos para construção de banheiros públicos, e dá outras providências".</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento0202021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento0202021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre as providencias a serem tomadas em relação às reformas em gerais e pinturas das Escolas Municipais, dá outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento0212021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento0212021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre as providencias a serem tomadas em relação à continuação da construção do calçamento em frente a Fabrica de Costura por mais 60 (sessenta) metros localizada ao lado da Avenida Padre Antonio Otero Soares, 506, e dá outras providências.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento0222021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento0222021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre autorização e disponibilização da pedreira de sua propriedade localizada no Bairro Kurita ao município de Santana do Itararé/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento0232021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento0232021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre continuação de Calçamento na Rua Pe José Carlos, e dá outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento0242021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento0242021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre colocação de pedras em estrada rural, e dá outras providências.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento0252021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento0252021pdf.pdf</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento0262021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento0262021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre continuação de Calçamento na Rua Maria de Lourdes da Silva no Bairro Portal dos Ipês, e dá outras providências.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento0272021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento0272021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 027/2021 - CAM - SÚMULA: Dispões sobre instalação de torre de internet no bairro água da onça e dá outras providências.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento0282021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento0282021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 028/2021 - CAM - SÚMULA: Dispõe sobre disponibilização de atendimento para colocação gratuita de diu.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento0292021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento0292021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 029/2021 - CAM - SÚMULA: Dispões sobre disponibilização do espaço público da antiga prefeitura para destinação de um posto de atendimento para apoio ao viajante.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento0302021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento0302021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 030/2021 - CAM - SÚMULA: Dispõe sobre compra de motocultivaldor, e dá outras providências.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 031/2021 - CAM - SÚMULA: Dispõe sobre disponibilização de fornecimento de cesta básica e dá outras providências.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento0322021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento0322021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 032/2021 - CAM - SÚMULA: Dispõe sobre passar máquina e fazer aterro e dá outras providências.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/116/requerimento0332021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/116/requerimento0332021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 033/2021 - CAM - SÚMULA: Dispõe sobre manutenção e qualidade da água da Sanepar, e dá outras providências.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/117/requerimento0342021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/117/requerimento0342021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 034/2021 - CAM - SÚMULA: Dispões sobre matérias de organização de trânsito e dá outras providências.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/118/requerimento0352021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/118/requerimento0352021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 035/2021 - CAM - SÚMULA: Dispõe limpeza de imóvel urbano público e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/119/requerimento0362021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/119/requerimento0362021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 036/2021 - CAM - SÚMULA: Dispõe sobre colocação de pedra em estrada rural, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/120/requerimento0372021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/120/requerimento0372021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 037/2021 - CAM - SÚMULA: Dispõe sobre iluminação em Estádio no Bairro Varginha, e dá outras providências.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/121/requerimento0382021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/121/requerimento0382021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 038/2021 - CAM - SÚMULA: Dispõe sobre substituição de ponte de madeira por ponte de concreto, e dá outras providências.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/122/requerimento0392021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/122/requerimento0392021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 039/2021 - CAM - SÚMULA: Dispõe sobre limpeza e manutenção de imóveis predial urbano, e dá outras providências.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento0402021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento0402021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 040/2021 - CAM - SÚMULA: Dispõe sobre matérias de organização e sinalização de trânsito, e dá outras providências.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/124/requerimento0412021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/124/requerimento0412021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 041/2021 - CAM - SÚMULA: Dispõe sobre instauração da operação tapa buraco, e dá outras providências.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/125/requerimento0422021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/125/requerimento0422021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 042/2021 - CAM - SÚMULA: Dispõe sobre a possível medida de um trecho de mão única da rua Romildo Marcos Pereira.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/126/requerimento0432021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/126/requerimento0432021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 043/2021 - CAM - SÚMULA: Dispõe sobre providências a serem tomadas quanto ao consumo mínimo de utilização de água, e dá outras providências.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/127/requerimento0442021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/127/requerimento0442021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 044/2021 - CAM - SÚMULA: Dispõe sobre matérias de organização de trânsito, e dá outras providências.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento0452021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento0452021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 045/2021 - CAM - SÚMULA: Dispõe sobre instalação de escorregador e balanço, e dá outras providências.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento0462021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento0462021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 046/2021 - CAM - SÚMULA: Dispõe sobre construção de 02 (doi) obstáculo, (quebra-mola), na Rua Vereador Benedito Canedo de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento0472021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento0472021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 047/2021 - CAM - SÚMULA: Dispõe sobre substituição de ponte de madeira por ponte de concreto, e dá outras providências.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/131/requerimento0482021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/131/requerimento0482021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 048/2021 - CAM - SÚMULA: Dispõe sobre a possibilidade de adesão pelo Executivo Municipal ao Programa Permanente de Esterilização de Cães e Gatos do Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento0492021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento0492021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 049/2021 - CAM - SÚMULA: Dispõe sobre a possibilidade de patrolamento em estradas rurais dos bairros Alferes Fab rício, Barrerinha e Pedregulho, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento0502021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento0502021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 050/2021 - CAM - SÚMULA: Dispõe sobre a execução da Lei nº. 056/2011, e dá outras providências.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento0512021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento0512021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 051/2021 - CAM - SÚMULA: Dispõe sobre informações relativas aos recursos recebidos para investimentos no combate ao novo coronavirus COVID-19.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento0522021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento0522021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 052/2021 - CAM - SÚMULA: Dispõe sobre a possibilidade de distribuição de cestas básicas pela rede municipal de ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/136/requerimento0532021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/136/requerimento0532021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 053/2021 - CAM - SÚMULA: Dispõe sobre contratação de empresa para transmissão ao vivo das sessões em gerais realizadas no âmbito da Câmara Municipal.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/137/requerimento0542021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/137/requerimento0542021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 054/2021 - CAM - SÚMULA: Reitera requerimento nº. 016/2021 que propões sobre a construção de meio fio e calçamento na Travessa Lucrecia Amaral Teodoro e dá outras providências.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/138/requerimento0552021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/138/requerimento0552021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 055/2021 - CAM - SÚMULA: Requerimento de ato de gestão para que a vigilância sanitária tome providências - urgentemente - quanto a situação de abandono que se encontra o imóvel do "antigo matadouro", nos termos que especifica.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/139/requerimento0562021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/139/requerimento0562021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 056/2021 - CAM - SÚMULA: Propões sobre construção de 03 (três) obstáculo, (quebra-mola), na Rua Padre José Carlos e dá outras providências.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento0572021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento0572021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 057/2021 - CAM - SÚMULA: Encaminha ao Executivo Municipal requerimento de auxílio ao Munícipe, para que ceda um caminhão/trator para puxar pedra sextavada e meio fio na empresa da Cleide até a propriedade do Sr. Valdir Funileiro, como também ceda a mão de obra para colocação, nos termos que especifica.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento0582021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento0582021pdf.pdf</t>
   </si>
   <si>
     <t>PROPÕE SOBRE RETORNO DO "PROGRAMA MAIS EDUCAÇÃO" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PROPÕE SOBRE PROVIDÊNCIAS COM MÁXIMA URGÊNCIA NO CEMITÉRIO MUNICIPAL JOÃO PEIXOTO DA SILVEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento0602021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento0602021pdf.pdf</t>
   </si>
   <si>
     <t>PROPÕE SOBRE CONTINUAÇÃO DO CALÇAMENTO DA RUA MARIA DE LOURDES BISCARO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/142/requerimento0612021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/142/requerimento0612021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre colocação de boca de lobo na  Rua Berlamino Maria da Silva, e dá outras providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento0622021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento0622021pdf.pdf</t>
   </si>
   <si>
     <t>Propõe sobre providências na Rede de Água Localizada na rua Pe. João Luciano Ribeiro e PR-151.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento0632021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento0632021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre manutenção a serem realizadas em estradas rurais, e dá outras providências.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento0642021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento0642021pdf.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre 01 (uma) diária sem pernoite para cidade de Curitiba - Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento0652021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento0652021pdf.pdf</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento0662021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento0662021pdf.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre 01 (uma) diária com pernoite para cidade de Curitiba - Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento0672021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento0672021pdf.pdf</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/156/requerimento0682021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/156/requerimento0682021pdf.pdf</t>
   </si>
   <si>
     <t>PROPÕE SOBRE SOLICITAÇÃO DO DEPARTAMENTO COMPETENTE, PARA QUE REALIZE COLOCAÇÃO DE PEDRAS EM ESTRDA RURAL, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento0692021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento0692021pdf.pdf</t>
   </si>
   <si>
     <t>PROPÕE SOBRE SOLICITAÇÃO AO DEPARTAMENTO COMPETENTE PARA QUE REALIZE A COLOCAÇÃO DE PEDRA EM ESTRADA RURAL SITA AO BAIRRO BARREIRA, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento0702021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento0702021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura/prolongamento de rua, e dá outras providências.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento0712021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento0712021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE MANILHAMENTO EM ESTRADAS RURAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento0722021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento0722021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ILUMINAÇÃO EM ESTÁDIO NO BAIRRO PEDREGULHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento0732021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento0732021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE UTILIZAÇÃO DO VEÍCULO OFICIAL DO LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento0742021retiradodepautapdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento0742021retiradodepautapdf.pdf</t>
   </si>
   <si>
     <t>RETIRADO DE PAUTA A PEDIDO DO VEREADOR DISPÕE SOBRE A POSSIBILIDADE DE DISPONIBILIZAÇÃO DE MOTORISTA AO CONSELHO TUTELAR, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento0752021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento0752021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NECESSIDADE DE MELHORAMENTO DE CALÇADA PÚBLICA A FIM DE GARANTIR ACESSO À CADEIRANTE, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento0762021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento0762021pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre sugestão de Lei Complementar ao Executivo Municipal, nos termos que específica.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento0772021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento0772021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POSSIBILIDADE DE FUNCIONAMENTO DO AUTO FALANTE DA CASA MORTUÁRIA, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento0782021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento0782021pdf.pdf</t>
   </si>
   <si>
     <t>PROPÕE SOBRE MANUTENÇÃO DA ESTRADA RURAL NO BAIRRO ALFERES FABRICIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento0792021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento0792021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA/PROLONGAMENTO DE RUA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento0802021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento0802021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INSTALAÇÃO DE TORRE DE INTERNET NOS BAIRROS VARGINHA E SOUZA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento0812021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento0812021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE 01 (UMA) DIÁRIA COM PERNOITE PARA CIDADE DE BRASÍLIA - DF E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento0822021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento0822021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIÁRIA PARA CIDADE DE BRASILIA - DF E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>CLODOMIR DA SILVA ZUIN</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento0832021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento0832021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE USO DA PALAVRA EM SESSÃO ORDINÁRIA DE 14 DE JUNHO DE 2021, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento0842021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento0842021pdf.pdf</t>
   </si>
   <si>
     <t>PROPÕE SOBRE A COLOCAÇÃO DE PLACAS DE TRÂNSITO PROIBIDO ESTACIONAR E VELOCIDADE MÁXIMA DE (30 KM) POR HORAS NAS LATERIAS, REFAZER A PINTURA DOS MEIOS FIOS, FAIXA CENTRAL, COLOCAÇÃO DE MINE TACHÃO (TARTARUGA) NA LINHA RETA E CONSTRUÇÃO DE OBSTÁCULO "QUEBRA MOLA" DA RUA ROMILDO MARCOS PEREIRA E PARTE DA RUA PARANÁ CONFORME NECESSIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento0852021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento0852021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N°. 085/2021 SUMÚLA: Propõe sobre instalação de parque três peças para crianças no pesqueiro do "zé da vó" ,nos termos que específica.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>"propõe sobre instalação de parque três peças para crianças no pesqueiro do "zé da vó", nos termos que especifica".</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento0872021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento0872021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 087/2021 - CAM Súmula: Dispõe sobre manutenções no campinho do Bairro Campina, e dá outras providências.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento0882021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento0882021pdf.pdf</t>
   </si>
   <si>
     <t>"REITERA O REQUERIMENTO N° 009/2021, ONDE PROPÕE SOBRE REABERTURA DO ESCRITÓRIO DA COPEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento0892021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento0892021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº. 089/2021 Súmula: Dispõe sobre 01 (uma) diária com pernoite para cidade de Curitiba - Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento0902021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento0902021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº. 090/2021 Súmula: Dispõe sobre 02 (duas) diárias com pernoite para cidade de Curitiba - Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento0912021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento0912021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº. 091/2021 Súmula: Dispõe sobre 02 (duas) diárias com pernoite para cidade de Curitiba - Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento0922021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento0922021pdf.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº. 092/2021 Súmula: Dispõe sobre 02 (duas) diárias com pernoite para cidade de Curitiba - Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento0932021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento0932021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REALIZAÇÃO DE PODA EM ÁRVORE LOCALIZADA NA RUA SÃO PAULO, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento0942021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento0942021pdf.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DISPONIBILIZAÇÃO DE PEDRAS PARA CALÇAMENTO, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento0952021pdf.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento0952021pdf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONSTRUÇÃO DE PONTE DE MADEIRA SOBRE O RIO RIBEIRÃO DAS POMBAS NO BAIRRO MARTINS, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento0962021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento0962021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 096/2021 DISPÕE SOBRE MEDIDAS URGENTES A SEREM TOMADAS QUANTO AO RECOLHIMENTO DE CÃES DE RUA, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/383/requerimento0972021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/383/requerimento0972021.pdf</t>
   </si>
   <si>
     <t>Requerimento nº. 097/2021 SUMÚLA: Propõe sobre as providencias a serem tomadas em relação às reformas e manutenções em gerais do Parquinho instalado junto ao Lago Municipal Pedro de Freitas dá outras providências.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/385/requerimento_no._098.2021_manutencao_campinho.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/385/requerimento_no._098.2021_manutencao_campinho.pdf</t>
   </si>
   <si>
     <t>"PROPÕE SOBRE AS PROVIDÊNCIAS A SEREM TOMADAS EM RELAÇÃO AO CAMPINHO DO BAIRRO CAMPINA, NOS TERMOS QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/386/requerimento0992021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/386/requerimento0992021.pdf</t>
   </si>
   <si>
     <t>'PROPÕE SOBRE AS PROVIDÊNCIAS A SEREM TOMADAS EM RELAÇÃO AO CLUBE ATLÉTICO SANTANENSE, NOS TERMOS QUE ESPECÍFICA".</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento1002021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento1002021.pdf</t>
   </si>
   <si>
     <t>'DISPÕE SOBRE AQUISIÇÃO DE TRITURADOR DE RESÍDUOS SÓLIDOS, NOS TERMOS QUE ESPECÍFICA".</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento1012021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento1012021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE MANUTENÇÃO DE BUEIROS, NOS TERMOS QUE ESPECÍFICA".</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento1022021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento1022021.pdf</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/390/requerimento1032021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/390/requerimento1032021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE SOLICITAÇÃO DE INFORMAÇÕES ACERCA DE CALÇAMENTO DE VIAS URBANAS, NOS TERMOS QUE ESPECÍFICA".</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/394/requerimento1042021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/394/requerimento1042021.pdf</t>
   </si>
   <si>
     <t>Requerimento nº. 104/2021 Súmula: Dispõe substituição de equipamentos referente à internet, nos termos que específica.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/395/requerimento1052021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/395/requerimento1052021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N°. 105/2021 SUMÚLA: PROPÕE SOBRE A COLOCAÇÃO DE PLACA DE TRÂNSITO DANDO PREFERÊNCIA NA RUA JOSÉ PERES (TINOCO) ESQUINA COM AS RUAS JOAQUIM DE SOUZA PINTO E RUA ANTONIO EMITÉRIO IZAC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/397/requerimento1062021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/397/requerimento1062021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº. 106/2021 - CAM Súmula: Dispõe sobre manutenções nos pontos críticos dos meios-fios da Rua José Barbosa, e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/398/requerimento1072021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/398/requerimento1072021.pdf</t>
   </si>
   <si>
     <t>Requerimento nº. 107/2021 Súmula: Dispõe sobre instalação de Mastros no Município, nos termos que especifica,</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/399/requerimento1082021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/399/requerimento1082021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº. 108/2021 Súmula: Dispõe sobre utilização do Veículo Oficial do Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/400/requerimento1092021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/400/requerimento1092021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº. 109/2021 Súmula: Propõe sobre aquisição de equipamentos para agricultura e dá outras providências.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/406/requerimento1102021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/406/requerimento1102021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº. 110/2021 Súmula: Dispõe sobre 01 (uma) diária sem pernoite e utilização do Veículo Oficial do Legislativo para cidade de Joaquim Távora - PR, e dá outras providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/421/requerimento1112021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/421/requerimento1112021.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AQUISIÇÃO DE UMA GRADE ARADORA, NOS TERMOS QUE ESPECÍFICA. "</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/423/requerimento1122021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/423/requerimento1122021.pdf</t>
   </si>
   <si>
     <t>“REITERA O REQUERIMENTO N° 034/2021, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/424/requerimento1132021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/424/requerimento1132021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE SOLICITAÇÃO DE INFORMAÇÕES SOBRE OS POÇOS ARTESIANOS, NOS TERMOS QUE ESPECÍFICA."</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/427/requerimento1142021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/427/requerimento1142021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE SOLICITAÇÃO DE LIGAMENTO DE REDE DE ÁGUA NA RUA BELA VISTA, NOS TERMOS QUE ESPECÍFICA."</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/428/requerimento1152021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/428/requerimento1152021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE RETIRADA DE DOIS POSTES, FINALIZAÇÃO DO MEIO FIO, PASSAGEM DE ROLO PARA COMPACTAR AS PEDRAS NA RUA BELA VISTA, NOS TERMOS QUE ESPECÍFICA."</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/429/requerimento1162021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/429/requerimento1162021.pdf</t>
   </si>
   <si>
     <t>Propões sobre concerto de estrada e dá outras providências.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>Propõe sobre identificação de lombadas no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento1182021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento1182021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre providências a serem tomadas nas ruas Dona Valdomira da Silva Izac e Ademir Espósito, nos termos que especifica.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/436/requerimento1192021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/436/requerimento1192021.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE PROVIDÊNCIAS A SEREM TOMADAS A REDE DE INTERNET DO BAIRRO ÁGUA DA ONÇA, NOS TERMOS QUE ESPECÍFICA.”</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento1202021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento1202021.pdf</t>
   </si>
   <si>
     <t>Requerimento nº. 120/2021 QUE DISPÕE SOBRE A SOLICITAÇÃO DE TROCA DE LÂMPADA, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/510/requerimento1212021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/510/requerimento1212021.pdf</t>
   </si>
   <si>
     <t>Requerimento nº. 121/2021 Propõe sobre explanado na propriedade do senhor Leandro Henrique (filho do saudoso João Batata) localizada no Bairro Água da Onça.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento1222021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento1222021.pdf</t>
   </si>
   <si>
     <t>Requerimento nº. 122/2021 Propõe sobre explanado na propriedade do senhor Osmar Radoski localizada no Bairro Água da Onça.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/514/requerimento1232021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/514/requerimento1232021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre instalação de 02 (duas lixeiras) junto a mini arena Daniel Ventura, nos termos que específica."</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/516/requerimento1242021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/516/requerimento1242021.pdf</t>
   </si>
   <si>
     <t>“Reitera o requerimento nº 055/2021, que dispõe sobre providências ao imóvel do “antigo matadouro”, nos termos que especifica.”</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/517/requerimento1252021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/517/requerimento1252021.pdf</t>
   </si>
   <si>
     <t>Requerimento nº. 125/2021 Propõe sobre criação de uma comissão para um estudo, análise e averiguações nas alterações da Lei nº. 043/2007 que dispõe sobre o Estatuto, Plano de Cargos, Carreira e Remuneração do Magistério</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/526/requerimento1262021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/526/requerimento1262021.pdf</t>
   </si>
   <si>
     <t>“Propõe sobre pedido de informações acerca de bem público, e dá outras providências".</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/539/requerimento1272021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/539/requerimento1272021.pdf</t>
   </si>
   <si>
     <t>Propõe sobre concerto de estrada, e dá outras providências</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/562/requerimento1282021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/562/requerimento1282021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre colocação de pedras em estrada rural, nos termos que específica."</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/563/requerimento1292021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/563/requerimento1292021.pdf</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/566/requerimento1302021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/566/requerimento1302021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre colocação de placas de sinalização na Rua Lucrécia do Amaral, nos termos que específica."</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento1312021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento1312021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre colocação de pedras junto ao projeto de loteamento localizado em frente a paineira, nos termos que específica.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/623/requerimento1322021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/623/requerimento1322021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE CONCERTO DE ESTRADA RURAL, NOS TERMOS QUE ESPECIFÍCA”.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/624/requerimento1332021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/624/requerimento1332021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE COBERTURA NO POSTO DE SAÚDE, NOS TERMOS QUE ESPECIFÍCA”.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/631/requerimento1342021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/631/requerimento1342021.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE RECOLOCAÇÃO DO MASTROS QUE HASTEIAM AS BANDEIRAS JUNTO AO DESTACAMENTO DE POLÍCIA MILITAR, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/632/requerimento1352021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/632/requerimento1352021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre solicitação de abertura de Comissão Especial de Investigação, nos termos que específica."</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento1362021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento1362021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre solicitação de informações, nos termos que específica.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/687/requerimento1372021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/687/requerimento1372021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 137/2021-CAM Súmula: Propõe sobre complementação da Iluminação do Campinho do Bairro Água da Onça, e dá outras providências.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/720/requerimento1382021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/720/requerimento1382021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RENÚNCIA AO CARGO DE COMISSÃO PERMANENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>Requerimento nº 139/2021 Dispõe sobre diária para cidade de Curitiba - Pr.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>Requerimento nº. 140/2021 Dispõe sobre diária para cidade de Curitiba - Pr.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>Requerimento nº. 141/2021 Dispõe sobre diária para cidade de Curitiba - Pr.</t>
   </si>
   <si>
     <t>750</t>
   </si>
@@ -3471,162 +3471,162 @@
   <si>
     <t>148</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>"Dispõe sobre disponibilização de caixa d’água, nos termos que específica."</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>"Dispõe sobre realização de pinturas nos obstáculos – quebra mola, nos termos que específica."</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/780/requerimento1512021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/780/requerimento1512021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre disponibilização de um ar condicionado a sede do Detran, nos termos que específica."</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento1522021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento1522021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 152/2021 DISPÕE SOBRE 01 (UMA) DIÁRIA PARA CIDADE DE CURITIBA - PARANÁ.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento1512021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento1512021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 153/2021 DISPÕE SOBRE DISPONIBILIZAÇÃO DE UM AR CONDICIONADO A SEDE DO DETRAN, NOS TERMOS QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/790/requerimento1542021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/790/requerimento1542021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 154/2021 Súmula: Propõe sobre retorno do Servidor Público Municipal nomeado como motorista o senhor Marcio Gomes para prestar serviços junto Pátio Rodoviário e verificar possibilidade de ser nomeado para prestar serviços junto a Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/793/requerimento1552021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/793/requerimento1552021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº. 155/2021 - CAM Súmula: Propõe sobre aquisição Cilindro Alveolador de Cera de Abelha Apicultura e dá outras providências.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/794/requerimento1562021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/794/requerimento1562021.pdf</t>
   </si>
   <si>
     <t>PREPOSIÇÃO DE REQUERIMENTO nº. 156/2021-0-CAM SÚMULA: "Dispõe sobre o patrolamento e passar rolo na Estrada Rural do Bairro Água da Onça, mais precisamente que passa pela propriedade do senhor João Basílio e dá outras providências"</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/796/requerimento1572021.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/796/requerimento1572021.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 157/2021 DISPÕE SOBRE VIAGEM PARA CURITIBA - PR.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>REQCI</t>
   </si>
   <si>
     <t>REQUERIMENTO CIDADÃO</t>
   </si>
   <si>
     <t>EDUARDA ROMANDO FERNANDES MONTEIRO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/746/u64871d0x114526_11122021_155123_000280.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/746/u64871d0x114526_11122021_155123_000280.pdf</t>
   </si>
   <si>
     <t>"SOLICITA DE GRAVAÇÃO EM MÍDIA".</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>MARCIO GOMES CID.</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/802/scan_12222021_115233_004760.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/802/scan_12222021_115233_004760.pdf</t>
   </si>
   <si>
     <t>"SOLICITA EXPLICAÇÕES ACERCA DO REQUERIMENTO N°154/2021".</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/803/scan_12222021_115443_004761.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/803/scan_12222021_115443_004761.pdf</t>
   </si>
   <si>
     <t>"SOLICITA EXPLICAÇÕES ACERCA DO REQUERIMENTO N° 154/2021."</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/804/scan_12222021_115806_004762.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/804/scan_12222021_115806_004762.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3930,67 +3930,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/625/denuncia01.2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/626/denuncia02.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/627/denuncia03.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/635/denuncia04.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao0012021pdf.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao0022021pdf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao0032021pdf.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao0042021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao0052021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/425/indicacao0062021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/496/indicacao0072021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/497/indicacao0082021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/498/indicacao0092021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/767/indicacao0102021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao0112021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao0122021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/378/mocao0032021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/765/mocao0042021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/766/mocao0052021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/638/oficio_001.2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/639/oficio_002.2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/640/oficio_003.2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/641/oficio_004.2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/642/oficio_005.2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/643/oficio_006.2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/644/oficio_007.2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/645/oficio_008.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/646/oficio_009.2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/647/oficio_010.2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/648/oficio_011.2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/649/oficio_012.2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/650/oficio_013.2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/651/oficio_014.2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/652/oficio_015.2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/653/oficio_016.2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/654/oficio_017.2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/655/oficio_018.2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/656/oficio_020.2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/657/oficio_021.2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/659/oficio_23.2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/660/oficio_024.2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/661/oficio_025.2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/662/oficio_n_028.2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/663/oficio_029.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/664/oficio_030.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/665/oficio_031.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/666/oficio_032.2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/667/oficio_033.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/668/oficio_034.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/669/oficio_035.2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/670/oficio_036.2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/671/oficio_037.2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/672/oficio_038.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/673/oficio_039.2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/674/oficio_040.2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/675/oficio_041.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/676/oficio_042.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/677/oficio_043.2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/678/oficio_044.2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/679/oficio_045.2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/680/oficio_046.2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/681/oficio_047.2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/682/oficio_048.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/683/oficio_049.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/684/oficio_050.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/685/oficio_051.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/686/oficio_052.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/690/oficio_052-1.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/691/oficio_054.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/692/oficio_055.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/693/oficio_056.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/694/oficio_057.2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/695/oficio_058.2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/697/oficio_059.2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/698/oficio_060.2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/699/oficio_061.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/700/oficio_062.2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/701/oficio_063.2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/702/oficio_064.2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/703/oficio_065.2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/704/oficio_066.2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/705/oficio_067.2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/696/oficio_068.2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/706/oficio_069.2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/722/of_070.2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/723/of_071.2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/724/of_072.2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/725/of_073.2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/758/of_074.2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/260/oficio_050.2021_gepatria_-_informa_acordo_de_cooperacao_tecnica_interlegis.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/261/oficio_051.2021_-_solicita_ofincina_marcos_juridicos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/763/u64871d0x114526_11222021_100515_000334.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/313/parecer_cof_01.2021_-_ratifica_aprov._contas_exec_2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/2/dec._lei_01.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_de_decreto_leg_2.2021_-_aprovacao_contas_executivo_2016.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/3/redacaofinal0012021pdf.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/4/redacaofinal0022021pdf.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/6/redacaofinal0032021pdf.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/29/redacaofinal0042021pdf.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/30/redacaofinal0052021pdf.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/43/redacaofinal0062021pdf.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/45/redacaofinal0072021pdf.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/46/redacaofinal0082021pdf.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/22/redacaofinal0092021arquivadapdf.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/47/redacaofinal0102021pdf.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/55/redacaofinal0112021pdf.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/57/redacaofinal0122021pdf.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/59/redacaofinal0132021pdf.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/61/redacaofinal0142021pdf.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/63/redacaofinal0152021pdf.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/67/redacaofinal0172021pdf.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/69/redacaofinal0182021pdf.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/71/redacaofinal0192021pdf.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/73/redacaofinal0202021pdf.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/75/redacaofinal0212021pdf.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/77/redacaofinal0222021arquivadapdf.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/79/redacaofinal0232021pdf.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/81/redacaofinal0242021pdf.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/99/redacaofinal0252021pdf.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/101/redacaofinal0262021pdf.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/103/redacaofinal0272021pdf.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/24/projetodelei0282021pdf.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/25/redacaofinal0292021pdf.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/162/redacaofinal0302021pdf.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/159/redacaofinal0312021pdf.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projetodelei0322021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/161/redacaofinal0332021pdf.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/163/redacaofinal0342021pdf.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/205/projetodelei0352021pdf.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei_legislativo_36.2021_-_revoga_cargo_de_ass_de_secretaria.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/254/projetodelei0372021pdf.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/255/projetodelei0382021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/347/projeto_de_lei_do_legislativo_no_039.2021.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/348/projeto_de_lei_do_legislativo_no_040.2021_-_denominacao_academia_saude.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/375/projeto_de_lei_complementar_do_legislativo_n.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/384/pl_043_-_acordo_de_cooperacao_tecnica_apae.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/391/projeto_de_lei_do_legislativo_no_044.2021_-_denominacao_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/402/projetodelei0452021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/431/projetodelei0462021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/434/projetodelei0482021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/492/pl048.2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/494/pl049.2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/515/projetodelei0502021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/564/projetodelei0512021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/565/projetodelei0522021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/634/projetodelei0542021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/759/pl_055.2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/760/pl_056.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/761/pl_057.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/762/pl_058.2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/783/projeto_de_lei_no._059.2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/784/projetolei060.2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/795/projeto_de_lei_no._061.2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/20/res_01.2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/21/resolucao_022021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/98/resolucao_03.2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/426/projetoresolucao05.2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/775/projeto_de_resolucao_n06.2021.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/797/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/147/u64871d0x114526_04262022_101017_001366.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/396/proposta_de_emenda_007.2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/432/proposta_de_emenda_a_lei_organica_001.2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/processo_leg_cei_01.2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/processo_adm_com_proc_01.2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento0012021pdf.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento0022021pdf.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento0032021pdf.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento0042021pdf.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento0052021pdf.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento0062021pdf.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento0072021pdf.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento0082021pdf.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento0092021pdf.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento0102021pdf.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento0112021pdf.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento0122021pdf.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento0132021pdf.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento0142021pdf.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento0152021pdf.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento0162021pdf.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento0172021pdf.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento0192021pdf.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento0202021pdf.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento0212021pdf.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento0222021pdf.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento0232021pdf.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento0242021pdf.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento0252021pdf.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento0262021pdf.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento0272021pdf.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento0282021pdf.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento0292021pdf.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento0302021pdf.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento0322021pdf.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/116/requerimento0332021pdf.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/117/requerimento0342021pdf.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/118/requerimento0352021pdf.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/119/requerimento0362021pdf.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/120/requerimento0372021pdf.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/121/requerimento0382021pdf.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/122/requerimento0392021pdf.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento0402021pdf.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/124/requerimento0412021pdf.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/125/requerimento0422021pdf.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/126/requerimento0432021pdf.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/127/requerimento0442021pdf.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento0452021pdf.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento0462021pdf.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento0472021pdf.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/131/requerimento0482021pdf.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento0492021pdf.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento0502021pdf.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento0512021pdf.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento0522021pdf.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/136/requerimento0532021pdf.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/137/requerimento0542021pdf.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/138/requerimento0552021pdf.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/139/requerimento0562021pdf.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento0572021pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento0582021pdf.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento0602021pdf.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/142/requerimento0612021pdf.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento0622021pdf.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento0632021pdf.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento0642021pdf.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento0652021pdf.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento0662021pdf.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento0672021pdf.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/156/requerimento0682021pdf.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento0692021pdf.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento0702021pdf.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento0712021pdf.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento0722021pdf.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento0732021pdf.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento0742021retiradodepautapdf.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento0752021pdf.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento0762021pdf.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento0772021pdf.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento0782021pdf.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento0792021pdf.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento0802021pdf.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento0812021pdf.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento0822021pdf.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento0832021pdf.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento0842021pdf.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento0852021pdf.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento0872021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento0882021pdf.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento0892021pdf.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento0902021pdf.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento0912021pdf.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento0922021pdf.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento0932021pdf.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento0942021pdf.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento0952021pdf.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento0962021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/383/requerimento0972021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/385/requerimento_no._098.2021_manutencao_campinho.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/386/requerimento0992021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento1002021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento1012021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento1022021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/390/requerimento1032021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/394/requerimento1042021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/395/requerimento1052021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/397/requerimento1062021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/398/requerimento1072021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/399/requerimento1082021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/400/requerimento1092021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/406/requerimento1102021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/421/requerimento1112021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/423/requerimento1122021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/424/requerimento1132021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/427/requerimento1142021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/428/requerimento1152021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/429/requerimento1162021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento1182021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/436/requerimento1192021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento1202021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/510/requerimento1212021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento1222021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/514/requerimento1232021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/516/requerimento1242021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/517/requerimento1252021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/526/requerimento1262021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/539/requerimento1272021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/562/requerimento1282021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/563/requerimento1292021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/566/requerimento1302021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento1312021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/623/requerimento1322021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/624/requerimento1332021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/631/requerimento1342021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/632/requerimento1352021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento1362021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/687/requerimento1372021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/720/requerimento1382021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/780/requerimento1512021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento1522021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento1512021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/790/requerimento1542021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/793/requerimento1552021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/794/requerimento1562021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/796/requerimento1572021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/746/u64871d0x114526_11122021_155123_000280.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/802/scan_12222021_115233_004760.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/803/scan_12222021_115443_004761.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/804/scan_12222021_115806_004762.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/625/denuncia01.2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/626/denuncia02.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/627/denuncia03.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/635/denuncia04.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao0012021pdf.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao0022021pdf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao0032021pdf.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao0042021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao0052021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/425/indicacao0062021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/496/indicacao0072021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/497/indicacao0082021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/498/indicacao0092021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/767/indicacao0102021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao0112021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao0122021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/378/mocao0032021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/765/mocao0042021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/766/mocao0052021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/638/oficio_001.2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/639/oficio_002.2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/640/oficio_003.2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/641/oficio_004.2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/642/oficio_005.2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/643/oficio_006.2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/644/oficio_007.2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/645/oficio_008.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/646/oficio_009.2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/647/oficio_010.2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/648/oficio_011.2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/649/oficio_012.2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/650/oficio_013.2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/651/oficio_014.2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/652/oficio_015.2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/653/oficio_016.2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/654/oficio_017.2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/655/oficio_018.2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/656/oficio_020.2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/657/oficio_021.2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/659/oficio_23.2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/660/oficio_024.2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/661/oficio_025.2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/662/oficio_n_028.2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/663/oficio_029.2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/664/oficio_030.2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/665/oficio_031.2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/666/oficio_032.2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/667/oficio_033.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/668/oficio_034.2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/669/oficio_035.2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/670/oficio_036.2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/671/oficio_037.2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/672/oficio_038.2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/673/oficio_039.2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/674/oficio_040.2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/675/oficio_041.2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/676/oficio_042.2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/677/oficio_043.2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/678/oficio_044.2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/679/oficio_045.2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/680/oficio_046.2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/681/oficio_047.2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/682/oficio_048.2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/683/oficio_049.2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/684/oficio_050.2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/685/oficio_051.2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/686/oficio_052.2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/690/oficio_052-1.2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/691/oficio_054.2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/692/oficio_055.2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/693/oficio_056.2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/694/oficio_057.2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/695/oficio_058.2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/697/oficio_059.2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/698/oficio_060.2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/699/oficio_061.2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/700/oficio_062.2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/701/oficio_063.2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/702/oficio_064.2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/703/oficio_065.2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/704/oficio_066.2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/705/oficio_067.2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/696/oficio_068.2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/706/oficio_069.2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/722/of_070.2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/723/of_071.2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/724/of_072.2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/725/of_073.2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/758/of_074.2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/260/oficio_050.2021_gepatria_-_informa_acordo_de_cooperacao_tecnica_interlegis.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/261/oficio_051.2021_-_solicita_ofincina_marcos_juridicos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/763/u64871d0x114526_11222021_100515_000334.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/313/parecer_cof_01.2021_-_ratifica_aprov._contas_exec_2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/2/dec._lei_01.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/590/projeto_de_decreto_leg_2.2021_-_aprovacao_contas_executivo_2016.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/3/redacaofinal0012021pdf.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/4/redacaofinal0022021pdf.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/6/redacaofinal0032021pdf.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/29/redacaofinal0042021pdf.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/30/redacaofinal0052021pdf.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/43/redacaofinal0062021pdf.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/45/redacaofinal0072021pdf.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/46/redacaofinal0082021pdf.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/22/redacaofinal0092021arquivadapdf.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/47/redacaofinal0102021pdf.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/55/redacaofinal0112021pdf.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/57/redacaofinal0122021pdf.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/59/redacaofinal0132021pdf.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/61/redacaofinal0142021pdf.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/63/redacaofinal0152021pdf.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/67/redacaofinal0172021pdf.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/69/redacaofinal0182021pdf.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/71/redacaofinal0192021pdf.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/73/redacaofinal0202021pdf.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/75/redacaofinal0212021pdf.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/77/redacaofinal0222021arquivadapdf.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/79/redacaofinal0232021pdf.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/81/redacaofinal0242021pdf.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/99/redacaofinal0252021pdf.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/101/redacaofinal0262021pdf.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/103/redacaofinal0272021pdf.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/24/projetodelei0282021pdf.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/25/redacaofinal0292021pdf.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/162/redacaofinal0302021pdf.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/159/redacaofinal0312021pdf.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projetodelei0322021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/161/redacaofinal0332021pdf.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/163/redacaofinal0342021pdf.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/205/projetodelei0352021pdf.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei_legislativo_36.2021_-_revoga_cargo_de_ass_de_secretaria.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/254/projetodelei0372021pdf.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/255/projetodelei0382021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/347/projeto_de_lei_do_legislativo_no_039.2021.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/348/projeto_de_lei_do_legislativo_no_040.2021_-_denominacao_academia_saude.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/375/projeto_de_lei_complementar_do_legislativo_n.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/384/pl_043_-_acordo_de_cooperacao_tecnica_apae.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/391/projeto_de_lei_do_legislativo_no_044.2021_-_denominacao_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/402/projetodelei0452021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/431/projetodelei0462021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/434/projetodelei0482021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/492/pl048.2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/494/pl049.2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/515/projetodelei0502021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/564/projetodelei0512021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/565/projetodelei0522021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/634/projetodelei0542021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/759/pl_055.2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/760/pl_056.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/761/pl_057.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/762/pl_058.2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/783/projeto_de_lei_no._059.2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/784/projetolei060.2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/795/projeto_de_lei_no._061.2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/20/res_01.2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/21/resolucao_022021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/98/resolucao_03.2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/426/projetoresolucao05.2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/775/projeto_de_resolucao_n06.2021.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/797/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/147/u64871d0x114526_04262022_101017_001366.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/396/proposta_de_emenda_007.2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/432/proposta_de_emenda_a_lei_organica_001.2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/processo_leg_cei_01.2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/processo_adm_com_proc_01.2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento0012021pdf.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento0022021pdf.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento0032021pdf.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento0042021pdf.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento0052021pdf.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento0062021pdf.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento0072021pdf.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento0082021pdf.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento0092021pdf.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento0102021pdf.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento0112021pdf.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento0122021pdf.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento0132021pdf.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento0142021pdf.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento0152021pdf.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento0162021pdf.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento0172021pdf.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento0192021pdf.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento0202021pdf.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento0212021pdf.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento0222021pdf.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento0232021pdf.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento0242021pdf.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento0252021pdf.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento0262021pdf.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento0272021pdf.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento0282021pdf.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento0292021pdf.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento0302021pdf.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento0322021pdf.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/116/requerimento0332021pdf.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/117/requerimento0342021pdf.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/118/requerimento0352021pdf.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/119/requerimento0362021pdf.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/120/requerimento0372021pdf.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/121/requerimento0382021pdf.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/122/requerimento0392021pdf.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento0402021pdf.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/124/requerimento0412021pdf.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/125/requerimento0422021pdf.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/126/requerimento0432021pdf.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/127/requerimento0442021pdf.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento0452021pdf.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento0462021pdf.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento0472021pdf.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/131/requerimento0482021pdf.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento0492021pdf.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento0502021pdf.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento0512021pdf.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento0522021pdf.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/136/requerimento0532021pdf.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/137/requerimento0542021pdf.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/138/requerimento0552021pdf.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/139/requerimento0562021pdf.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento0572021pdf.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento0582021pdf.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento0602021pdf.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/142/requerimento0612021pdf.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento0622021pdf.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento0632021pdf.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento0642021pdf.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento0652021pdf.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento0662021pdf.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento0672021pdf.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/156/requerimento0682021pdf.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento0692021pdf.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento0702021pdf.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/178/requerimento0712021pdf.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/179/requerimento0722021pdf.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento0732021pdf.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento0742021retiradodepautapdf.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/181/requerimento0752021pdf.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento0762021pdf.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento0772021pdf.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/193/requerimento0782021pdf.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento0792021pdf.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento0802021pdf.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento0812021pdf.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento0822021pdf.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/200/requerimento0832021pdf.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento0842021pdf.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento0852021pdf.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento0872021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento0882021pdf.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento0892021pdf.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento0902021pdf.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento0912021pdf.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento0922021pdf.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento0932021pdf.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento0942021pdf.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento0952021pdf.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento0962021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/383/requerimento0972021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/385/requerimento_no._098.2021_manutencao_campinho.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/386/requerimento0992021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento1002021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento1012021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento1022021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/390/requerimento1032021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/394/requerimento1042021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/395/requerimento1052021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/397/requerimento1062021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/398/requerimento1072021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/399/requerimento1082021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/400/requerimento1092021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/406/requerimento1102021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/421/requerimento1112021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/423/requerimento1122021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/424/requerimento1132021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/427/requerimento1142021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/428/requerimento1152021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/429/requerimento1162021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento1182021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/436/requerimento1192021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/495/requerimento1202021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/510/requerimento1212021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento1222021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/514/requerimento1232021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/516/requerimento1242021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/517/requerimento1252021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/526/requerimento1262021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/539/requerimento1272021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/562/requerimento1282021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/563/requerimento1292021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/566/requerimento1302021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/584/requerimento1312021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/623/requerimento1322021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/624/requerimento1332021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/631/requerimento1342021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/632/requerimento1352021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/633/requerimento1362021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/687/requerimento1372021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/720/requerimento1382021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/780/requerimento1512021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/785/requerimento1522021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/786/requerimento1512021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/790/requerimento1542021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/793/requerimento1552021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/794/requerimento1562021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/796/requerimento1572021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/746/u64871d0x114526_11122021_155123_000280.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/802/scan_12222021_115233_004760.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/803/scan_12222021_115443_004761.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2021/804/scan_12222021_115806_004762.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H389"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="50.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="152.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="151.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>