--- v0 (2025-12-18)
+++ v1 (2026-03-18)
@@ -54,897 +54,897 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOÇCO</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO</t>
   </si>
   <si>
     <t>LEGISLATIVO - LEG</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/868/mocao_de_congratulacao_pe._jose_edio.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/868/mocao_de_congratulacao_pe._jose_edio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO REVERENDÍSSIMO PE. JOSÉ ÉDIO DOS SANTOS E DEMAIS MEMBROS DA PARÓQUIA/DE NOSSA SENHORA/SANTA'ANA, pela brilhante atitude e manifestação realizada no empenho quando no acontecimento do "TERÇO DOS HOMENS" realizado na cidade de Aparecida do Norte - Estado de São Paulo, como também, pelos brilhantes serviços prestados junto á comunidade Santanense com dedicação,_x000D_
 perseverança, competência, humanidade e humildade em busca de uma sociedade mais digna e justa para todos.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/871/mocao_de_congratulacoes_pe._evaldo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/871/mocao_de_congratulacoes_pe._evaldo.pdf</t>
   </si>
   <si>
     <t>manifesta suas Congratulações e envia uma mensagem ao PE, EVALDO SOUZA, pela vinda em nossa cidade acompanhando e acolhendo a imagem de Nossa Senhora Aparecida, parabeniza também pelo trabalho de conscientização e evangelização que vem realizando no decorrer de sua trajetória, sua_x000D_
 presença alegrou muito a comunidade Santanense, com também os Vereadores, Prefeito e funcionários deste município, na qual queremos manifestar todo o nosso carinho, congratulação e apoio, desejamos que "DEUS" abençoe, fortaleçam e iluminem sempre no decorrer de sua jornada.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>MOÇPE</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/867/mocao_de_pesar_morte_danieli_r._da_silva.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/867/mocao_de_pesar_morte_danieli_r._da_silva.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte da saudosa Danieli Roberto da Silva, falecida em 10 de janeiro de 2015 neste município de Santana do Itararé -Paraná.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/869/mocao_de_pesar_eulalio_de_oliveira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/869/mocao_de_pesar_eulalio_de_oliveira.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do saudoso EULALIO DE OLIVEIRA, falecido nesta cidade de Santana do Itararé -Paraná.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/870/mocao_de_pesar_morte_benedito_cassiano_dos_santos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/870/mocao_de_pesar_morte_benedito_cassiano_dos_santos.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do saudoso BENEDITO CASSIANO DOS SANTOS, falecido nesta cidade de Santana do Itararé -Paraná.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/872/mocao_de_pesar_morte_ivone_f._de_souza_silverio.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/872/mocao_de_pesar_morte_ivone_f._de_souza_silverio.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte da saudosa IVONE FÁTIMA DE SOUZA SILVÉRIO, falecida nesta cidade de Santana do Itararé -Paraná.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/873/mocao_de_pesar_morte_antonio_de_oliveira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/873/mocao_de_pesar_morte_antonio_de_oliveira.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do saudoso ANTONIO DE OLIVEIRA, falecido nesta cidade de Santana do Itararé -Paraná.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/874/mocao_de_pesar_morte_leocadio_alves.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/874/mocao_de_pesar_morte_leocadio_alves.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do saudoso JOSÉ LEOCADIO ALVES, falecido nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>PARECER APRECIAÇÃO DE CONTAS DO PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/333/parecer_previo_tcrpr__190016.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/333/parecer_previo_tcrpr__190016.2013.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Município de Santana do Itararé - Pr., referente ao Exercício Financeiro de 2012, Processo nº. 190016/13 - Tribunal de Contas do Estado do Paraná do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>PROLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>JOSÉ DE JESUS ISAC</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1065/projeto_de_lei_no._001.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1065/projeto_de_lei_no._001.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 001/2015 SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REVISÃO NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, COM BASE NO REAJUSTE DO SALÁRIO MÍNIMO NACIONAL VIGENTE NO EXERCÍCIO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>GILMAR EGÍDIO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1066/projeto_de_lei_no._002.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1066/projeto_de_lei_no._002.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO nº. 002/2015 Súmula: Dispõe sobre abertura de Crédito Adicional Especial/Suplementar e dá Outras Providências.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1067/projeto_de_lei_no._003.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1067/projeto_de_lei_no._003.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 003/2015 SÚMULA: “DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ - REFIS MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1068/projeto_de_lei_no._004.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1068/projeto_de_lei_no._004.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 004/2015 SÚMULA: “ALTERA O ARTIGO 10 DA LEI MUNICIPAL Nº 043/2007 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>Gilmar Egídio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1069/projeto_de_lei_no._005.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1069/projeto_de_lei_no._005.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 005/2015 SUMULA: QUE ALTERA LEI MUNICIPAL Nº. 08/2013 – QUE INSTITUI O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIDORES DO MUNICÍPIO DE SANTANA DO ITARARÉ – ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1070/projeto_de_lei_no._006.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1070/projeto_de_lei_no._006.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 006/2015 SUMULA: CRIA O CARGO DE PROVIMENTO EM COMISSÃO DE ASSESSOR DE SECRETARIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1072/projeto_de_lei_no._007.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1072/projeto_de_lei_no._007.2015.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA LAR SÃO VICENTE DE PAULA</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1082/projeto_de_lei_no._008.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1082/projeto_de_lei_no._008.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 008/2015 SÚMULA: “RATIFICA O NOVO PROTOCOLO DE INTENÇÕES PARA CONSTITUIÇÃO DO CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL DO TERRITÓRIO DIVISA NORTE DO PARANÁ CODREN E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA À LEI ORGÂNICA DO MUNICÍPIO Nº. 009/2015  SÚMULA: “ESTE PROJETO EMENDA A LEI ORGÂNICA DO MUNICÍPIO DE SANTANA _x000D_
 DO ITARARÉ, ESTADO DO PARANÁ, ADEQUANDO-A COM AS EMENDAS CONSTITUCIONAIS NºS 14, DE 12 DE SETEMBRO DE 1996; 53, DE 19 DE DEZEMBRO DE 2006 E 59, DE 11 DE NOVEMBRO DE 2009, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 010/2015 - ARQUIVADO SÚMULA: “AUTORIZA A PERMUTA DE IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1085/projeto_de_lei_no._011.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1085/projeto_de_lei_no._011.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 011/2015 SÚMULA: “DISPÕE SOBRE O REAJUSTE NOS AUXÍLIOS MORADIA E ALIMENTAÇÃO CONCEDIDOS AOS MÉDICOS PARTICIPANTES DO PROJETO MAIS MÉDICOS PARA O BRASIL PMMB, INSTITUIDO NA LEI MUNICIPAL Nº. 023/2014 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1086/projeto_de_lei_no._012.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1086/projeto_de_lei_no._012.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 012/2015 SÚMULA: “DISPÕE SOBRE A RESTRIÇÃO NA PARTICIPAÇÃO DE PESSOAS FÍSICAS E JURÍDICAS EM CONCORRÊNCIA PÚBLICA, MEDIANTE VENDA DE IMÓVEIS DE TITULARIDADE DO MUNICÍPIO, ASSEGURANDO A ISONOMIA E COMPETITIVIDADE DO CERTAMEE DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1087/projeto_de_lei_no._013.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1087/projeto_de_lei_no._013.2015.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 013/2015 Súmula: Autoriza pagamento de abono do FUNDEB aos servidores em efetivo exercício do magistério da Educação Básica.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1088/projeto_de_lei_no._014.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1088/projeto_de_lei_no._014.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO Nº. 014/2015 Súmula: Dispõe sobre recomposição anual nos vencimentos dos Servidores Públicos Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1089/projeto_de_lei_no._015.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1089/projeto_de_lei_no._015.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO Nº. 015/2015 Súmula: Dispõe sobre recomposição anual nos vencimentos dos Servidores Públicos Municipal do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1090/projeto_de_lei_no._016.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1090/projeto_de_lei_no._016.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO Nº. 016 /2015 Súmula: Dispõe sobre a recomposição anual nos subsídios dos vereadores, e dá outras providências.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO Nº. 017/2015 Súmula: Dispõe sobre a recomposição anual nos subsídios do Prefeito, Vice Prefeito e nos vencimentos dos Secretários Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1092/projeto_de_lei_no._018.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1092/projeto_de_lei_no._018.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 018/2015 SÚMULA: Autoriza o Chefe Poder Executivo Municipal á efetuar descontos de 70% (setenta por cento) as pessoas portadoras de doenças crônicas, aposentados por invalidez e portadores de qualquer tipo deficiência dos impostos e taxas municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1093/projeto_de_lei_no._019.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1093/projeto_de_lei_no._019.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 019/2015 SÚMULA: “DISPÕE SOBRE A CRIAÇÃO E AMPLIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO, INCLUINDO-OS NO PLANO DE CARGOS, CARREIRA E VENCIMENTOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO LEI COMPLEMENTAR Nº. 08/2013E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1094/projeto_de_lei_no._020.2015_-_cancelado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1094/projeto_de_lei_no._020.2015_-_cancelado.pdf</t>
   </si>
   <si>
     <t>CANCELADO E ARQUIVADO PROJETO DE LEI Nº. 020/2015 SÚMULA: REVOGA NA ÍNTEGRA A LEI MUNICIPAL Nº. 054/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1106/projeto_de_lei_no._021.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1106/projeto_de_lei_no._021.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 021/2015 SÚMULA: “DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 039/2012 CÓDIGO DE POSTURAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1107/projeto_de_lei_no._021.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1107/projeto_de_lei_no._021.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 022/2015 SÚMULA: “DISPÕE SOBRE A RECOMPOSIÇÃO DOS PROVENTOS DOS SERVIDORES PÚBLICOS INATIVOS E PENSIONISTAS DO MUNCÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1108/projeto_de_lei_no._023.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1108/projeto_de_lei_no._023.2015.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO - PROJETO DE LEI Nº. 023/2015 SÚMULA: CRIA PROGRAMA ALUGUEL SOLIDÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1109/projeto_de_lei_no._024.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1109/projeto_de_lei_no._024.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 024/2015 SÚMULA: “DISPÕE SOBRE A COMPENSAÇÃO TRIBUTÁRIA DECORRENTE DE SENTENÇA HOMOLOGATÓRIA DE ACORDO JUDIDICIAL EM AÇÃO DE DESAPROPRIAÇÃO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1127/projeto_de_lei_no._025.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1127/projeto_de_lei_no._025.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 025/2015 SÚMULA: “INSTITUI O PLANO MUNICIPAL DE EDUCAÇÃO DE SANTANA DO ITARARÉ - PARANÁ, PARA O DECÊNIO 2015-2024 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1128/projeto_de_lei_no._026.2015_-_arquivado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1128/projeto_de_lei_no._026.2015_-_arquivado.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO - PROJETO DE LEI Nº. 026/2015 SÚMULA: AUTORIZA A AQUISIÇÃO DE IMÓVEL DE PROPRIEDADE DO SR. JOSÉ PRAXEDES REBEIRO E SUA CÔJUGE E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1129/projeto_de_lei_no._027.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1129/projeto_de_lei_no._027.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 027/2015 SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR ACORDO DE PARCELAMENTO/REPARCELAMENTO DE DÍVIDA PARA COM O FUNDO DE GARANTIA POR TEMPO DE SERVIÇO FGTS, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1130/projeto_de_lei_no._028.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1130/projeto_de_lei_no._028.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO nº. 028/2015 Súmula: Dispõe sobre abertura de Crédito Adicional Especial/Suplementar e dá Outras Providências.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1131/projeto_de_lei_no._029.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1131/projeto_de_lei_no._029.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 029/2015 SÚMULA: AUTORIZA PODER EXECUTIVO MUNICIPAL A ADQUIRIR DOIS IMÓVEIS RURAIS, NECESSÁRIOS À IMPLANTAÇÃO DE ESCOLA TÉCNICA RURAL, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1132/projeto_de_lei_no._030.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1132/projeto_de_lei_no._030.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 030/2015 SÚMULA: “ALTERA A LEI MUNICIPAL Nº 014/2013, QUE DISPÕE SOBRE CONCESSÃO DE DIÁRIAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1157/projeto_de_lei_no._031.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1157/projeto_de_lei_no._031.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 031/2015 SÚMULA: “PROPÕE SOBRE DENOMINAÇÃO DO PRÉDIO DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1158/projeto_de_lei_no._032.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1158/projeto_de_lei_no._032.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 032/2015 SÚMULA: Propõe sobre denominações das Ruas localizadas no loteamento do Bairro Tijuco Preto o qual pertencia ao senhor Aparício Maia, e dá outras Providências.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1164/projeto_de_lei_no._033.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1164/projeto_de_lei_no._033.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 033/2015 SÚMULA: “DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS NO BAIRRO DA CAMPINA, ZONA RURAL DO MUNICÍPIO DE SANTANA DO ITARARÉ/PR, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>ARQUIVADO - PROJETO DE LEI Nº. 034/2015 SÚMULA: “CRIA O INSTITUTO PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS EFETIVOS DO MUNICÍPIO DE SANTANA DO ITARARÉ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>JOÃO PEDRO ESPÓSITO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1166/projeto_de_lei_no._035.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1166/projeto_de_lei_no._035.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO N º. 035/2015 SÚMULA: Autoriza o Município a adquirir 01 (um) ÔNIBUS, e dá outras providências.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1167/projeto_de_lei_no._036.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1167/projeto_de_lei_no._036.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 036/2015 SÚMULA: “DISPÕE SOBRE A AMPLIAÇÃO DE CARGO DE PROVIMENTO EFETIVO, INCLUINDO-OS NO PLANO DE CARGOS, CARREIRA E VENCIMENTOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO LEI COMPLEMENTAR Nº 08/2013 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1169/projeto_de_lei_no._037.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1169/projeto_de_lei_no._037.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 037/2015 SÚMULA: “DISPÕE SOBRE O REAJUSTE NOS AUXÍLIOS MORADIA E ALIMENTAÇÃO CONCEDIDOS AOS MÉDICOS PARTICIPANTES DO PROJETO MAIS MÉDICOS PARA O BRASIL PMMB, INSTITUIDO NA LEI MUNICIPAL Nº 023/2014 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1170/projeto_de_lei_no._038.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1170/projeto_de_lei_no._038.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 038/2015 SÚMULA: “DISPÕE SOBRE A DENOMINAÇÃO DE ESTRADA VICINAL SITUADA NA BARREIRA, ZONA RURAL DO MUNICÍPIO DE SANTANA DO ITARARÉ/PR, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1171/projeto_de_lei_no._039.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1171/projeto_de_lei_no._039.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 039/2015 SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CONSÓRCIO INTERGESTORES PARANÁ SAÚDE CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1172/projeto_de_lei_no._040.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1172/projeto_de_lei_no._040.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 040/2015 SÚMULA: “ESTABELECE A IMPLANTAÇÃO DOS CONSELHOS ESCOLARES NOS ESTABELECIMENTOS DE ENSINO, MANTIDOS PELO PODER PÚBLICO MUNICIPAL CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1173/projeto_de_lei_no._041.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1173/projeto_de_lei_no._041.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 041/2015 SÚMULA: “DISPÕE SOBRE O PROGRAMA MUNICIPAL DE REGULARIZAÇÃO FUNDIÁRIA DE INTERESSE SOCIAL EM IMÓVEIS PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1174/projeto_de_lei_no._042.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1174/projeto_de_lei_no._042.2015.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº. 042/2015 SÚMULA: Propõe sobre a construção de Meio Fio e Calçamento nas Ruas do Bairro Campina e Estrada Vicinal do Bairro Barreira zona rural, e dá outras providências.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1180/projeto_de_lei_no._043.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1180/projeto_de_lei_no._043.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO LEGISLATIVO Nº. 043/2015 SÚMULA: Autoriza a Câmara Municipal de Santana do Itararé a ceder em regime de CESSÃO DE USO o antigo salão e/ou recinto de reunião do Poder Legislativo ao Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1181/projeto_de_lei_no._044.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1181/projeto_de_lei_no._044.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 044/2015 SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE LEILÃO, VEÍCULOS DE PROPRIEDADE DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1182/projeto_de_lei_no._045.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1182/projeto_de_lei_no._045.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 045/2015 SÚMULA: “DISPÕE SOBRE A PROIBIÇÃO DO VENDEDOR AMBULANTE NÃO ESTABELECIDO EM SANTANA DO ITARARÉ, ESTADO DO PARANÁ, VENDER QUALQUER TIPO DE PRODUTO OU MERCADORIA NAS LOCALIDADES OU VIAS PÚBLICAS, FORA DOS LUGARES ESPECIFICADOS E AUTORIZADOS PELO PODER PÚBLICO”.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1183/projeto_de_lei_no._046.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1183/projeto_de_lei_no._046.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 046/2015 SÚMULA: “DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1184/projeto_de_lei_no._047.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1184/projeto_de_lei_no._047.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº. 047/2015 SÚMULA: Dispõe sobre a fixação dos subsídios dos Vereadores e Presidente da Câmara de Santana do Itararé, para Legislatura 2017 á 2020.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1185/projeto_de_lei_no._048.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1185/projeto_de_lei_no._048.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº. 048/2015 SÚMULA: Dispõe sobre a fixação dos subsídios do Prefeito Municipal, Vice - Prefeito e Secretários do Município de Santana do Itararé, para o quadriênio de 2017 á 2020.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1186/projeto_de_lei_no._049.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1186/projeto_de_lei_no._049.2015.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº. 049/2015 Súmula: Dispõe sobre abertura de Credito Adicional Especial.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1187/projeto_de_lei_no._050.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1187/projeto_de_lei_no._050.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº. 050/2015 SÚMULA: “DISPÕE SOBRE A AMPLIAÇÃO DA CARGA HORÁRIA PARA O CARGO DE EFETIVO DE FISIOTERAPEUTA”.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1188/projeto_de_lei_no._051.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1188/projeto_de_lei_no._051.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 051/2015 SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE VENDA, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, ATRAVÉS DE PROCEDIMENTO LICITATÓRIO, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1189/projeto_de_lei_no._052.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1189/projeto_de_lei_no._052.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 052/2015 SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE LEILÃO, VEÍCULO DE PROPRIEDADE DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº. 053/2015 SÚMULA: Instituem o Programa Municipal de Incentivo e Apoio aos Alunos Formandos, Equipes de Futebol e Produtores Rurais cedendo um veículo ônibus para suas viagens do Município de Santana do Itararé Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1191/projeto_de_lei_no._054.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1191/projeto_de_lei_no._054.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO nº. 054/2015 Súmula: Dispõe sobre abertura de Crédito Adicional Especial/Suplementar e dá Outras Providências.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1192/projeto_de_lei_no._055.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1192/projeto_de_lei_no._055.2015.pdf</t>
   </si>
   <si>
     <t>PPROJETO DE LEI COMPLEMENTAR Nº. 055/2015 SÚMULA: “AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR, MEDIANTE DOAÇÃO, LOTES URBANOS DE PROPRIEDADE DO MUNICÍPIO COM BASE NA LEI COMPLEMENTAR Nº 035/2015, QUE DISPÕE SOBRE O PROGRAMA MUNICIPAL DE REGULARIZAÇÃO FUNDIÁRIA DE INTERESSE SOCIAL, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1193/projeto_de_lei_no._056.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1193/projeto_de_lei_no._056.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 056/2015 SÚMULA: “DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1194/projeto_de_lei_no._057.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1194/projeto_de_lei_no._057.2015.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 057/2015 Súmula: “Estima a Receita e fixa a Despesa do Município de Santana do Itararé para o exercício financeiro de 2016 e dá outras providências”.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1195/projeto_de_lei_no._058.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1195/projeto_de_lei_no._058.2015.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DA AGRICULTURA FAMILIAR AGRÍCOLA DE SANTANA E REGIÃO A.A.F.A.S., E DÁ OUTRAS PROVIDÊNCAS”.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/444/projetoresolucao01.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/444/projetoresolucao01.2015.pdf</t>
   </si>
   <si>
     <t>Estabelece o Cronograma de Execução de Desembolso para o exercício de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/445/projetoresolucao02.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/445/projetoresolucao02.2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de diárias para os Vereadores e Servidores Públicos da Câmara Municipal de Santana do Itararé - Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/446/projetoresolucao03.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/446/projetoresolucao03.2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar e dá Outras Providências.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/447/projetoresolucao04.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/447/projetoresolucao04.2015.pdf</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/448/projetoresolucao05.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/448/projetoresolucao05.2015.pdf</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/449/projetoresolucao06.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/449/projetoresolucao06.2015.pdf</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/450/projetoresolucao07.2015.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/450/projetoresolucao07.2015.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1248,67 +1248,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/868/mocao_de_congratulacao_pe._jose_edio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/871/mocao_de_congratulacoes_pe._evaldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/867/mocao_de_pesar_morte_danieli_r._da_silva.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/869/mocao_de_pesar_eulalio_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/870/mocao_de_pesar_morte_benedito_cassiano_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/872/mocao_de_pesar_morte_ivone_f._de_souza_silverio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/873/mocao_de_pesar_morte_antonio_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/874/mocao_de_pesar_morte_leocadio_alves.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/333/parecer_previo_tcrpr__190016.2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1065/projeto_de_lei_no._001.2015.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1066/projeto_de_lei_no._002.2015.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1067/projeto_de_lei_no._003.2015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1068/projeto_de_lei_no._004.2015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1069/projeto_de_lei_no._005.2015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1070/projeto_de_lei_no._006.2015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1072/projeto_de_lei_no._007.2015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1082/projeto_de_lei_no._008.2015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1085/projeto_de_lei_no._011.2015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1086/projeto_de_lei_no._012.2015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1087/projeto_de_lei_no._013.2015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1088/projeto_de_lei_no._014.2015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1089/projeto_de_lei_no._015.2015.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1090/projeto_de_lei_no._016.2015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1092/projeto_de_lei_no._018.2015.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1093/projeto_de_lei_no._019.2015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1094/projeto_de_lei_no._020.2015_-_cancelado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1106/projeto_de_lei_no._021.2015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1107/projeto_de_lei_no._021.2015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1108/projeto_de_lei_no._023.2015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1109/projeto_de_lei_no._024.2015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1127/projeto_de_lei_no._025.2015.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1128/projeto_de_lei_no._026.2015_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1129/projeto_de_lei_no._027.2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1130/projeto_de_lei_no._028.2015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1131/projeto_de_lei_no._029.2015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1132/projeto_de_lei_no._030.2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1157/projeto_de_lei_no._031.2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1158/projeto_de_lei_no._032.2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1164/projeto_de_lei_no._033.2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1166/projeto_de_lei_no._035.2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1167/projeto_de_lei_no._036.2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1169/projeto_de_lei_no._037.2015.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1170/projeto_de_lei_no._038.2015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1171/projeto_de_lei_no._039.2015.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1172/projeto_de_lei_no._040.2015.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1173/projeto_de_lei_no._041.2015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1174/projeto_de_lei_no._042.2015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1180/projeto_de_lei_no._043.2015.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1181/projeto_de_lei_no._044.2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1182/projeto_de_lei_no._045.2015.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1183/projeto_de_lei_no._046.2015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1184/projeto_de_lei_no._047.2015.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1185/projeto_de_lei_no._048.2015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1186/projeto_de_lei_no._049.2015.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1187/projeto_de_lei_no._050.2015.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1188/projeto_de_lei_no._051.2015.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1189/projeto_de_lei_no._052.2015.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1191/projeto_de_lei_no._054.2015.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1192/projeto_de_lei_no._055.2015.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1193/projeto_de_lei_no._056.2015.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1194/projeto_de_lei_no._057.2015.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1195/projeto_de_lei_no._058.2015.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/444/projetoresolucao01.2015.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/445/projetoresolucao02.2015.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/446/projetoresolucao03.2015.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/447/projetoresolucao04.2015.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/448/projetoresolucao05.2015.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/449/projetoresolucao06.2015.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/450/projetoresolucao07.2015.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/868/mocao_de_congratulacao_pe._jose_edio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/871/mocao_de_congratulacoes_pe._evaldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/867/mocao_de_pesar_morte_danieli_r._da_silva.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/869/mocao_de_pesar_eulalio_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/870/mocao_de_pesar_morte_benedito_cassiano_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/872/mocao_de_pesar_morte_ivone_f._de_souza_silverio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/873/mocao_de_pesar_morte_antonio_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/874/mocao_de_pesar_morte_leocadio_alves.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/333/parecer_previo_tcrpr__190016.2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1065/projeto_de_lei_no._001.2015.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1066/projeto_de_lei_no._002.2015.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1067/projeto_de_lei_no._003.2015.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1068/projeto_de_lei_no._004.2015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1069/projeto_de_lei_no._005.2015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1070/projeto_de_lei_no._006.2015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1072/projeto_de_lei_no._007.2015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1082/projeto_de_lei_no._008.2015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1085/projeto_de_lei_no._011.2015.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1086/projeto_de_lei_no._012.2015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1087/projeto_de_lei_no._013.2015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1088/projeto_de_lei_no._014.2015.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1089/projeto_de_lei_no._015.2015.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1090/projeto_de_lei_no._016.2015.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1092/projeto_de_lei_no._018.2015.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1093/projeto_de_lei_no._019.2015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1094/projeto_de_lei_no._020.2015_-_cancelado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1106/projeto_de_lei_no._021.2015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1107/projeto_de_lei_no._021.2015.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1108/projeto_de_lei_no._023.2015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1109/projeto_de_lei_no._024.2015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1127/projeto_de_lei_no._025.2015.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1128/projeto_de_lei_no._026.2015_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1129/projeto_de_lei_no._027.2015.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1130/projeto_de_lei_no._028.2015.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1131/projeto_de_lei_no._029.2015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1132/projeto_de_lei_no._030.2015.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1157/projeto_de_lei_no._031.2015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1158/projeto_de_lei_no._032.2015.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1164/projeto_de_lei_no._033.2015.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1166/projeto_de_lei_no._035.2015.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1167/projeto_de_lei_no._036.2015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1169/projeto_de_lei_no._037.2015.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1170/projeto_de_lei_no._038.2015.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1171/projeto_de_lei_no._039.2015.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1172/projeto_de_lei_no._040.2015.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1173/projeto_de_lei_no._041.2015.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1174/projeto_de_lei_no._042.2015.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1180/projeto_de_lei_no._043.2015.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1181/projeto_de_lei_no._044.2015.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1182/projeto_de_lei_no._045.2015.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1183/projeto_de_lei_no._046.2015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1184/projeto_de_lei_no._047.2015.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1185/projeto_de_lei_no._048.2015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1186/projeto_de_lei_no._049.2015.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1187/projeto_de_lei_no._050.2015.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1188/projeto_de_lei_no._051.2015.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1189/projeto_de_lei_no._052.2015.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1191/projeto_de_lei_no._054.2015.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1192/projeto_de_lei_no._055.2015.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1193/projeto_de_lei_no._056.2015.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1194/projeto_de_lei_no._057.2015.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/1195/projeto_de_lei_no._058.2015.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/444/projetoresolucao01.2015.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/445/projetoresolucao02.2015.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/446/projetoresolucao03.2015.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/447/projetoresolucao04.2015.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/448/projetoresolucao05.2015.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/449/projetoresolucao06.2015.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2015/450/projetoresolucao07.2015.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="50.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>