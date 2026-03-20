--- v0 (2025-12-17)
+++ v1 (2026-03-20)
@@ -54,1103 +54,1103 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOÇPE</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
     <t>LEGISLATIVO - LEG</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/880/mocao_de_pesar_morte_maria_de_lourdes_biscaro.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/880/mocao_de_pesar_morte_maria_de_lourdes_biscaro.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte da senhora MARIA DE LOURDES BISCARO, falecida em 29 de junho de 2013, neste Município.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/881/mocao_de_pesar_morte_helio_peixoto_da_silveira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/881/mocao_de_pesar_morte_helio_peixoto_da_silveira.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor HELIO PEIXOTO DA SILVEIRA, falecido em 22 de junho de 2013, neste Município.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/882/mocao_de_pesar_morte_jonei_dias_vieira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/882/mocao_de_pesar_morte_jonei_dias_vieira.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do saudoso JONEI DIAS VIEIRA, falecido em 01 de julho de 2013 neste município de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/883/mocao_de_pesar_morte_alvinei_jose_vieira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/883/mocao_de_pesar_morte_alvinei_jose_vieira.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do saudoso ALVINEI JOSÉ VIEIRA, falecido em 01 de julho de 2013 neste município de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/884/mocao_de_pesar_morte_rubens_raimundo_coutinho.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/884/mocao_de_pesar_morte_rubens_raimundo_coutinho.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor Rubens Raimundo Coutinho, falecido neste município de Santana do Itararé -Paraná.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/885/mocao_de_pesar_morte_pedro_vieira_de_carvalho.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/885/mocao_de_pesar_morte_pedro_vieira_de_carvalho.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor Pedro Vieira de Carvalho, falecido nesta cidade de Santana do Itararé -Paraná.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/886/mocao_de_pesar_morte_antonia_bueno_pereira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/886/mocao_de_pesar_morte_antonia_bueno_pereira.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte de Antonia Bueno Pereira, falecida nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/887/mocao_de_pesar_morte_magdalena_cabete_rodrigues.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/887/mocao_de_pesar_morte_magdalena_cabete_rodrigues.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte de Magdalena Cabete Rodrigues, falecida nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/888/mocao_de_pesar_morte_ernestina_candida_alves.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/888/mocao_de_pesar_morte_ernestina_candida_alves.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte de Ernestina Candida Alves, falecida nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/889/mocao_de_pesar_morte_tereza_pereira_de_oliveira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/889/mocao_de_pesar_morte_tereza_pereira_de_oliveira.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte da senhora TEREZA PEREIRA DE OLIVEIRA, falecida em 26 de junho de 2013, neste Município.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/890/mocao_de_pesar_morte_jorge_moura.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/890/mocao_de_pesar_morte_jorge_moura.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor JORGE MOURA (conhecido como Jorginho moura).</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/891/mocao_de_pesar_morte_jamil_corimbara.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/891/mocao_de_pesar_morte_jamil_corimbara.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor JAMIL CORIMBABA, falecido em 10 de junho de 2013, neste Município.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/892/mocao_de_pesar_morte_maria_ap_alves.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/892/mocao_de_pesar_morte_maria_ap_alves.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte da senhora MARIA APARECIDA ALVES, falecida em 28 de maio de 2013, neste Município.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>JAIR MAIA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/893/mocao_de_pesar_morte_antonio_de_oliveira1.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/893/mocao_de_pesar_morte_antonio_de_oliveira1.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor ANTONIO DE OLIVEIRA, falecido em 06 de maio de 2013, neste Município.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/894/mocao_de_pesar_morte_elizeu_ap._de_souza.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/894/mocao_de_pesar_morte_elizeu_ap._de_souza.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor Elizeu Aparecido de Souza, falecido em 09 de maio de 2013, neste Município.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/895/mocao_de_pesar_morte_francisco_lucio_de_azevedo.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/895/mocao_de_pesar_morte_francisco_lucio_de_azevedo.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor FRANCISCO LUCIO DE AZEVEDO, falecido em 26 de maio de 2013, neste Município.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>PARECER APRECIAÇÃO DE CONTAS DO PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/336/parecer_cof_1.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/336/parecer_cof_1.2013.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Município de Santana do Itararé - Pr., referente ao Exercício Financeiro de 2010, Processo nº. 169288/11 - TC do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>PROLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>JOSÉ DE JESUS ISAC</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1283/projeto_de_lei_no._001.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1283/projeto_de_lei_no._001.2013.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA OS SERVIÇOS DE LIMPEZA PÚBLICA E MANEJO DE RESÍDUOS SÓLIDOS DO MUNICÍPIO DE SANTANA DO ITARARÉ - ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1284/projeto_de_lei_no._002.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1284/projeto_de_lei_no._002.2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO NO MUNICÍIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1285/projeto_de_lei_no._003.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1285/projeto_de_lei_no._003.2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DOS AGENTES AMBIENTAIS DE SANTANA DO ITARARÉ ASAGASI, ABRE CRÉDITO ESPECIAL E CONTÉM OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1286/projeto_de_lei_no._004.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1286/projeto_de_lei_no._004.2013.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 050/2009 Plano Plurianual referente ao período de 2010 a 2013, Altera a Lei nº 016/2012 Lei de Diretrizes Orçamentárias para o Exercício de 2013 e Dispõe sobre abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>Gilmar Egídio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1291/projeto_de_lei_no._005.2013_-_arquivado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1291/projeto_de_lei_no._005.2013_-_arquivado.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO - AUTORIZA O CHEFE DO PODER LEGISLATIVO MUNICIPAL Á ALIENAR MEDIANTE VENDA, IMÓVEIS DE PROPRIEDADE DO PODER LEGISLATIVO, ATRAVÉS DE PROCEDIMENTO LICITATÓRIO, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1292/projeto_de_lei_no._006.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1292/projeto_de_lei_no._006.2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1294/projeto_de_lei_no._007.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1294/projeto_de_lei_no._007.2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL DE SANTANA DO ITARARÉ-PR, REFIS MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1295/projeto_de_lei_no._008.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1295/projeto_de_lei_no._008.2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER REAJUSTE DIFERENCIADO NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DO LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1296/projeto_de_lei_no._009.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1296/projeto_de_lei_no._009.2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A DOAR 14 IMÓVEIS NÃO EDIFICADOS PARA PESSOAS CARENTES DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1297/projeto_de_lei_no._010.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1297/projeto_de_lei_no._010.2013.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIDORES DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1299/projeto_de_lei_no._011.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1299/projeto_de_lei_no._011.2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR MEDIANTE COMPRA IMÓVEL RURAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1300/projeto_de_lei_no._012.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1300/projeto_de_lei_no._012.2013.pdf</t>
   </si>
   <si>
     <t>“CRIA O CONSELHO MUNICIPAL DE EDUCAÇÃO DE SANTANA DO ITARARÉ ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1301/projeto_de_lei_no._013.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1301/projeto_de_lei_no._013.2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE VENDA, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, ATRAVÉS DE PROCEDIMENTO LICITATÓRIO, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1302/projeto_de_lei_no._013.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1302/projeto_de_lei_no._013.2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA A ANÁLISE TEMÁTICA INTEGRADA - ATI REFERENTE AO PLANO DIRETOR MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1303/projeto_de_lei_no._015.2013_-_arquivado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1303/projeto_de_lei_no._015.2013_-_arquivado.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO “ALTERA A LEI MUNICIPAL Nº 019/2010 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1305/projeto_de_lei_no._016.2013_-_retirado_de_pauta.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1305/projeto_de_lei_no._016.2013_-_retirado_de_pauta.pdf</t>
   </si>
   <si>
     <t>REJEITADO “ALTERA A LEI MUNICIPAL Nº 067/2009 (DISPÕE SOBRE A CONTRATAÇÃO DE ESTAGIÁRIOS NO ÂMBITO MUNICIPAL) E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1306/projeto_de_lei_no._017.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1306/projeto_de_lei_no._017.2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE CONCESSÃO DE DIÁRIAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1307/projeto_de_lei_no._018.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1307/projeto_de_lei_no._018.2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1308/projeto_de_lei_no._019.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1308/projeto_de_lei_no._019.2013.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS AGENTES AMBIENTAIS DE SANTANA DO ITARARÉ - ASAGASI”.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1309/projeto_de_lei_no._020.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1309/projeto_de_lei_no._020.2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL Á FIRMAR CONVÊNIO COM A SECRETARIA DO DESENVOLVIMENTO URBANO SEDU, VISANDO A CONSTRUÇÃO DA SEDE DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>JOÃO PEDRO ESPÓSITO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1310/projeto_de_lei_no._021.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1310/projeto_de_lei_no._021.2013.pdf</t>
   </si>
   <si>
     <t>Propõe a construção de ASFALTO, TERRAPLANAGENS E DRENAGENS nas estradas municipais saída para os Bairros Água da Onça, Varginha e Alferes Fabrício, e dá outras providências.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1311/projeto_de_lei_no._022.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1311/projeto_de_lei_no._022.2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE DIFERENCIADO NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1312/projeto_de_lei_no._023.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1312/projeto_de_lei_no._023.2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE SANTANA DO ITARARÉ/PR A FIRMAR CONVÊNIO DE COOPERAÇÃO TÉCNICO-ECONÔMICA COM O INSTITUTO KAEFER GLOBOAVES DESENVOLVIMENTO ECONÔMICO, SOCIAL E AMBIENTAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1313/projeto_de_lei_no._024.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1313/projeto_de_lei_no._024.2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE SANTANA DO ITARARÉ/PR A CONTRIBUIR FINANCEIRAMENTE COM O CONSÓRCIO PÚBLICO INTERMUNICIPAL DE SAÚDE DO NORTE PIONEIRO CISNORPI PARA O FUNCIONAMENTO E MANUTENÇÃO DO HOSPITAL REGIONAL DO NORTE PIONEIRO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1314/projeto_de_lei_no._025.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1314/projeto_de_lei_no._025.2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER CESSÃO DE SERVIDORES PÚBLICOS PARA ATENDER AS DEMANDAS LABORAIS, ADMINISTRATIVAS E OPERACIONAIS DO CONSÓRCIO INTERMUNICIPAL PARA O DESENVOLVIMENTO REGIONAL - DIVISA NORTE DO PARANÁ - CODREN”.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1315/projeto_de_lei_no._026.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1315/projeto_de_lei_no._026.2013.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº. 050/2009 - PLANO PLURIANUAL REFERENTE AO PERÍIODO DE 2010 A 2013, ALTERA A LEI Nº. 016/2012 - LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA EXERCÍCIO DE 2013 E DISPÕE SOBRE ABERTRA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1318/projeto_de_lei_no._027.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1318/projeto_de_lei_no._027.2013.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 050/2009 Plano Plurianual referente ao período de 2010 a 2013, Altera a Lei nº 016/2012 Lei de Diretrizes Orçamentárias para o Exercício de 2013, Lei nº 041/2012 Lei Orçamentaria Anual para o Exercício de 2013 e Dispõe sobre abertura de Credito Adicional Suplementar.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>COQUINHO DO JOEL</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1319/projeto_de_lei_no._028.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1319/projeto_de_lei_no._028.2013.pdf</t>
   </si>
   <si>
     <t>Propõe sobre nova denominação da RUA FRANCISCO DE PAULA MACHADO de "RUA VEREADOR JOSÉ FRANCISCO DOS SANTOS", e dá outras Providências.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1320/projeto_de_lei_no._029.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1320/projeto_de_lei_no._029.2013.pdf</t>
   </si>
   <si>
     <t>Propõe sobre nova denominação da RUA OLARIA de "RUA JOÃO FELIPE DE OLIVEIRA", e dá outras Providências.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1321/projeto_de_lei_no._030.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1321/projeto_de_lei_no._030.2013.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA O CLUBE DA MELHOR IDADE PROFESSORA JOANA PAITACH DA SILVA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1322/projeto_de_lei_no._031.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1322/projeto_de_lei_no._031.2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1323/projeto_de_lei_no._032.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1323/projeto_de_lei_no._032.2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE SANTANA DO ITARARÉ, PARA O PERÍODO DE 2014 À 2017”</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1324/projeto_de_lei_no._033.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1324/projeto_de_lei_no._033.2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE CONCESSÃO DE FÉRIAS AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1325/projeto_de_lei_no._034.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1325/projeto_de_lei_no._034.2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER LEGISLATIVO MUNICIPAL Á CONCEDER REAJUSTE NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DO LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1326/projeto_de_lei_no._035.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1326/projeto_de_lei_no._035.2013.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 017/2009, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1330/projeto_de_lei_no._036.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1330/projeto_de_lei_no._036.2013.pdf</t>
   </si>
   <si>
     <t>“RATIFICA OS TERMOS DO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERMUNICIPAL PARA O ATERRO SANITÁRIO - CIAS, FIRMADO ENTRE OS MUNICÍPIOS DE SANTANA DO ITARARÉ E SÃO JOSÉ DA BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1347/projeto_de_lei_no._037.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1347/projeto_de_lei_no._037.2013.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “CRIA EMPREGOS PÚBLICOS TEMPORÁRIOS, AUTORIZA A REALIZAÇÃO DE TESTE SELETIVO SIMPLIFICADO PARA A CONTRATAÇÃO DE PESSOAL PARA ATENDER AO PROGRAMA ESTADUAL FAMÍLIA PARANAENSE E AOS PROGRAMAS FEDERAIS DE SERVIÇO DE CONVIVÊNCIA E FORTALECIMENTO DE VÍNCULOS E O BOLSA FAMÍLIA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1348/projeto_de_lei_no._038.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1348/projeto_de_lei_no._038.2013.pdf</t>
   </si>
   <si>
     <t>Súmula: Altera a Lei nº 050/2009 Plano Plurianual referente ao período de 2010 a 2013, Altera a Lei nº. 016/2012 Lei de Diretrizes Orçamentárias para o _x000D_
 Exercício de 2013 e Dispõe sobre abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1349/projeto_de_lei_no._039.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1349/projeto_de_lei_no._039.2013.pdf</t>
   </si>
   <si>
     <t>Súmula: Altera a Lei nº 050/2009 Plano Plurianual referente ao período de 2010 a 2013, Altera a Lei nº 016/2012 Lei de Diretrizes Orçamentárias para o _x000D_
 Exercício de 2013 e Dispõe sobre abertura de Crédito Adicional Suplementar.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1350/projeto_de_lei_no._040.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1350/projeto_de_lei_no._040.2013.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMERCIAL E EMPRESARIAL DE SANTANA DO ITARARÉ - PR - ACESI”.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1396/projeto_de_lei_n.041.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1396/projeto_de_lei_n.041.2013.pdf</t>
   </si>
   <si>
     <t>REPROVADO - Altera a lei n°. 050/2009 - Plano Plurianual referente ao período de 2010 a 2013, altera a lei N°.016/2012 - lei de diretrizes orçamentárias para o exercício de 2013 e dispõe sobre abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a lei n°. 050/2009 - Plano Plurianual referente ao período de 2010 a 2013, altera a lei N°.016/2012 - lei de diretrizes orçamentárias para o exercício de 2013 e dispõe sobre abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1398/projeto_de_lei_n.043.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1398/projeto_de_lei_n.043.2013.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 231 E O ANEXO VI E REVOGA O ARTIVO 230, TODOS DA LEI MUNICIPAL N°. 040.2001, QUE INSTITUI O CÓDICO TRIBUTÁRIO DO MUNICÍPIO DE SANTANA DO ITARARÉ.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1399/projeto_de_lei_n.044.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1399/projeto_de_lei_n.044.2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CONCESSÃO DE USO DE BEM IMÓVEL QUE ESPECIFICA, DE PROPRIEDADE DO MUNICÍPIO DE SANTANA DO ITARARÉ - PR, À ASSOCIAÇÃO DOS AGENTER AMBIENTAIS DE SANTANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1400/projeto_de_lei_n.045.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1400/projeto_de_lei_n.045.2013.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL - COMSEA DO MUNICÍPIO DE SANTANA DO ITARARE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1401/projeto_de_lei_n.046.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1401/projeto_de_lei_n.046.2013.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N°. 050/2009 - PLANO PLURIANUAL REFERENTE AO PERÍODO DE 2010 À 2013, ALTERA A LEI N°.016.2012 - LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2013 E DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1402/projeto_de_lei_n.047.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1402/projeto_de_lei_n.047.2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÕES DAS RUAS LOCALIZADAS NOS LOTEAMENTOS DOS BAIRROS PARQUE BARIGUI E ALFERES FABRÍCIO O QUAL PERTENCIA AO SENHOR JORGE MALUF, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1403/projeto_de_lei_n.048.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1403/projeto_de_lei_n.048.2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÕES DAS RUAS LOCALIZADAS NOS LOTEAMENTOS DOS BAIRRO ALFERES FABRÍCIO O QUAL PERTENCIA AO SENHOR JORGE MALUF, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1404/projeto_de_lei_n.049.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1404/projeto_de_lei_n.049.2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR MEDIANTE COMPRA IMÓVEIS RURAIS CONFORME ESPECIFICA</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1405/projeto_de_lei_n.050.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1405/projeto_de_lei_n.050.2013.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 043.2007 (PLANO DE CARGOS, CARREIRA E VENCIMENTOS DO MAGISTÉRIO MUNICIPAL) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1406/projeto_de_lei_n.051.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1406/projeto_de_lei_n.051.2013.pdf</t>
   </si>
   <si>
     <t>AMPLIA A QUANTIDADE DE VAGAS DE CARGOS EFETIVOS PREVISTOS NA LEI COMPLEMENTAR MUNICIPAL N°.08.2013 (PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIDORES PUBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ - PR) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1407/projeto_de_lei_n.051.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1407/projeto_de_lei_n.051.2013.pdf</t>
   </si>
   <si>
     <t>RATIFIC A CARGA HORÁRIA DO CARGO EFETIVO DE MÉDICO VETERINÁRIO, CRIADO PELA LEI MUNICIPAL N°.020.2011 CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1408/projeto_de_lei_n.053.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1408/projeto_de_lei_n.053.2013.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°.029.2013, RATIFICA O PROTOCOLO DE INTENÇÕES FIRMADO ENTRE OS MUNICÍPIOS DE SANTANA DO ITARARÉ E SÃO JOSÉ DA BOA VISTA.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1409/projeto_de_lei_n.054.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1409/projeto_de_lei_n.054.2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DE IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1410/projeto_de_lei_n.055.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1410/projeto_de_lei_n.055.2013.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N°.050.2009 - PLANO PLURIANUAL REFERENTE AO PERÍODO DE 2010 À 2013, ALTERA A LEI N°.016.2022 - LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2013 E DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1411/projeto_de_lei_n.056.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1411/projeto_de_lei_n.056.2013.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR MUNICIPAL N°.040.2001, QUE DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N° 035.2012, QUE INSTITUI A LEI DE ZONEAMENTO, USO E OCUPAÇÃO DO SOLO E SISTEMA VIÁRIO DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1413/projeto_de_lei_n.058.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1413/projeto_de_lei_n.058.2013.pdf</t>
   </si>
   <si>
     <t>REPROVADO - INSTITUI O SISTEMA MUNICIPAL DE ATENDIMENTO SOCIOEDUCATIVO - SIMASE, NAS MODALIDADES DE MEDIDAS SOCIOEDUCATIVAS DE LIBERDADE ASSISTIDA E DE PRESTAÇÃO DE SERVIÇOS À COMUNIDADE, QUE DESTINADO AOS ADOLESCENTES QUE PRATIQUEM ATOS INFRACIONAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1414/projeto_de_lei_n.059.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1414/projeto_de_lei_n.059.2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA DE ESTABELECIMENTOS QUE PRODUZAM BEBIDAS E ALIMENTOS DE CONSUMO HUMANO DE ORIGEM ANIMAL E VEGETAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1415/projeto_de_lei_n.060.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1415/projeto_de_lei_n.060.2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DE IMÓVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N° 08/2013, QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIDORES PÚBLICOS DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ, CONFORME MENCIONA.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1417/projeto_de_lei_n.062.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1417/projeto_de_lei_n.062.2013.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMERCIAL E EMPRESARIAL DE SANTANA DO ITARARÉ - ACESI, CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1419/projeto_de_lei_n.064.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1419/projeto_de_lei_n.064.2013.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS DA LEI 034/2013 - PLANO PLURIANUAL 2014/2017 E OS ANEXOS DA LEI 035/2013 - LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1420/projeto_de_lei_n.065.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1420/projeto_de_lei_n.065.2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM AGENCIA DE FOMENTO DO PARANÁ S.A.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1421/projeto_de_lei_n.066.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1421/projeto_de_lei_n.066.2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO DOAR PARTE DA ÁREA DE TERRA DE SUA PROPRIEDADE AO FUNDO DE ARRENDAMENTO RESIDENCIAL - FAR, ADMINISTRADO PELA CAIXA ECONOMICA FEDERAL.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1422/projeto_de_lei_n.067.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1422/projeto_de_lei_n.067.2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR PARTE DE ÁREA DE TERRA DE SUA PROPRIEDADE AO FUNDO DE DESENVOLVIMENTO SOCIAL FDS, ADMINISTRADO PELA CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1423/projeto_de_lei_n.068.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1423/projeto_de_lei_n.068.2013.pdf</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/452/projetoresolucao01.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/452/projetoresolucao01.2013.pdf</t>
   </si>
   <si>
     <t>SUPRIME A RESOLUÇÃO LEGISLATIVA Nº. 002/2011, que dispõe sobre o pagamento de diárias para os Vereadores e Servidores Públicos da Câmara Municipal de Vereadores de Santana do Itararé - Estado do Paraná, e dá outras providências, em sua totalidade.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/453/projetoresolucao02.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/453/projetoresolucao02.2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de diárias para os Vereadores e Servidores Públicos da Câmara Municipal de Vereadores de Santana do Itararé - Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/454/projetoresolucao03.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/454/projetoresolucao03.2013.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 13 do Regimento Interno, Resolução nº. 04/1992, e da outras providências.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/455/projetoresolucao04.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/455/projetoresolucao04.2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar e dá Outras Providências.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/456/projetoresolucao05.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/456/projetoresolucao05.2013.pdf</t>
   </si>
   <si>
     <t>Estabelece o Cronograma de Execução e Desembolso para o exercício de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/457/projetoresolucao06.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/457/projetoresolucao06.2013.pdf</t>
   </si>
   <si>
     <t>Dispões sobre abertura de Crédito Adicional Suplementar e dá Outras Providências.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/458/projetoresolucao07.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/458/projetoresolucao07.2013.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Santana do Itararé a ceder em regime de CESSÃO DE USO 01 (um) Micro Computador completo usado para EMATER DE SANTANA DO ITARARÉ - PARANÁ, e dá outras providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/459/projetoresolucao08.2013.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/459/projetoresolucao08.2013.pdf</t>
   </si>
   <si>
     <t>Revoga o Inciso III do Artigo 178 e Altera os artigos 178 e 180 do Regimento Interno, Resolução nº. 04/1992, e da outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1457,67 +1457,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/880/mocao_de_pesar_morte_maria_de_lourdes_biscaro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/881/mocao_de_pesar_morte_helio_peixoto_da_silveira.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/882/mocao_de_pesar_morte_jonei_dias_vieira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/883/mocao_de_pesar_morte_alvinei_jose_vieira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/884/mocao_de_pesar_morte_rubens_raimundo_coutinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/885/mocao_de_pesar_morte_pedro_vieira_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/886/mocao_de_pesar_morte_antonia_bueno_pereira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/887/mocao_de_pesar_morte_magdalena_cabete_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/888/mocao_de_pesar_morte_ernestina_candida_alves.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/889/mocao_de_pesar_morte_tereza_pereira_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/890/mocao_de_pesar_morte_jorge_moura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/891/mocao_de_pesar_morte_jamil_corimbara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/892/mocao_de_pesar_morte_maria_ap_alves.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/893/mocao_de_pesar_morte_antonio_de_oliveira1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/894/mocao_de_pesar_morte_elizeu_ap._de_souza.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/895/mocao_de_pesar_morte_francisco_lucio_de_azevedo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/336/parecer_cof_1.2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1283/projeto_de_lei_no._001.2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1284/projeto_de_lei_no._002.2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1285/projeto_de_lei_no._003.2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1286/projeto_de_lei_no._004.2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1291/projeto_de_lei_no._005.2013_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1292/projeto_de_lei_no._006.2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1294/projeto_de_lei_no._007.2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1295/projeto_de_lei_no._008.2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1296/projeto_de_lei_no._009.2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1297/projeto_de_lei_no._010.2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1299/projeto_de_lei_no._011.2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1300/projeto_de_lei_no._012.2013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1301/projeto_de_lei_no._013.2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1302/projeto_de_lei_no._013.2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1303/projeto_de_lei_no._015.2013_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1305/projeto_de_lei_no._016.2013_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1306/projeto_de_lei_no._017.2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1307/projeto_de_lei_no._018.2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1308/projeto_de_lei_no._019.2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1309/projeto_de_lei_no._020.2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1310/projeto_de_lei_no._021.2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1311/projeto_de_lei_no._022.2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1312/projeto_de_lei_no._023.2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1313/projeto_de_lei_no._024.2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1314/projeto_de_lei_no._025.2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1315/projeto_de_lei_no._026.2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1318/projeto_de_lei_no._027.2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1319/projeto_de_lei_no._028.2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1320/projeto_de_lei_no._029.2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1321/projeto_de_lei_no._030.2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1322/projeto_de_lei_no._031.2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1323/projeto_de_lei_no._032.2013.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1324/projeto_de_lei_no._033.2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1325/projeto_de_lei_no._034.2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1326/projeto_de_lei_no._035.2013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1330/projeto_de_lei_no._036.2013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1347/projeto_de_lei_no._037.2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1348/projeto_de_lei_no._038.2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1349/projeto_de_lei_no._039.2013.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1350/projeto_de_lei_no._040.2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1396/projeto_de_lei_n.041.2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1398/projeto_de_lei_n.043.2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1399/projeto_de_lei_n.044.2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1400/projeto_de_lei_n.045.2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1401/projeto_de_lei_n.046.2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1402/projeto_de_lei_n.047.2013.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1403/projeto_de_lei_n.048.2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1404/projeto_de_lei_n.049.2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1405/projeto_de_lei_n.050.2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1406/projeto_de_lei_n.051.2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1407/projeto_de_lei_n.051.2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1408/projeto_de_lei_n.053.2013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1409/projeto_de_lei_n.054.2013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1410/projeto_de_lei_n.055.2013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1411/projeto_de_lei_n.056.2013.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1413/projeto_de_lei_n.058.2013.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1414/projeto_de_lei_n.059.2013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1415/projeto_de_lei_n.060.2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1417/projeto_de_lei_n.062.2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1419/projeto_de_lei_n.064.2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1420/projeto_de_lei_n.065.2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1421/projeto_de_lei_n.066.2013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1422/projeto_de_lei_n.067.2013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1423/projeto_de_lei_n.068.2013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/452/projetoresolucao01.2013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/453/projetoresolucao02.2013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/454/projetoresolucao03.2013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/455/projetoresolucao04.2013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/456/projetoresolucao05.2013.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/457/projetoresolucao06.2013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/458/projetoresolucao07.2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/459/projetoresolucao08.2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/880/mocao_de_pesar_morte_maria_de_lourdes_biscaro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/881/mocao_de_pesar_morte_helio_peixoto_da_silveira.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/882/mocao_de_pesar_morte_jonei_dias_vieira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/883/mocao_de_pesar_morte_alvinei_jose_vieira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/884/mocao_de_pesar_morte_rubens_raimundo_coutinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/885/mocao_de_pesar_morte_pedro_vieira_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/886/mocao_de_pesar_morte_antonia_bueno_pereira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/887/mocao_de_pesar_morte_magdalena_cabete_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/888/mocao_de_pesar_morte_ernestina_candida_alves.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/889/mocao_de_pesar_morte_tereza_pereira_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/890/mocao_de_pesar_morte_jorge_moura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/891/mocao_de_pesar_morte_jamil_corimbara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/892/mocao_de_pesar_morte_maria_ap_alves.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/893/mocao_de_pesar_morte_antonio_de_oliveira1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/894/mocao_de_pesar_morte_elizeu_ap._de_souza.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/895/mocao_de_pesar_morte_francisco_lucio_de_azevedo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/336/parecer_cof_1.2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1283/projeto_de_lei_no._001.2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1284/projeto_de_lei_no._002.2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1285/projeto_de_lei_no._003.2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1286/projeto_de_lei_no._004.2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1291/projeto_de_lei_no._005.2013_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1292/projeto_de_lei_no._006.2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1294/projeto_de_lei_no._007.2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1295/projeto_de_lei_no._008.2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1296/projeto_de_lei_no._009.2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1297/projeto_de_lei_no._010.2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1299/projeto_de_lei_no._011.2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1300/projeto_de_lei_no._012.2013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1301/projeto_de_lei_no._013.2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1302/projeto_de_lei_no._013.2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1303/projeto_de_lei_no._015.2013_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1305/projeto_de_lei_no._016.2013_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1306/projeto_de_lei_no._017.2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1307/projeto_de_lei_no._018.2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1308/projeto_de_lei_no._019.2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1309/projeto_de_lei_no._020.2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1310/projeto_de_lei_no._021.2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1311/projeto_de_lei_no._022.2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1312/projeto_de_lei_no._023.2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1313/projeto_de_lei_no._024.2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1314/projeto_de_lei_no._025.2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1315/projeto_de_lei_no._026.2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1318/projeto_de_lei_no._027.2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1319/projeto_de_lei_no._028.2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1320/projeto_de_lei_no._029.2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1321/projeto_de_lei_no._030.2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1322/projeto_de_lei_no._031.2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1323/projeto_de_lei_no._032.2013.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1324/projeto_de_lei_no._033.2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1325/projeto_de_lei_no._034.2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1326/projeto_de_lei_no._035.2013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1330/projeto_de_lei_no._036.2013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1347/projeto_de_lei_no._037.2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1348/projeto_de_lei_no._038.2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1349/projeto_de_lei_no._039.2013.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1350/projeto_de_lei_no._040.2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1396/projeto_de_lei_n.041.2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1398/projeto_de_lei_n.043.2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1399/projeto_de_lei_n.044.2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1400/projeto_de_lei_n.045.2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1401/projeto_de_lei_n.046.2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1402/projeto_de_lei_n.047.2013.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1403/projeto_de_lei_n.048.2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1404/projeto_de_lei_n.049.2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1405/projeto_de_lei_n.050.2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1406/projeto_de_lei_n.051.2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1407/projeto_de_lei_n.051.2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1408/projeto_de_lei_n.053.2013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1409/projeto_de_lei_n.054.2013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1410/projeto_de_lei_n.055.2013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1411/projeto_de_lei_n.056.2013.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1413/projeto_de_lei_n.058.2013.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1414/projeto_de_lei_n.059.2013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1415/projeto_de_lei_n.060.2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1417/projeto_de_lei_n.062.2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1419/projeto_de_lei_n.064.2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1420/projeto_de_lei_n.065.2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1421/projeto_de_lei_n.066.2013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1422/projeto_de_lei_n.067.2013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/1423/projeto_de_lei_n.068.2013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/452/projetoresolucao01.2013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/453/projetoresolucao02.2013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/454/projetoresolucao03.2013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/455/projetoresolucao04.2013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/456/projetoresolucao05.2013.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/457/projetoresolucao06.2013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/458/projetoresolucao07.2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2013/459/projetoresolucao08.2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="50.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>