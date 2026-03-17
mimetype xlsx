--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -54,901 +54,901 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOÇPE</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
     <t>LEGISLATIVO - LEG</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/902/mocao_de_pesar_morte_lourival_dos_santos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/902/mocao_de_pesar_morte_lourival_dos_santos.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do Saudoso LORIVAL DOS SANTOS conhecido por todos de "Dortinho" falecido nesta cidade de Santana do Itararé — Paraná.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/903/mocao_de_pesar_morte_manoel_pedro_dos_santos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/903/mocao_de_pesar_morte_manoel_pedro_dos_santos.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela norte do senhor Manoel Pedro dos Santos, falecido em 18 de março de 2011, neste Município.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/904/mocao_de_pesar_morte_joao_batista_de_almeida.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/904/mocao_de_pesar_morte_joao_batista_de_almeida.pdf</t>
   </si>
   <si>
     <t>profundo pesar pala morte do senhor JOÃO BATISTA DE ALMEIDA, falecido nesta cidade de Santana do Itararé -Paraná.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/905/mocao_de_pesar_morte_sebastiao_batista_da_silva.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/905/mocao_de_pesar_morte_sebastiao_batista_da_silva.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor SEBASTIÃO BATISTA DA SILVA, falecido nesta cidade de Santana do Itararé -Paraná.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>SIRINEU MOTA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/906/mocao_de_pesar_morte_ione_de_lurdes_nunes.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/906/mocao_de_pesar_morte_ione_de_lurdes_nunes.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte de IONE DE LOURDES NUNES, falecida nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>GILMAR EGÍDIO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/907/mocao_de_pesar_morte_maria_eliane_dos_santos_barbosa.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/907/mocao_de_pesar_morte_maria_eliane_dos_santos_barbosa.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte de MARIA ELIANE DOS SANTOS BARBOSA, falecida nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/908/mocao_de_pesar_morte_maria_irene_dos_santos_carvalho.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/908/mocao_de_pesar_morte_maria_irene_dos_santos_carvalho.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte de MARIA IRENE DOS SANTOS CARVALHO, falecida nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/909/mocao_de_pesar_morte_olicia_jacob_de_souza.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/909/mocao_de_pesar_morte_olicia_jacob_de_souza.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte de OLIVIA JACOB DE SOUZA, falecida nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/910/mocao_de_pesar_morte_maria_lucia_ferreira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/910/mocao_de_pesar_morte_maria_lucia_ferreira.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte da MARIA LUCIA FERREIRA, falecida nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>PROLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>JOSÉ DE JESUS ISAC</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1287/projeto_de_lei_no_001.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1287/projeto_de_lei_no_001.2011.pdf</t>
   </si>
   <si>
     <t>“Altera o Plano Plurianual do quadriênio 2010-2013; altera a Lei de Diretrizes Orçamentárias do exercício de 2011; e Altera a Lei Orçamentária Anual do exercício de 2011”.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1288/projeto_de_lei_no_002.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1288/projeto_de_lei_no_002.2011.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL DE SANTANA DO ITARARÉ-PR, REFIS MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1289/projeto_de_lei_no_003.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1289/projeto_de_lei_no_003.2011.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O DESCONTO NO PAGAMENTO À VISTA DO IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS”.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>Gilmar Egídio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1290/projeto_de_lei_no_004.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1290/projeto_de_lei_no_004.2011.pdf</t>
   </si>
   <si>
     <t>Cria o “Programa Aluguel Solidário” dispondo sobre ações para habitação de interesse social que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1316/projeto_de_lei_no_005.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1316/projeto_de_lei_no_005.2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DO CONTEÚDO ESCOLAR AS DISCIPLINAS NO QUE SE TRATA DOS DIREITOS DAS CRIANÇAS E DOS ADOLESCENTES NA GRADE CURRICULAR DO ENSINO FUNDAMENTAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a coleta de exames laboratoriais em domicilio, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>Joás Ferraz Michetti</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1340/projeto_de_lei_no_007.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1340/projeto_de_lei_no_007.2011.pdf</t>
   </si>
   <si>
     <t>propõe a denominação de ruas, e dá outras Providências.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1341/projeto_de_lei_no_008.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1341/projeto_de_lei_no_008.2011.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 050/2009 – Plano Plurianual referente ao período de 2010 a 2013, Altera a Lei nº 034/2010 – Lei de Diretrizes Orçamentárias para o Exercício de 2011 e Dispõe sobre abertura de Credito Adicional Especial.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1361/projeto_de_lei_no_009.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1361/projeto_de_lei_no_009.2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N°. 050/2009 - PLANO PLURIANUAL REFERENTE AO PERÍODO DE 2010 Á 2013, ALTERA A LEI N°. 023/2011 - LEI DE DIRETRIZES ORÇAMENTÁRIAS para o exercício de 2010 e dispõe sobre abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1362/projeto_de_lei_no_010.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1362/projeto_de_lei_no_010.2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DE IMÓVEL RURAL NÃO EDIFICADO, NECESSÁRIO À IMPLANTAÇÃO E INCREMENTO DE ATIVIDADES RELACIONADAS AO TURISMO LOCAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1439/projeto_de_lei_n.011.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1439/projeto_de_lei_n.011.2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE DOAÇÃO AO LEGISLATIVO MUNICIPAL, IMÓVEL URBANO NECESSÁRIO À CONSTRUÇÃO DA SEDE DO PODER LEGISLATIVO DE SANTANA DO ITARARÉ PR.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1440/projeto_de_lei_n.012.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1440/projeto_de_lei_n.012.2011.pdf</t>
   </si>
   <si>
     <t>PROPÕE SOBRE DENOMINAÇÃO DE RUA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1441/projeto_de_lei_n.013.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1441/projeto_de_lei_n.013.2011.pdf</t>
   </si>
   <si>
     <t>CONSTITUI E AMPLIA CARGOS EFETIVOS INCLUINDO-OS NO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ - PR.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1442/projeto_de_lei_n.014.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1442/projeto_de_lei_n.014.2011.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1°, DA LEI N°. 007.2009, QUE ESTABELECE NORMAS PARA OS FUNCIONAMENTO DE BARES, LÃ HOUSE, CASA DE JOGOS E SIMILARES NO ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1443/projeto_de_lei_n.015.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1443/projeto_de_lei_n.015.2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1444/projeto_de_lei_n.016.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1444/projeto_de_lei_n.016.2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1445/projeto_de_lei_n.017.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1445/projeto_de_lei_n.017.2011.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIÁRIO OFICIAL DO MUNICÍPIO DE SANTANA DO ITARARÉ - PR.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>INSTITUI NORMAS DE DIMENSÕES ÀS ESTRADAS VICINAIS DO MUNICÍPIO DE SANTANA DO ITARARÉ - PR.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1447/redacao_final_n.019.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1447/redacao_final_n.019.2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2012.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1448/projeto_de_lei_n.020.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1448/projeto_de_lei_n.020.2011.pdf</t>
   </si>
   <si>
     <t>RETIRADO - AMPLIA CARGOS EFETIVOS INCLUIDOS NO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ - PR.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1449/projeto_de_lei_n.021.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1449/projeto_de_lei_n.021.2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SANTANA DO ITARARÉ, A CEDER OU RECEBER CO ÔNUS, MÁQUINAS EQUIPAMENTOS E OUTROS BENS MÓVEIS E AFINS, MEDIANTE TERMO DE CONVÊNIO OU TERMO DE COOPERAÇÃO COM OS DEMAIS MUNICÍPIOS INTEGRANTES DA ASSOCIAÇÃO DOS MUNICÍPIOS DO NORTE PIONEIRO. AMUNORPI.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1450/projeto_de_lei_n.022.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1450/projeto_de_lei_n.022.2011.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO N°.08 DA LEI MUNICIPAL N° 054/2009.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1451/projeto_de_lei_n.023.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1451/projeto_de_lei_n.023.2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE DIFERENCIADO NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1452/projeto_de_lei_n.024.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1452/projeto_de_lei_n.024.2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE DIFERENCIADO NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1453/projeto_de_lei_n.025.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1453/projeto_de_lei_n.025.2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE LEILÃO, MÓVEIS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1454/projeto_de_lei_n.026.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1454/projeto_de_lei_n.026.2011.pdf</t>
   </si>
   <si>
     <t>PROPÕE A DENOMINAÇÃO DE RUA FRANCISCO RADOSKI.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1455/projeto_de_lei_n.026.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1455/projeto_de_lei_n.026.2011.pdf</t>
   </si>
   <si>
     <t>COMPATIBILIZA A REMUNERAÇÃO E CARGA HORÁRIA DO CARGO EFETIVO DE TÉCNICO EM RAIO X, CRIADO PELA LEI MUNICIPAL N°099/2009 E INCLUINDO NO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ - PR.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1456/projeto_de_lei_n.028.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1456/projeto_de_lei_n.028.2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ESTABELECER COM O GOVERNO DO ESTADO DO PARANÁ A GESTÃO ASSOCIADA PARA A PRESTAÇÃO, PLANEJAMENTO, REGULAÇÃO E FISCALIZAÇÃO DOS SERVIÇOS DE ABASTECIMENTO DE ÁGUA E ESGOTAMENTO SANITÁRIO NO MUNICÍPIO DE SANTANA DO ITARARÉ.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1457/projeto_de_lei_n.029.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1457/projeto_de_lei_n.029.2011.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DER SANEAMENTO BÁSICO - PMSB DE SANTANA DO ITARARÉ.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL NOS SUBSÍDIOS DOS VEREADORES.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1459/projeto_de_lei_n.031.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1459/projeto_de_lei_n.031.2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL NOS SUBSÍDEOS DO PREFEITO, VICE - PREFEITO E NOS VENCIMENTOS DOS SECRETÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1460/projeto_de_lei_n.032.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1460/projeto_de_lei_n.032.2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N°.050/2009 - PLANO PLURIANUAL REFERENTE AO PERÍODO DE 2010 A 2013, ALTERA A LEI N° 034/2010 - LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2011 E DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>DARCI POLÍCIA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1461/projeto_de_lei_n.033.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1461/projeto_de_lei_n.033.2011.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA SAÚDE PARA MELHOR IDADE, ATRAVÉS DE ACADEMIA DA TERCEIRA IDADE, A SEREM DESENVOLVIDA E IMPLANTADA NO ÂMBITO DO MUNICÍPIO DE SANTANA DO ITARARÉ.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1462/projeto_de_lei_n.034.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1462/projeto_de_lei_n.034.2011.pdf</t>
   </si>
   <si>
     <t>EXTINGUE O CARGO PÚBLICO DE INSPETOR DE ALUNOS CRIADO PELA LEI MUNICIPAL N°.081/1990.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1463/projeto_de_lei_n.035.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1463/projeto_de_lei_n.035.2011.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ARTIGO 2° E ARTIGO 5° INCISO I DA LEI MUNICIPAL N°012/2008, QUE APROVOU O PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO NORTE PIONEIRO.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1464/projeto_de_lei_n.036.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1464/projeto_de_lei_n.036.2011.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES DO BAIRRO BARREIRINHO.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1465/projeto_de_lei_n.037.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1465/projeto_de_lei_n.037.2011.pdf</t>
   </si>
   <si>
     <t>AMPLIA A VAGA DO CARGO EFETIVO DE AUXILIAR MECÂNICO</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1466/projeto_de_lei_n.038.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1466/projeto_de_lei_n.038.2011.pdf</t>
   </si>
   <si>
     <t>CRIA A GRATIFICAÇÃO SALARIAL PARA O CARGO PÚBLICO EFETIVO DE AUXILIAR DE ENFERMAGEM.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1467/projeto_de_lei_n.039.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1467/projeto_de_lei_n.039.2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA DE ESTABELECIMENTOS QUE PRODUZAM BEBIDAS E ALIMENTOS DE CONSUMO HUMANO COM ORIGEM ANIMAL OU VEGETAL NO MUNICÍPIO DE SANTANA DO ITARARÉ.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1468/projeto_de_lei_n.040.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1468/projeto_de_lei_n.040.2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESENVOLVER AÇÕES PARA IMPLEMENTAR O PROGRAMA MINHA CASA MINHA VIDA - PMCMV, CRIADO PELA LEI N°.11.977 DE 07 DE JULHO REGULAMENTADA PELO DECRETO 6.962 DE 17 DE SETEMBRO DE 2009, NAS CONDIÇÕES DEFINIDAS PELA PORTARIA INTERMINISTERAL N°484/2009 DA STN/MF.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1469/projeto_de_lei_n.041.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1469/projeto_de_lei_n.041.2011.pdf</t>
   </si>
   <si>
     <t>AMPLIA A CARGA HORÁRIA DE CARGO EFETIVO.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1470/projeto_de_lei_n.042.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1470/projeto_de_lei_n.042.2011.pdf</t>
   </si>
   <si>
     <t>DENOMINA IMÓVEL PÚBLICO.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1471/projeto_de_lei_n.043.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1471/projeto_de_lei_n.043.2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR MEDIANTE COMPRA IMÓVEL RURAL.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1472/projeto_de_lei_n.044.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1472/projeto_de_lei_n.044.2011.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A PROVOPAR MUNICIPAL DE SANTANA DO ITARARÉ PR.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1473/projeto_de_lei_n.045.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1473/projeto_de_lei_n.045.2011.pdf</t>
   </si>
   <si>
     <t>CRIA A FUNDAÇÃO MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1474/projeto_de_lei_n.046.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1474/projeto_de_lei_n.046.2011.pdf</t>
   </si>
   <si>
     <t>ADICIONA O PARAGRÁFO ÚNICO AO ART. 126 DA LEI MUNICIPAL N° 040/2001 ( CÓDIGO TRIBUTÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1475/projeto_de_lei_n.047.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1475/projeto_de_lei_n.047.2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 050/2009 - PLANO PLURIANUAL DO QUADRIÊNIO 2010-2013; E ALTERA A LEI 023/2011 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DO EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1476/redacao_final_n.048.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1476/redacao_final_n.048.2011.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE USO DE LOCAIS PÚBLICOS PARA A INSTALAÇÃO DE QUIOSQUES.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1478/projeto_de_lei_n.050.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1478/projeto_de_lei_n.050.2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE FIXAÇÃO DO MARCO DE 50 ANOS DE EMANCIPAÇÃO POLÍTICA DO MUNICÍPIO DE SANTANA DO ITARARÉ - PR NO TREVO FINAL DA AVENIDA PADRE ANTONIO OTERO SOARES.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1479/projeto_de_lei_n.051.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1479/projeto_de_lei_n.051.2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO FIRMAR CONVÊNIO COM O CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO NORTE DO PARANÁ - CISNOP.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1480/projeto_de_lei_n.052.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1480/projeto_de_lei_n.052.2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°.043/2007 (PLANO DE CARGOS E CARREIRA DO MAGISTÉRIO MUNICIPAL).</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1481/projeto_de_lei_n.053.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1481/projeto_de_lei_n.053.2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N°.050/2009 - PLANO PLURIANUAL REFERENTE AO PERÍODO DE 2010 A 2013, ALTERA A LEI N°.034/2010 - LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2011 E DISPÕE SOBRE ABERTURA DE CREDITO SUPLEMENTAR.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1482/projeto_de_lei_n.054.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1482/projeto_de_lei_n.054.2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N°50/2009 - PLANO PLURIANUAL REFERENTE AO PERÍODO DE 2010 A 2013, ALTERA A LEI N°034/2010 - LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2011 E DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>PORPÕE SOBRE A DENOMINAÇÃO DA CAPELA MORTUÁRIA DE "CAPELA DA RESSURREIÇÃO".</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1484/projeto_de_lei_n.056.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1484/projeto_de_lei_n.056.2011.pdf</t>
   </si>
   <si>
     <t>CONSTITUI OS CARGOS EFETIVOS DE AGENTE COMUNITÁRIO DE SAÚDE E DE AGENTE DE ENDEMIAS INCLUINDO-OS NO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ - PR.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>INSTITUI DESCONTOS E ISENÇÕES NO IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1486/projeto_de_lei_n.058.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1486/projeto_de_lei_n.058.2011.pdf</t>
   </si>
   <si>
     <t>COMPATIBILIZA A CARGA HORÁRIA DO CARGO EFETIVO DE ASSISTENTE SOCIAL, CRIADO PELA LEI MUNICIPAL 099/2009 E INCLUIDO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CUSTEAR DESPESAS COM HORAS MÁQUINAS TRABALHADAS DE TRATORES E SIMILARES AOS PEQUENOS PRODUTORES RURAIS.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1488/projeto_de_lei_n.060.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1488/projeto_de_lei_n.060.2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE IMÓVEL PÚBLICO MUNICIPAL À COMPANHIA DE HABITAÇÃO DO PARANÁ - COHAPAR.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1489/projeto_de_lei_n.061.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1489/projeto_de_lei_n.061.2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 50/2009 - PLANO PLURIANUAL REFERENTE AO PERÍODO DE 2010 A 2013, ALTERA A LEI 34/2010 - LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2011 E DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/466/projetoresolucao01.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/466/projetoresolucao01.2011.pdf</t>
   </si>
   <si>
     <t>Propõe sobre alteração do § 3º, do Artigo 156 do Regimento Interno Resolução nº. 04/1992, e da outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/451/projetoresolucao02.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/451/projetoresolucao02.2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de diárias para os Vereadores e Servidores Públicos da Câmara Municipal de Vereadores de Santana do Itararé - Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/467/projetoresolucao03.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/467/projetoresolucao03.2011.pdf</t>
   </si>
   <si>
     <t>Dispões sobre alteração dos Artigos 135 e 146, §1º do Regimento Interno Resolução nº. 04/1992 e estabelece o horário de funcionamento da Câmara de Vereadores, e da outras providências.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/468/projetoresolucao04.2011.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/468/projetoresolucao04.2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Credito Adicional Especial, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1255,67 +1255,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/902/mocao_de_pesar_morte_lourival_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/903/mocao_de_pesar_morte_manoel_pedro_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/904/mocao_de_pesar_morte_joao_batista_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/905/mocao_de_pesar_morte_sebastiao_batista_da_silva.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/906/mocao_de_pesar_morte_ione_de_lurdes_nunes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/907/mocao_de_pesar_morte_maria_eliane_dos_santos_barbosa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/908/mocao_de_pesar_morte_maria_irene_dos_santos_carvalho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/909/mocao_de_pesar_morte_olicia_jacob_de_souza.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/910/mocao_de_pesar_morte_maria_lucia_ferreira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1287/projeto_de_lei_no_001.2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1288/projeto_de_lei_no_002.2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1289/projeto_de_lei_no_003.2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1290/projeto_de_lei_no_004.2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1316/projeto_de_lei_no_005.2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1340/projeto_de_lei_no_007.2011.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1341/projeto_de_lei_no_008.2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1361/projeto_de_lei_no_009.2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1362/projeto_de_lei_no_010.2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1439/projeto_de_lei_n.011.2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1440/projeto_de_lei_n.012.2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1441/projeto_de_lei_n.013.2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1442/projeto_de_lei_n.014.2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1443/projeto_de_lei_n.015.2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1444/projeto_de_lei_n.016.2011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1445/projeto_de_lei_n.017.2011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1447/redacao_final_n.019.2011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1448/projeto_de_lei_n.020.2011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1449/projeto_de_lei_n.021.2011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1450/projeto_de_lei_n.022.2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1451/projeto_de_lei_n.023.2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1452/projeto_de_lei_n.024.2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1453/projeto_de_lei_n.025.2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1454/projeto_de_lei_n.026.2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1455/projeto_de_lei_n.026.2011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1456/projeto_de_lei_n.028.2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1457/projeto_de_lei_n.029.2011.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1459/projeto_de_lei_n.031.2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1460/projeto_de_lei_n.032.2011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1461/projeto_de_lei_n.033.2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1462/projeto_de_lei_n.034.2011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1463/projeto_de_lei_n.035.2011.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1464/projeto_de_lei_n.036.2011.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1465/projeto_de_lei_n.037.2011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1466/projeto_de_lei_n.038.2011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1467/projeto_de_lei_n.039.2011.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1468/projeto_de_lei_n.040.2011.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1469/projeto_de_lei_n.041.2011.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1470/projeto_de_lei_n.042.2011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1471/projeto_de_lei_n.043.2011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1472/projeto_de_lei_n.044.2011.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1473/projeto_de_lei_n.045.2011.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1474/projeto_de_lei_n.046.2011.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1475/projeto_de_lei_n.047.2011.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1476/redacao_final_n.048.2011.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1478/projeto_de_lei_n.050.2011.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1479/projeto_de_lei_n.051.2011.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1480/projeto_de_lei_n.052.2011.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1481/projeto_de_lei_n.053.2011.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1482/projeto_de_lei_n.054.2011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1484/projeto_de_lei_n.056.2011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1486/projeto_de_lei_n.058.2011.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1488/projeto_de_lei_n.060.2011.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1489/projeto_de_lei_n.061.2011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/466/projetoresolucao01.2011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/451/projetoresolucao02.2011.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/467/projetoresolucao03.2011.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/468/projetoresolucao04.2011.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/902/mocao_de_pesar_morte_lourival_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/903/mocao_de_pesar_morte_manoel_pedro_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/904/mocao_de_pesar_morte_joao_batista_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/905/mocao_de_pesar_morte_sebastiao_batista_da_silva.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/906/mocao_de_pesar_morte_ione_de_lurdes_nunes.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/907/mocao_de_pesar_morte_maria_eliane_dos_santos_barbosa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/908/mocao_de_pesar_morte_maria_irene_dos_santos_carvalho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/909/mocao_de_pesar_morte_olicia_jacob_de_souza.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/910/mocao_de_pesar_morte_maria_lucia_ferreira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1287/projeto_de_lei_no_001.2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1288/projeto_de_lei_no_002.2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1289/projeto_de_lei_no_003.2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1290/projeto_de_lei_no_004.2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1316/projeto_de_lei_no_005.2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1340/projeto_de_lei_no_007.2011.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1341/projeto_de_lei_no_008.2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1361/projeto_de_lei_no_009.2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1362/projeto_de_lei_no_010.2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1439/projeto_de_lei_n.011.2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1440/projeto_de_lei_n.012.2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1441/projeto_de_lei_n.013.2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1442/projeto_de_lei_n.014.2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1443/projeto_de_lei_n.015.2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1444/projeto_de_lei_n.016.2011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1445/projeto_de_lei_n.017.2011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1447/redacao_final_n.019.2011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1448/projeto_de_lei_n.020.2011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1449/projeto_de_lei_n.021.2011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1450/projeto_de_lei_n.022.2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1451/projeto_de_lei_n.023.2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1452/projeto_de_lei_n.024.2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1453/projeto_de_lei_n.025.2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1454/projeto_de_lei_n.026.2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1455/projeto_de_lei_n.026.2011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1456/projeto_de_lei_n.028.2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1457/projeto_de_lei_n.029.2011.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1459/projeto_de_lei_n.031.2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1460/projeto_de_lei_n.032.2011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1461/projeto_de_lei_n.033.2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1462/projeto_de_lei_n.034.2011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1463/projeto_de_lei_n.035.2011.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1464/projeto_de_lei_n.036.2011.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1465/projeto_de_lei_n.037.2011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1466/projeto_de_lei_n.038.2011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1467/projeto_de_lei_n.039.2011.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1468/projeto_de_lei_n.040.2011.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1469/projeto_de_lei_n.041.2011.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1470/projeto_de_lei_n.042.2011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1471/projeto_de_lei_n.043.2011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1472/projeto_de_lei_n.044.2011.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1473/projeto_de_lei_n.045.2011.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1474/projeto_de_lei_n.046.2011.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1475/projeto_de_lei_n.047.2011.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1476/redacao_final_n.048.2011.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1478/projeto_de_lei_n.050.2011.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1479/projeto_de_lei_n.051.2011.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1480/projeto_de_lei_n.052.2011.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1481/projeto_de_lei_n.053.2011.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1482/projeto_de_lei_n.054.2011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1484/projeto_de_lei_n.056.2011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1486/projeto_de_lei_n.058.2011.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1488/projeto_de_lei_n.060.2011.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/1489/projeto_de_lei_n.061.2011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/466/projetoresolucao01.2011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/451/projetoresolucao02.2011.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/467/projetoresolucao03.2011.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2011/468/projetoresolucao04.2011.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>