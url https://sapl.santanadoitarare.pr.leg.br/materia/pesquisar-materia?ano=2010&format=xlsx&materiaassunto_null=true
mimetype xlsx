--- v0 (2025-12-18)
+++ v1 (2026-03-18)
@@ -54,882 +54,882 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOÇAP</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO</t>
   </si>
   <si>
     <t>LEGISLATIVO - LEG</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/912/mocao_de_apoio_dr._alberto_de_camargo_filho.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/912/mocao_de_apoio_dr._alberto_de_camargo_filho.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal representada pelos senhores edis que são os representantes diretos da comunidade Santanense, ouvido o Soberano Plenário, em Reunião Ordinária do dia 22 de março do corrente mês, manifesta seu APOIO ao DR°. ALBERTO DE CAMARGO FILHO pela sua permanência em nosso município, considerando o brilhante trabalho apresentado no atendimento aos nossos cidadãos, demonstrando competência, dedicação, qualidade e humildade.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>MOÇCO</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/913/mocao_de_congratulacao_diva_jose_da_silva.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/913/mocao_de_congratulacao_diva_jose_da_silva.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES a saudosa DIVA JOSÉ DA SILVA, Auxiliar de enfermagem cargo esse que ocupou durante vários anos junto ao Hospital Municipal de Santana do Itararé — Paraná, pelos brilhantes serviços prestados a comunidade Santanense atendendo nossos cidadãos com dedicação, competência, humanidade, qualidade e humildade, uma pessoa admirável por todos pela forma de trabalhar sempre buscando uma vida mais digna e justa para todos.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/914/mocao_de_congratulacao_diretoria_da_apae.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/914/mocao_de_congratulacao_diretoria_da_apae.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES a DIRETORIA DA ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE de Santana do Itararé — Paraná, pelos brilhantes serviços prestados junto á entidade atendendo os mais necessitados com dedicação, competência, humanidade e humildade em busca de uma vida mais digna e justa para todos que necessitam.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/916/mocao_de_congratulacao_jose_ferreira_alves.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/916/mocao_de_congratulacao_jose_ferreira_alves.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS e no mesmo momento parabeniza o senhor "JOSÉ FERREIRA ALVES E SUA ESPOSA ERNESTRA DE JESUS", pela participação no 490 (quadragésimo nono) aniversário de emancipação política deste município.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>MOÇPE</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
     <t>ANTONIO CLAUDIO MENDES</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/911/mocao_de_pesar_morte_erondina_dias_palmunari.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/911/mocao_de_pesar_morte_erondina_dias_palmunari.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte de ERONDINA DIAS POLMUNARI, falecida em 20 de janeiro de 2010, nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/915/mocao_de_pesar_morte_maria_ap._pereira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/915/mocao_de_pesar_morte_maria_ap._pereira.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte de MARIA APARECIDA PEREIRA, falecida em 27 de junho de 2010, nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>PROLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>JOSÉ DE JESUS ISAC</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1528/pl_01.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1528/pl_01.2010.pdf</t>
   </si>
   <si>
     <t>"PROPOE A MUDANÇA DO NÍVEL DE ESCOLARIDADE DO CARGO DE INSEMINADOR ARTIFICIAL".</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1529/pl_02.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1529/pl_02.2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A DOAR 10 LOTES E O ANTIGO MATADOURO MUNICIPAL PARA CONSTRUÇÃO DE CASAS POPULARES PARA PESSOAS CARENTES E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1530/pl_03.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1530/pl_03.2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A DOAR 08 IMÓVEIS NÃO EDIFICADOS PARA PESSOAS CARENTES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1531/pl_04.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1531/pl_04.2010.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "SANTANA DO ITARARÉ DIGITAL", PARA CESSÃO GRATUITA DE SINAL DE INTERNET DO TIPO WIRELEES NO ÂMBITO DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1593/pl_05.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1593/pl_05.2010.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI 029/2003 NO QUE TOCA À PRORROGAÇÃO DA LICENÇA PATERNIDADE"</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1594/pl_06.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1594/pl_06.2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1595/pl_07.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1595/pl_07.2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE DIFERENCIADO NOS VENCIMENTOS DOS EMPREGOS PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Gilmar Egídio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1596/pl_08.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1596/pl_08.2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste nos vencimentos dos Servidores Públicos Municipais do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1597/pl_09.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1597/pl_09.2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A AQUISIÇÃO DE IMÓVEL URBANO NÃO EDIFICADO, NECESSÁRIO PARA A ABERTURA DE RUAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1598/pl_10.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1598/pl_10.2010.pdf</t>
   </si>
   <si>
     <t>sumprimi os cargos de provimento em comissão do Anexo - II, da Resolução nº 011/2005 do Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1599/pl_011.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1599/pl_011.2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA  AQUISIÇÃO DE IMÓVEL URBANO NÃO EDIFICADO, NECESSÁRIO PARA USO DA ADMINISTRAÇÃO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1600/pl_12.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1600/pl_12.2010.pdf</t>
   </si>
   <si>
     <t>"OUTORGA AO SENHOR DAISAKU IKEDA O TÍTULO DE CIDADÃO HONORÁRIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ".</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1601/pl_13.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1601/pl_13.2010.pdf</t>
   </si>
   <si>
     <t>ESTABELECE BENEFÍCIOS PARA OS EMPREENDIMENTOS HABITACIONAIS DE INTERESSE SOCIAL INCLUÍDOS NO PROGRAMA MINHA CASA, MINHA VIDA - PMCMV EM SANTANA DO ITARARÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1602/pl_14.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1602/pl_14.2010.pdf</t>
   </si>
   <si>
     <t>Propõe a denominação do LAGO MUNICIPAL DE PEDRO DE FREITAS, e dá outras providências".</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1603/pl_15.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1603/pl_15.2010.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE EMBARQUE DO TERMINAL RODOVIÁRIO DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1604/pl_16.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1604/pl_16.2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação da Guarda Mirim Municipal de Santana do Itararé, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1605/pl_17.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1605/pl_17.2010.pdf</t>
   </si>
   <si>
     <t>propõe a criação da nova Escolinha de Futebol, e dá outras providências.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1606/pl_18.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1606/pl_18.2010.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL DE SANTANA DO ITARARÉ-PR, REFIS MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1607/pl_19.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1607/pl_19.2010.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a adquirir Caçamba Estática de entulho, 01 (um) Caminhão adequado com as adaptações necessárias para efetuar as coletas dos entulhos na cidade e institui algumas exigências, e dá outras providências.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1608/pl_20.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1608/pl_20.2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre transporte gratuíto dos Idosos e membros da Terceira Idade em seus eventos, e dá outras providências.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1623/pl_021.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1623/pl_021.2010.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A CONCESSÃO DOS BENEFÍCIOS EVENTUAIS DA POLÍTICA DA ASSISTÊNCIA SOCIAL NO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ".</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1624/pl_022.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1624/pl_022.2010.pdf</t>
   </si>
   <si>
     <t>"ALTERA A ALEI MUNICIPAL 110/91 E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1627/pl_024.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1627/pl_024.2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Mudanças nas datas de Eleições e forma de Votação, bem como, Sabatina quais as Condições em que se Caracteriza a as candidaturas e Impugnações e o Rito Utilizado para Apuração de denuncias e punições.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1628/pl_025.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1628/pl_025.2010.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 050/2009 - Plano Plurianual referente ao período de 2010 a 2013, Altera a Lei nº 051/2009 - Lei de Diretrizes Orçamentárias para o Exercício de 2010 e Dispões sobre Abertura de Crédito Adicional Suplementar.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1629/pl_026.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1629/pl_026.2010.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 050/2009 - Plano Plurianual referente ao período de 2010 a 2013, Altera a Lei nº 051/2009 - Lei de Diretrizes Orçamentárias para o Exercício de 2010 e Dispõe sobre Abertura de Crédito Adicional Suplementar.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1630/pl_027.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1630/pl_027.2010.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL 054/2009 E DÁ OUTRA DISPOSIÇÃO".</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1631/pl_028.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1631/pl_028.2010.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL 110/91 E REVOGA NA ÍNTEGRA A LEI MUNICIPAL Nº 024/2010 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1632/pl_029.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1632/pl_029.2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE LEILÃO, MÓVEIS DE PROPRIEDADE DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1633/pl_030.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1633/pl_030.2010.pdf</t>
   </si>
   <si>
     <t>"CRIA O CONSELHO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1675/pl_031.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1675/pl_031.2010.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O LIMITE MÁXIMO PARA OBRIGAÇÕES DE PEQUENO VALOR, CONFORME DISPOSTO NO ARTIGO 100, § 3º C/C § 5º DA CONSTITUIÇÃO DA REPÚBLICA DE 1988".</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1676/pl_032.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1676/pl_032.2010.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DO IDOSO, DO FUNDO MUNICIPAL DE DIREITOS DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1677/pl_033.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1677/pl_033.2010.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 050/2009 - Plano Plurianual referente ao período de 2010 a 2013, Altera a Lei nº 051/2009 - Lei de Diretrizes Orçamentárias para o Exercício de 2010 e Dispõe sobre abertura de Credito Adicional Suplementar.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1678/pl_034.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1678/pl_034.2010.pdf</t>
   </si>
   <si>
     <t>"FIXA REMUNERAÇÃO DE PLANTÃO MÉDICO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1679/pl_035.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1679/pl_035.2010.pdf</t>
   </si>
   <si>
     <t>Propõe a denominação do Hospital de "HOSPITAL MUNICIPAL VEREADOR JOÃO SILVIO SENE", e dá outras providências".</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1680/pl_036.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1680/pl_036.2010.pdf</t>
   </si>
   <si>
     <t>"REVOGA NA ÍNTEGRA A LEI MUNICIPAL Nº 118/91 E INSTITUI O NOVO FUNDO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1681/pl_037.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1681/pl_037.2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE VENDA, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, ATRAVÉS DE PROCEDIMENTO LICITATÓRIO, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1682/pl_038.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1682/pl_038.2010.pdf</t>
   </si>
   <si>
     <t>Propõe a denominação, construção de calçamento, meio fio e drenagem de ruas, e dá outras providências.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1683/pl_039.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1683/pl_039.2010.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 100/2009 - Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1684/pl_040.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1684/pl_040.2010.pdf</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1814/pl_041.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1814/pl_041.2010.pdf</t>
   </si>
   <si>
     <t>DENOMINA LOGRADOURO PUBLICO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1815/pl_042.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1815/pl_042.2010.pdf</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1816/pl_043.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1816/pl_043.2010.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 04/2007 E REVOGA NA ÍNTEGRA A LEI MUNICIPAL Nº 035/2007 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1817/pl_044.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1817/pl_044.2010.pdf</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1818/pl_045.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1818/pl_045.2010.pdf</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1819/pl_046.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1819/pl_046.2010.pdf</t>
   </si>
   <si>
     <t>Propõe sobre manutenção e cascalhamento das chegadas das propriedades rurais onde existiam refriadores instalados e demais propriedades, e dá outras providencias.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1820/pl_047.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1820/pl_047.2010.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a adquirir 01 (um) Caminhao Pipa para transporte de água potável, visando auxilio na irrigação do combate a incêndio. lavagem e limpeza de ruas e praças da cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1822/pl_048.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1822/pl_048.2010.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Municipio de Santana do Itararé para o exercício financeiro de 2011 e da outras providências.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1824/pl_049.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1824/pl_049.2010.pdf</t>
   </si>
   <si>
     <t>DENOMINA POSTO DE SAÚDE MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1826/pl_050.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1826/pl_050.2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR MEDIANTE COMPRA IMÓVEIS URBANOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1827/pl_051.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1827/pl_051.2010.pdf</t>
   </si>
   <si>
     <t>AMPLIA A AVENIDA PADRE ANTÔNIO OTERO SOARES ATÉ O PORTAL PADRE STANISLAW KARACZEWSKI</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1828/pl_052.20101.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1828/pl_052.20101.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A TRANSFERIR A COBRANÇA DA TAXA DE COLETA DOMICILIAR DE LIXA À COMPANHIA DE SANEAMENTO DO PARANÁ - SANEPAR.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1831/pl_053.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1831/pl_053.2010.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "IPTU VERDE", DESCONTO NO IMPOSTO PREDIAL TERRITORIAL URBANO(IPTU) AOS IMÓVEIS REVESTIDOS DE VEGETAÇÃO ARBÓREA DE PRESERVAÇÃO PERMANENTE.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1832/pl_054.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1832/pl_054.2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EMENDA À LEI MUNICIPAL Nº 099/2009</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1833/pl_055.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1833/pl_055.2010.pdf</t>
   </si>
   <si>
     <t>OUTORGA À SENHORA MIRIAN FERNANDES O TÍTULOS DE CIDADÃ HONORÁRIA DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1834/pl_056.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1834/pl_056.2010.pdf</t>
   </si>
   <si>
     <t>OUTORGA À SENHORA KANEKO IKEDA O TÍTULO DE CIDADÃ HONORÁRIA DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1835/pl_057.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1835/pl_057.2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA MEDIANTE OUTORGA O MUNICÍPIO DE SANTANA DO ITARARÉ A MANTER E MOVIMENTAR SUAS DISPONIBILIDADES DE CAIXA NO BANCO SICREDI</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1836/pl_058.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1836/pl_058.2010.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 050/2009 - Plano Plurianual referente ao período de 2010 a 2013, Altera a Lei nº 051/2009 - Lei de Diretrizes Orçamentárias para o Exercício de 2010 e Dispõe sobre a abertura de Credito Adicional Suplementar</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/465/projetoresolucao01.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/465/projetoresolucao01.2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre diária para servidores e vereadores do Legislativo Municipal, e das outras providências.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/485/projetoresolucao02.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/485/projetoresolucao02.2010.pdf</t>
   </si>
   <si>
     <t>propõe sobre alteração do Artigo 135 e § 2º do Regimento Interno Resolução nº. 04/1992, e da outras providências.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/486/projetoresolucao05.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/486/projetoresolucao05.2010.pdf</t>
   </si>
   <si>
     <t>Suprimi o inciso V, do Artigo 78 do Regimento Interno Resolução nº. 04/1992, e dá outras providências.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/487/projetoresolucao06.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/487/projetoresolucao06.2010.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 13 do Regimento Interno, Resolução nº. 04/1992, e da outras providências.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/488/projetoresolucao07.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/488/projetoresolucao07.2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Credito Adicional Suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/489/projetoresolucao08.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/489/projetoresolucao08.2010.pdf</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/490/projetoresolucao09.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/490/projetoresolucao09.2010.pdf</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>PROEM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1626/emenda_05.2010_ao_pl_023.2010.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1626/emenda_05.2010_ao_pl_023.2010.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI Nº 023/2010</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1236,67 +1236,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/912/mocao_de_apoio_dr._alberto_de_camargo_filho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/913/mocao_de_congratulacao_diva_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/914/mocao_de_congratulacao_diretoria_da_apae.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/916/mocao_de_congratulacao_jose_ferreira_alves.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/911/mocao_de_pesar_morte_erondina_dias_palmunari.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/915/mocao_de_pesar_morte_maria_ap._pereira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1528/pl_01.2010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1529/pl_02.2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1530/pl_03.2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1531/pl_04.2010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1593/pl_05.2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1594/pl_06.2010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1595/pl_07.2010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1596/pl_08.2010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1597/pl_09.2010.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1598/pl_10.2010.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1599/pl_011.2010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1600/pl_12.2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1601/pl_13.2010.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1602/pl_14.2010.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1603/pl_15.2010.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1604/pl_16.2010.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1605/pl_17.2010.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1606/pl_18.2010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1607/pl_19.2010.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1608/pl_20.2010.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1623/pl_021.2010.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1624/pl_022.2010.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1627/pl_024.2010.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1628/pl_025.2010.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1629/pl_026.2010.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1630/pl_027.2010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1631/pl_028.2010.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1632/pl_029.2010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1633/pl_030.2010.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1675/pl_031.2010.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1676/pl_032.2010.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1677/pl_033.2010.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1678/pl_034.2010.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1679/pl_035.2010.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1680/pl_036.2010.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1681/pl_037.2010.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1682/pl_038.2010.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1683/pl_039.2010.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1684/pl_040.2010.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1814/pl_041.2010.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1815/pl_042.2010.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1816/pl_043.2010.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1817/pl_044.2010.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1818/pl_045.2010.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1819/pl_046.2010.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1820/pl_047.2010.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1822/pl_048.2010.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1824/pl_049.2010.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1826/pl_050.2010.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1827/pl_051.2010.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1828/pl_052.20101.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1831/pl_053.2010.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1832/pl_054.2010.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1833/pl_055.2010.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1834/pl_056.2010.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1835/pl_057.2010.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1836/pl_058.2010.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/465/projetoresolucao01.2010.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/485/projetoresolucao02.2010.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/486/projetoresolucao05.2010.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/487/projetoresolucao06.2010.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/488/projetoresolucao07.2010.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/489/projetoresolucao08.2010.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/490/projetoresolucao09.2010.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1626/emenda_05.2010_ao_pl_023.2010.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/912/mocao_de_apoio_dr._alberto_de_camargo_filho.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/913/mocao_de_congratulacao_diva_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/914/mocao_de_congratulacao_diretoria_da_apae.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/916/mocao_de_congratulacao_jose_ferreira_alves.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/911/mocao_de_pesar_morte_erondina_dias_palmunari.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/915/mocao_de_pesar_morte_maria_ap._pereira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1528/pl_01.2010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1529/pl_02.2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1530/pl_03.2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1531/pl_04.2010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1593/pl_05.2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1594/pl_06.2010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1595/pl_07.2010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1596/pl_08.2010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1597/pl_09.2010.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1598/pl_10.2010.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1599/pl_011.2010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1600/pl_12.2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1601/pl_13.2010.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1602/pl_14.2010.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1603/pl_15.2010.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1604/pl_16.2010.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1605/pl_17.2010.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1606/pl_18.2010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1607/pl_19.2010.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1608/pl_20.2010.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1623/pl_021.2010.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1624/pl_022.2010.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1627/pl_024.2010.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1628/pl_025.2010.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1629/pl_026.2010.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1630/pl_027.2010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1631/pl_028.2010.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1632/pl_029.2010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1633/pl_030.2010.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1675/pl_031.2010.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1676/pl_032.2010.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1677/pl_033.2010.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1678/pl_034.2010.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1679/pl_035.2010.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1680/pl_036.2010.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1681/pl_037.2010.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1682/pl_038.2010.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1683/pl_039.2010.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1684/pl_040.2010.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1814/pl_041.2010.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1815/pl_042.2010.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1816/pl_043.2010.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1817/pl_044.2010.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1818/pl_045.2010.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1819/pl_046.2010.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1820/pl_047.2010.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1822/pl_048.2010.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1824/pl_049.2010.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1826/pl_050.2010.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1827/pl_051.2010.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1828/pl_052.20101.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1831/pl_053.2010.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1832/pl_054.2010.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1833/pl_055.2010.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1834/pl_056.2010.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1835/pl_057.2010.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1836/pl_058.2010.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/465/projetoresolucao01.2010.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/485/projetoresolucao02.2010.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/486/projetoresolucao05.2010.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/487/projetoresolucao06.2010.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/488/projetoresolucao07.2010.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/489/projetoresolucao08.2010.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/490/projetoresolucao09.2010.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2010/1626/emenda_05.2010_ao_pl_023.2010.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>