--- v0 (2025-12-17)
+++ v1 (2026-03-28)
@@ -10,1694 +10,1691 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1193" uniqueCount="549">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1193" uniqueCount="548">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOÇAP</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO</t>
   </si>
   <si>
     <t>LEGISLATIVO - LEG</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/919/mocao_de_apoio_pe._jose_orlando.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/919/mocao_de_apoio_pe._jose_orlando.pdf</t>
   </si>
   <si>
     <t>manifesta seu apoio no que for necessário ao Reverendíssimo Pe. José Orlando, e dizer que estaremos a disposição no que for necessário para contribuir com os novos projetos religiosos a serem implantados em nossa cidade.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/920/mocao_de_apoio_banco_do_brasil.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/920/mocao_de_apoio_banco_do_brasil.pdf</t>
   </si>
   <si>
     <t>MANIFESTA SEU APOIO no que for necessário para implantação e instalação da Agência do Banco do Brasil S/A em nosso município.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/924/mocao_de_apoio_prefeito_ze_izac_e_equipe_de_obras.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/924/mocao_de_apoio_prefeito_ze_izac_e_equipe_de_obras.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO e parabeniza o PREFEITO MUNICIPAL JOSÉ DE JESUS IZAC e sua equipe do departamento de obras pelos brilhantes serviços realizados junto ao Cemitério Municipal João Peixoto da Silveira.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>MOÇCO</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/918/mocao_de_congratulacoes_nerei_antonio_domingues.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/918/mocao_de_congratulacoes_nerei_antonio_domingues.pdf</t>
   </si>
   <si>
     <t>Congratulações e apoio ao PE. NEREU ANTONIO DOMINGUES, pelo trabalho de conscientização e evangelização realizado em nossa Paróquia de Sant'Ana</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/925/mocao_de_congratulacao_joao_de_barros.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/925/mocao_de_congratulacao_joao_de_barros.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES e parabenisa o senhor "JOÃO DE BARROS SECRETÁRIO MUNICIPAL DE INDÚSTRIA E COMÉRCIO", pelos brilhantes serviços prestados junto ao nosso município, principalmente nas instalações de micro - empresas, entre outras que estão sendo desenvolvidas e executadas.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>DARCI POLÍCIA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/926/mocao_de_congratulacao_hospital_n._sra._das_gracas.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/926/mocao_de_congratulacao_hospital_n._sra._das_gracas.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES a equipe em geral do Hospital Nossa Senhora das Graças e Secretaria Municipal de Saúde da cidade de Itaporanga — Estado de São Paulo, pelos brilhantes serviços prestados junto á comunidade, principalmente no atendimento da "Dona Aparecida Procópio de Carvalho" a qual foi atendida no dia 23 de setembro de 2009, neste Hospital, sempre atendendo aqueles mais necessitados com dedicação, motivação, respeito e dignidade.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>MOÇPE</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
     <t>SIRINEU MOTA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/917/mocao_de_pesar_morte_nerli_maria_alves.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/917/mocao_de_pesar_morte_nerli_maria_alves.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte da senhora Nerli Maria Alves, falecida em 27 de dezembro de 2008, neste Município.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/921/mocao_de_pesar_morte_edevaldo_luiz_ferreira.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/921/mocao_de_pesar_morte_edevaldo_luiz_ferreira.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do jovem Edevaldo Luiz Ferreira, falecido em 31 de março de 2009, neste Municipio</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/922/mocao_de_pesar_morte_emidio_oliveira_matozinho.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/922/mocao_de_pesar_morte_emidio_oliveira_matozinho.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte de EMIDIO DE OLIVEIRA MATOZINHO, falecido em 20 de agosto de 2009, nesta cidade de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Gilmar Egídio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/927/mocao_de_pesar_morte_jose_costa.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/927/mocao_de_pesar_morte_jose_costa.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor José Costa, falecido em 08 de outubro de 2009, no Município de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/928/mocao_de_pesar_morte_avelino_da_silva_guimaraes.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/928/mocao_de_pesar_morte_avelino_da_silva_guimaraes.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor Avelino da Silva Guimarães, falecido em 09 de outubro de 2009, no Município de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/929/mocao_de_pesar_morte_jose_maria_dos_santos.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/929/mocao_de_pesar_morte_jose_maria_dos_santos.pdf</t>
   </si>
   <si>
     <t>profundo pesar pela morte do senhor JOSÉ MARIA DOS SANTOS, falecido em 06 de dezembro de 2009, no Município de Santana do Itararé - Paraná.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>PARECER APRECIAÇÃO DE CONTAS DO PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/338/parecer_cof_1.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/338/parecer_cof_1.2009.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Município de Santana do Itararé - Pr., referente ao Exercício Financeiro de 2007, Processo nº. 146175/08 - TC do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>PROLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>JOSÉ DE JESUS ISAC</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2244/projeto_de_lei_no._001.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2244/projeto_de_lei_no._001.2009.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL DE SANTANA DO ITARARÉ-PR, REFIS MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>ELCIO JOSÉ VIDAL</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2245/projeto_de_lei_no._002.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2245/projeto_de_lei_no._002.2009.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ISENÇÃO DO IMPOSTO PREDIAL TERRITORIAL URBANO – IPTU E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2246/projeto_de_lei_no._003.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2246/projeto_de_lei_no._003.2009.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A OBRIGATORIEDADE DE UTILIZAÇÃO DE 95% (NOVENTA E CINCO POR CENTO) DE MÃO DE OBRA LOCAL PELAS EMPRESAS CONTRATADAS PELA PREFEITURA MUNICIPAL DE SANTANA DO ITARARÉ-PR, PARA PRESTAR SERVIÇOS NO MUNICÍPIO."</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2247/projeto_de_lei_no._004.2009_-_arquivado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2247/projeto_de_lei_no._004.2009_-_arquivado.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO - REGULAMENTA AS ATIVIDADES DO SERVIÇOS DE AUTOMÓVEIS DE ALUGUEL DENTRO TERRITÓRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2248/projeto_de_lei_no._005.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2248/projeto_de_lei_no._005.2009.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO MUNICIPAL, O REGIME JURÍDICO TRIBUTÁRIO DIFERENCIADO, FAVORECIDO E SIMPLIFICADO CONCEDIDO ÀS MICROEMPRESAS E ÀS EMPRESAS DE PEQUENO PORTE, NA CONFORMIDADE DAS NORMAS GERAIS PREVISTAS NO ESTATUTO NACIONAL DA MICROEMPRESA E DA EMPRESA DE PEQUENO PORTE INSTITUÍDO PELA LEI COMPLEMENTAR (FEDERAL) Nº 123, DE 14 DE DEZEMBRO DE 2006.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2249/projeto_de_lei_no._006.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2249/projeto_de_lei_no._006.2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE DIFERENCIADO NOS VENCIMENTOS DOS EMPREGOS PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2250/projeto_de_lei_no._007.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2250/projeto_de_lei_no._007.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2251/projeto_de_lei_no._008.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2251/projeto_de_lei_no._008.2009.pdf</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2252/projeto_de_lei_no._009.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2252/projeto_de_lei_no._009.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESTRIÇÃO DO HERBICIDA HORMONAL NO MUNICÍPIO DE SANTANA DO ITARARÉ-PR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2253/projeto_de_lei_no._010.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2253/projeto_de_lei_no._010.2009.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para o funcionamento de bares e similares, no âmbito do Município.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2254/projeto_de_lei_no._011.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2254/projeto_de_lei_no._011.2009.pdf</t>
   </si>
   <si>
     <t>Fica proibido a venda de cerveja de garrafa descartável (Long Neck), nas Lanchonetes, bares, mercados e similares no âmbito do Município de Santana do Itararé e dá outras providências.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Ney Aparecido Silva</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2255/projeto_de_lei_no._012.2009_-_arquivado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2255/projeto_de_lei_no._012.2009_-_arquivado.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 012/2009 - ARQUIVADO.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2256/projeto_de_lei_no._013.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2256/projeto_de_lei_no._013.2009.pdf</t>
   </si>
   <si>
     <t>Procede a alterações em uma ou mais vezes no Plano Plurianual do Município de Santana do Itararé, para o período de 2006 a 2009.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2257/projeto_de_lei_no._014.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2257/projeto_de_lei_no._014.2009.pdf</t>
   </si>
   <si>
     <t>Procede a alterações na legislação que estabelece as metas e prioridades da administração municipal para o exercício de 2009, em uma ou mais vezes além de orientações à elaboração do Orçamento – Programa do Município de Santana do Itararé, para o exercício de 2009.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2258/projeto_de_lei_no._015.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2258/projeto_de_lei_no._015.2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Credito Adicional Suplementar, em uma ou mais vezes e dá outras providências.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2259/projeto_de_lei_no._016.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2259/projeto_de_lei_no._016.2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2260/projeto_de_lei_no._017.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2260/projeto_de_lei_no._017.2009.pdf</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2261/projeto_de_lei_no._018.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2261/projeto_de_lei_no._018.2009.pdf</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2262/projeto_de_lei_no._019.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2262/projeto_de_lei_no._019.2009.pdf</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2263/projeto_de_lei_no._020.2009_-_arquivado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2263/projeto_de_lei_no._020.2009_-_arquivado.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 020/2009 - ARQUIVADO.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2264/projeto_de_lei_no._021.2009_-_arquivado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2264/projeto_de_lei_no._021.2009_-_arquivado.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 021/2009 - ARQUIVADO.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2265/projeto_de_lei_no._022.2009_-_arquivado.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2265/projeto_de_lei_no._022.2009_-_arquivado.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 022/2009 - ARQUIVADO.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2266/projeto_de_lei_no._023.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2266/projeto_de_lei_no._023.2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONSIGNAÇÃO EM FOLHA DE PAGAMENTO MEDIANTE A CELEBRAÇÃO DE CONVÊNIO COM O BANCO BRADESCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2267/projeto_de_lei_no._024.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2267/projeto_de_lei_no._024.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DEFESA DO MEIO AMBIENTE NO MUNICÍPIO DE SANTANA DO ITARARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2268/projeto_de_lei_no._025.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2268/projeto_de_lei_no._025.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE SANTANA DO ITARARÉ, PARA O PERÍODO DE 2010 À 2013</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2269/projeto_de_lei_no._026.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2269/projeto_de_lei_no._026.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>GILMAR EGÍDIO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2270/projeto_de_lei_no._027.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2270/projeto_de_lei_no._027.2009.pdf</t>
   </si>
   <si>
     <t>Propõe aquisição e/ou desapropriação de um imóvel urbano para o município, visando a construção de uma estrutura, ou seja, uma residência que srvirá de alojamento para os plantões dos médicos, motoristas que compõe a Secretaria Municipal da Saúde e funcionamento da Casa de Apoio, e dá outras providências.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2271/projeto_de_lei_no._028.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2271/projeto_de_lei_no._028.2009.pdf</t>
   </si>
   <si>
     <t>PROPÕE A IMPLANTAÇÃO E CONSTRUÇÃO DO CENTRO DE TRATAMENTO DE DEPENDÊNCIA QUÍMICA EM GERAL, ALCOÓLICA E DROGAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2272/projeto_de_lei_no._029.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2272/projeto_de_lei_no._029.2009.pdf</t>
   </si>
   <si>
     <t>PROPÕE A DENOMINAÇÃO DO CENTRO CÍVICO AMÉLIA PIRES FERREIRA KOPROSKI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2273/projeto_de_lei_no._030.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2273/projeto_de_lei_no._030.2009.pdf</t>
   </si>
   <si>
     <t>PROPÕE A DENOMINAÇÃO DO BAIRRO PARQUE BARIGUI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2274/projeto_de_lei_no._031.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2274/projeto_de_lei_no._031.2009.pdf</t>
   </si>
   <si>
     <t>PROPÕE A DENOMINAÇÃO DO PARQUE INDUSTRIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2275/projeto_de_lei_no._032.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2275/projeto_de_lei_no._032.2009.pdf</t>
   </si>
   <si>
     <t>PROPÕE A DENOMINAÇÃO DO PRÉDIO DESTINADO AO PROGRAMA SAÚDE DA FAMÍLIA – PSF, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2276/projeto_de_lei_no._033.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2276/projeto_de_lei_no._033.2009.pdf</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2277/projeto_de_lei_no._034.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2277/projeto_de_lei_no._034.2009.pdf</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2278/projeto_de_lei_no._035.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2278/projeto_de_lei_no._035.2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Credito Adicional Especial, em uma ou mais vezes e dá outras providências.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2279/projeto_de_lei_no._036.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2279/projeto_de_lei_no._036.2009.pdf</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2282/projeto_de_lei_no._037.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2282/projeto_de_lei_no._037.2009.pdf</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2283/projeto_de_lei_no._038.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2283/projeto_de_lei_no._038.2009.pdf</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2284/projeto_de_lei_no._039.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2284/projeto_de_lei_no._039.2009.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA BOLSA DE ESTUDO PARA EDUCAÇÃO SUPERIOR E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2285/projeto_de_lei_no._040.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2285/projeto_de_lei_no._040.2009.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART.4º, PARÁGRAFO 8º, INCISOS I, II e III, QUE DISPÕEM SOBRE OS DESCONTOS PARA PAGAMENTO À VISTA DO IMPOSTO PREDIAL E TERRITORIAL URBANO.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2286/projeto_de_lei_no._041.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2286/projeto_de_lei_no._041.2009.pdf</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2287/projeto_de_lei_no._042.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2287/projeto_de_lei_no._042.2009.pdf</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2288/projeto_de_lei_no._043.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2288/projeto_de_lei_no._043.2009.pdf</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2289/projeto_de_lei_no._044.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2289/projeto_de_lei_no._044.2009.pdf</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>José de Jesus Isac</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2291/projeto_de_lei_no._045.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2291/projeto_de_lei_no._045.2009.pdf</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2293/projeto_de_lei_no._047.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2293/projeto_de_lei_no._047.2009.pdf</t>
   </si>
   <si>
     <t>PROCEDE A ALTERAÇÕES EM UMAOU MAIS VEZES NO PLANO PLURIANUAL DO MUNICIPIO DE SANTANA DO ITARARE, PARA O PERIODO DE 2006 A 2009.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2294/projeto_de_lei_no._048.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2294/projeto_de_lei_no._048.2009.pdf</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2295/projeto_de_lei_no._049.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2295/projeto_de_lei_no._049.2009.pdf</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2296/projeto_de_lei_no._050.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2296/projeto_de_lei_no._050.2009.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar financiamento junto ao Banco Nacional de Desenvolvimento Econõmico e Social - BNDES, através da CAIXA ECONÔMICA FEDERAL, na qualidade de Agente Financeiro, a oferecer garantias e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2297/projeto_de_lei_no._051.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2297/projeto_de_lei_no._051.2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Rua que liga a Rua José Benedito da Silva e Rua da Paz de "OSCARLINA JACOB", e dá outras providências.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2299/projeto_de_lei_no._052.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2299/projeto_de_lei_no._052.2009.pdf</t>
   </si>
   <si>
     <t>Propõe sobre destinação de uma área de 6.050-m2 (seis mil e cinquenta metros quadrados) equivalente á 1/4 (uma quarta) de terreno no Bairro Parque Barigui, para construção da área de laser aos Servidores Públicos Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2300/projeto_de_lei_no._053.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2300/projeto_de_lei_no._053.2009.pdf</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2301/projeto_de_lei_no._054.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2301/projeto_de_lei_no._054.2009.pdf</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2302/projeto_de_lei_no._055.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2302/projeto_de_lei_no._055.2009.pdf</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2303/projeto_de_lei_no._056.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2303/projeto_de_lei_no._056.2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER LEGISLATIVO MUNICIPAL A ALIENAR MEDIANTE LEILÃO, MÓVEL DE PROPRIEDADE DO LEGISLATIVO MUNICÍPAL, ATRAVÉS DE PROCEDIMENTO LICITATÓRIO, CONFORME ESPECIFICA, É DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2304/projeto_de_lei_no._057.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2304/projeto_de_lei_no._057.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO NOS MOLDES DO ARTIGO 37 DA COSNTITUIÇÃO FEDERAL DE 1988.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2305/projeto_de_lei_no._058.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2305/projeto_de_lei_no._058.2009.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 1º, da Lei nº. 007/2009, que estabelece normas para funcionamento de bares, lâ house, casa de jogos, e similares no âmbito do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2306/projeto_de_lei_no._059.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2306/projeto_de_lei_no._059.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NÃO TRANSFORMAÇÃO EM EXECUTIVO FISCAL DE DIVIDA ATIVA INFERIOR AO VALOR DE CUSTAS PROCESSUAIS.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto_de_lei_no._060.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto_de_lei_no._060.2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CONSTRUIR, REFORMAR OU AMPLIAR CASAS PARA FAMÍLIAS DE BAIXA RENDA MEDIANTE PARCELAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto_de_lei_no._061.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto_de_lei_no._061.2009.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALIENAR MEDIANTE VENDA, IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, ATRAVÉS DE PROCEDIMENTO LICITATÓRIO, CONFORME ESPECIFICA".</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2347/projeto_de_lei_no._062.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2347/projeto_de_lei_no._062.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTÁGIO DE ESTUDANTES NO MUNICÍPIO DE SANTANA DO ITARARÉ - ESTADO DO PARANÁ, E DÁ PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto_de_lei_no._063.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto_de_lei_no._063.2009.pdf</t>
   </si>
   <si>
     <t>RETIRADO DE PAUTA "REGULAMENTA AS CONTRATAÇÕES TEMPORÁRIAS PREVISTAS NA ARTIGO 37, INCISO IX, DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto_de_lei_no._064.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto_de_lei_no._064.2009.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE ESTÍMULO À CIDADANIA FISCAL E VALORIZAÇÃO DO COMÉRCIO LOCAL DO MUNICÍPIO DE SANTANA DO ITARARÉ, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto_de_lei_no._065.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto_de_lei_no._065.2009.pdf</t>
   </si>
   <si>
     <t>Procede a alterações em uma o mais vezes no Plano Plurianual do Município de Santana do Itararé, para o período de 2006 a 2009.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto_de_lei_no._066.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto_de_lei_no._066.2009.pdf</t>
   </si>
   <si>
     <t>Procede a alterações na legislação que estabelece as metas e prioridades da administração municipal para o exercício de 2009, em uma ou mais vezes além de orientações à elaboração do Orçamento - Programa do Município de Santana do Itararé, para exercício de 2009.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto_de_lei_no._067.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto_de_lei_no._067.2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial, em uma ou mais vezese dá outras providências.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto_de_lei_no._068.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto_de_lei_no._068.2009.pdf</t>
   </si>
   <si>
     <t>Procede a alterações em uma ou mais vezes no Plano Plurianual de Município de Santana do Itararé, para o período de 2006 a 2009.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto_de_lei_no._069.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto_de_lei_no._069.2009.pdf</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto_de_lei_no._070.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto_de_lei_no._070.2009.pdf</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto_de_lei_no._071.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto_de_lei_no._071.2009.pdf</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto_de_lei_no._072.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto_de_lei_no._072.2009.pdf</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto_de_lei_no._073.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto_de_lei_no._073.2009.pdf</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto_de_lei_no._074.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto_de_lei_no._074.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXCLUSÃO DA TAXA DE LIMPEZA E CONSERVAÇÃO PÚBLICA COBRADA PELO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto_de_lei_no._075.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto_de_lei_no._075.2009.pdf</t>
   </si>
   <si>
     <t>"DILATA O PRAZO ADESÃO AO PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto_de_lei_no._076.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto_de_lei_no._076.2009.pdf</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto_de_lei_no._077.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto_de_lei_no._077.2009.pdf</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto_de_lei_no._078.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto_de_lei_no._078.2009.pdf</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto_de_lei_no._079.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto_de_lei_no._079.2009.pdf</t>
   </si>
   <si>
     <t>REJEITADO "DISPÕE SOBRE A RENOVAÇÃO DA PERMISSÃO DE USO DOS SERVIÇOS DE TAXI DO MUNICÍPIO DE SANTANA DO ITARARÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto_de_lei_no._080.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto_de_lei_no._080.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DO PÁTIO RODOVIÁRIO MUNICIPAL DE SANTANA DO ITARARÉ DE "VICE PREFEITO JOSÉ DE ASSIS FERREIRA" CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto_de_lei_no._081.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto_de_lei_no._081.2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DA ESTRADA MUNICIPAL DO BAIRRO CAMPININHA QUE LIGA A PR-272 Á PR-151 DE "ADÃO BARBOSA DA SILVA", CONFORME ESPECIFICA.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto_de_lei_no._082.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto_de_lei_no._082.2009.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE EMENDA ADITIVA AO ARTIGO 4º. DA LEI MUNICIPAL 048/2009 BEM COMO, ALTERA OS VALORES DO ANEXO II, OS CARGOS EM COMISSÃO, E AINDA FAZ INSERIR NO ANEXO II, OS CARGOS EM COMISSÃO DE DIRETOR DE DSEPARTAMENTO DE TRIBUTOS, DIRETOR DO DEPARTAMENTO DE RECURSOS HUMANOS E DE DIRETOR DO DEPARTAMENTO DE LICITAÇÃO E CONTRATOS, BEM COMO EXTINÇÃO DE CARGOS DE DIRETOR, CONFORME DETERMINAÇÃO DO MINISTÉRIO PÚBLICO ESTADUAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto_de_lei_no._083.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto_de_lei_no._083.2009.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PADRONIZAÇÃO DAS CORES QUE SERÃO UTILIZADAS NOS BENS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto_de_lei_no._084.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto_de_lei_no._084.2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESENVOLVER AÇÕES PARA IMPLEMENTAR O PROGRAMA MINHA CASA, MINHA VIDA, PROGRAMA NACIONAL DE HABITAÇÃO RURAL, REGULAMENTADO PELA MP 459/2009 DE 25 DE MARÇO DE 2009.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2372/projeto_de_lei_no._085.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2372/projeto_de_lei_no._085.2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER LEGISLATIVO MUNICIPAL A ALIENAR MEDIANTE LEILÃO, MÓVEL DE PROPRIEDADE DO LEGISLATIVO MUNICIPAL, ATRAVÉS DE PROCEDIMENTO LICITATÓRIO, CONFORME ESPECIFICA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto_de_lei_no._086.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto_de_lei_no._086.2009.pdf</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto_de_lei_no._087.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto_de_lei_no._087.2009.pdf</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto_de_lei_no._088.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto_de_lei_no._088.2009.pdf</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto_de_lei_no._089.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto_de_lei_no._089.2009.pdf</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto_de_lei_no._090.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto_de_lei_no._090.2009.pdf</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2381/projeto_de_lei_no._091.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2381/projeto_de_lei_no._091.2009.pdf</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto_de_lei_no._092.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto_de_lei_no._092.2009.pdf</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2383/projeto_de_lei_no._093.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2383/projeto_de_lei_no._093.2009.pdf</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2384/projeto_de_lei_no._094.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2384/projeto_de_lei_no._094.2009.pdf</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2385/projeto_de_lei_no._095.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2385/projeto_de_lei_no._095.2009.pdf</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2386/projeto_de_lei_no._096.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2386/projeto_de_lei_no._096.2009.pdf</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2388/projeto_de_lei_no._097.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2388/projeto_de_lei_no._097.2009.pdf</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2389/projeto_de_lei_no._098.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2389/projeto_de_lei_no._098.2009.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL MUNICIPAL PELO PRAZO DE 03 (TRÊS) ANOS E 04 (QUATRO) MESES, OU SEJA, ATÉ 31 DE DEZEMBRO DO ANO DE 2012, PARA INSTALAÇÃO RÁDIO COMUNITÁRIA SANTANA FM E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2390/projeto_de_lei_no._099.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2390/projeto_de_lei_no._099.2009.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO NOS TERMOS DO ARTIGO 188 "AUTORIZA O PODER EXECUTIVO A DOAR 10 LOTES E O ANTIGO MATADOURO MUNICIPAL PARA CONSTRUÇÃO DE CASAS POPULARES PARA PESSOAS CARENTESE DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2391/projeto_de_lei_no._100.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2391/projeto_de_lei_no._100.2009.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO MUNICIPAL OS INCENTIVOS DIVERSOS AOS ALUNOS PARTICIPANTES DO PROGRAMA PARANÁ ALFABETIZADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2392/projeto_de_lei_no._101.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2392/projeto_de_lei_no._101.2009.pdf</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2393/projeto_de_lei_no._102.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2393/projeto_de_lei_no._102.2009.pdf</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2394/projeto_de_lei_no._103.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2394/projeto_de_lei_no._103.2009.pdf</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2395/projeto_de_lei_no._104.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2395/projeto_de_lei_no._104.2009.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REGULAMENTAÇÃO DOS SERVIÇOS DE TÁXIS NO ÂMBITO DO MUNICÍPIO DE SANTANA DO ITARARÉ, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2396/projeto_de_lei_no._105.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2396/projeto_de_lei_no._105.2009.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO CARGO DE CONTROLADOR INTERNO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2399/projeto_de_lei_no._106.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2399/projeto_de_lei_no._106.2009.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e fixa a Despesas do Município de Santana do Itararé para exercício financeiro de 2010 e dá outras providências".</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2400/projeto_de_lei_no._107.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2400/projeto_de_lei_no._107.2009.pdf</t>
   </si>
   <si>
     <t>"Altera o Plano Plurianual do quadriênio 2010-2013; altera a Lei de Diretrizes Orçamentárias do exercício de 2010, e altera a Lei Orçamentária Anual do exercício de 2010".</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2403/projeto_de_lei_no._108.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2403/projeto_de_lei_no._108.2009.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 86 da Lei Orgânica Municipal, que trata da Publicação dos Atos Municipais.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2404/projeto_de_lei_no._109.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2404/projeto_de_lei_no._109.2009.pdf</t>
   </si>
   <si>
     <t>"CRIA, EXTINGUE E AMPLIA A QUANTIDADE DE VAGAS DOS CARGOS EFTIVOS PREVISTOS NO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2405/projeto_de_lei_no._110.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2405/projeto_de_lei_no._110.2009.pdf</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2406/projeto_de_lei_no._111.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2406/projeto_de_lei_no._111.2009.pdf</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2407/projeto_de_lei_no._112.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2407/projeto_de_lei_no._112.2009.pdf</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2408/projeto_de_lei_no._113.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2408/projeto_de_lei_no._113.2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Casa Mortuária, Creche Municipal e Rodoviária Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2409/projeto_de_lei_no._114.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2409/projeto_de_lei_no._114.2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no Artigo 1º da Lei nº. 024/2009, e dá outras providências.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2410/projeto_de_lei_no._115.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2410/projeto_de_lei_no._115.2009.pdf</t>
   </si>
   <si>
     <t>Altera o Título III, DOS IMPOSTOS, Capítulo III - ITBI, Seção VII - Das alícotas, em seu Art. 129º e Altera o Título IV, DAS TAXAS, no Art. 147º, Capítulo II, III, em seu anexo IV, Capítulo X, em seu anexo VI, e Art. 343º, incisos I, II, III e Parágrafo Único da Lei Municipal nº. 041/2001, que dispõe sobre Sistema Tributário do Município de Santana do Itararé - Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2411/projeto_de_lei_no._116.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2411/projeto_de_lei_no._116.2009.pdf</t>
   </si>
   <si>
     <t>"CRIA E AMPLIA VAGAS DOS CARGOS EFETIVOS PREVISTOS NA LEI MUNICIPAL Nº. 043/2007, QUE DISPÕE SOBRE O ESTATUTO, PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DO MAGISTÉIO DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2412/projeto_de_lei_no._117.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2412/projeto_de_lei_no._117.2009.pdf</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2413/projeto_de_lei_no._118.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2413/projeto_de_lei_no._118.2009.pdf</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2414/projeto_de_lei_no._119.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2414/projeto_de_lei_no._119.2009.pdf</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2415/projeto_de_lei_no._120.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2415/projeto_de_lei_no._120.2009.pdf</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2416/projeto_de_lei_no._121.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2416/projeto_de_lei_no._121.2009.pdf</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2417/projeto_de_lei_no._122.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2417/projeto_de_lei_no._122.2009.pdf</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2418/projeto_de_lei_no._123.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2418/projeto_de_lei_no._123.2009.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 17 DA LEI MUNICIPAL Nº. 051/2009 (LEI DE DIRETRIZES ORÇAMENTÁRIA) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2419/projeto_de_lei_no._124.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2419/projeto_de_lei_no._124.2009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL DE SANTANA DO ITARARÉ - PR, A CELEBRAR CONVÊNIOS COM AS ASSOCIAÇÕES E ENTIDADES CIVIS DESTE MUNICÍPIO CONFORME ESPECIFICA PROJETO.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2420/projeto_de_lei_no._125.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2420/projeto_de_lei_no._125.2009.pdf</t>
   </si>
   <si>
     <t>"DECLARA SITUAÇÃO DE EMERGÊNCIA NO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2421/projeto_de_lei_no._126.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2421/projeto_de_lei_no._126.2009.pdf</t>
   </si>
   <si>
     <t>"CONSTITUI O CARGO EFETIVO DE ASSISTENTE DE PLANEJAMENTO E ADMINISTRAÇÃO INCLUINDO-O NO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SANTANA DO ITARARÉ, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/475/projetoresolucao01.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/475/projetoresolucao01.2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração dos Artigos 135 e 146 § 1º do Regimento Interno, Resolução nº. 04/1992, e da outras providências.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/476/projetoresolucao02.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/476/projetoresolucao02.2009.pdf</t>
   </si>
   <si>
     <t>Propõe a contratação de órgão oficial para Poder Legislativo, e da outras providências.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/477/projetoresolucao004.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/477/projetoresolucao004.2009.pdf</t>
   </si>
   <si>
     <t>Inclui o inciso V, ao artigo 78 da Regimento Interno Resolução nº. 04/1992, e da outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/478/projetoresolucao005.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/478/projetoresolucao005.2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Credito Adicional Suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/479/projetoresolucao006.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/479/projetoresolucao006.2009.pdf</t>
   </si>
   <si>
     <t>altera o Anexo - II dos cargos de provimento em comissão e Anexo - III, Tabelas "A" de vencimentos dos Empregos Públicos dos Servidores do Quadro Efetivo, da Resolução nº. 011/2005 do Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/480/projetoresolucao07.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/480/projetoresolucao07.2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração dos Artigos 135 e 146, § 1º do Regimento Interno Resolução nº. 04/1992 e cancelar as reuniões ordinárias quando necessário e quanto não tiver matéria de grande relevância, e da outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/481/projetoresolucao08.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/481/projetoresolucao08.2009.pdf</t>
   </si>
   <si>
     <t>Dispões sobre abertura de Credito Adicional Suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/482/projetoresolucao09.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/482/projetoresolucao09.2009.pdf</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/483/projetoresolucao10.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/483/projetoresolucao10.2009.pdf</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/484/projetoresolucao11.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/484/projetoresolucao11.2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Credito Adicional Especial/Suplementar, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2004,67 +2001,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/919/mocao_de_apoio_pe._jose_orlando.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/920/mocao_de_apoio_banco_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/924/mocao_de_apoio_prefeito_ze_izac_e_equipe_de_obras.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/918/mocao_de_congratulacoes_nerei_antonio_domingues.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/925/mocao_de_congratulacao_joao_de_barros.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/926/mocao_de_congratulacao_hospital_n._sra._das_gracas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/917/mocao_de_pesar_morte_nerli_maria_alves.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/921/mocao_de_pesar_morte_edevaldo_luiz_ferreira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/922/mocao_de_pesar_morte_emidio_oliveira_matozinho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/927/mocao_de_pesar_morte_jose_costa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/928/mocao_de_pesar_morte_avelino_da_silva_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/929/mocao_de_pesar_morte_jose_maria_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/338/parecer_cof_1.2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2244/projeto_de_lei_no._001.2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2245/projeto_de_lei_no._002.2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2246/projeto_de_lei_no._003.2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2247/projeto_de_lei_no._004.2009_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2248/projeto_de_lei_no._005.2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2249/projeto_de_lei_no._006.2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2250/projeto_de_lei_no._007.2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2251/projeto_de_lei_no._008.2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2252/projeto_de_lei_no._009.2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2253/projeto_de_lei_no._010.2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2254/projeto_de_lei_no._011.2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2255/projeto_de_lei_no._012.2009_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2256/projeto_de_lei_no._013.2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2257/projeto_de_lei_no._014.2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2258/projeto_de_lei_no._015.2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2259/projeto_de_lei_no._016.2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2260/projeto_de_lei_no._017.2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2261/projeto_de_lei_no._018.2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2262/projeto_de_lei_no._019.2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2263/projeto_de_lei_no._020.2009_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2264/projeto_de_lei_no._021.2009_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2265/projeto_de_lei_no._022.2009_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2266/projeto_de_lei_no._023.2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2267/projeto_de_lei_no._024.2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2268/projeto_de_lei_no._025.2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2269/projeto_de_lei_no._026.2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2270/projeto_de_lei_no._027.2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2271/projeto_de_lei_no._028.2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2272/projeto_de_lei_no._029.2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2273/projeto_de_lei_no._030.2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2274/projeto_de_lei_no._031.2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2275/projeto_de_lei_no._032.2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2276/projeto_de_lei_no._033.2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2277/projeto_de_lei_no._034.2009.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2278/projeto_de_lei_no._035.2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2279/projeto_de_lei_no._036.2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2282/projeto_de_lei_no._037.2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2283/projeto_de_lei_no._038.2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2284/projeto_de_lei_no._039.2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2285/projeto_de_lei_no._040.2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2286/projeto_de_lei_no._041.2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2287/projeto_de_lei_no._042.2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2288/projeto_de_lei_no._043.2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2289/projeto_de_lei_no._044.2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2291/projeto_de_lei_no._045.2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2293/projeto_de_lei_no._047.2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2294/projeto_de_lei_no._048.2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2295/projeto_de_lei_no._049.2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2296/projeto_de_lei_no._050.2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2297/projeto_de_lei_no._051.2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2299/projeto_de_lei_no._052.2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2300/projeto_de_lei_no._053.2009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2301/projeto_de_lei_no._054.2009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2302/projeto_de_lei_no._055.2009.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2303/projeto_de_lei_no._056.2009.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2304/projeto_de_lei_no._057.2009.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2305/projeto_de_lei_no._058.2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2306/projeto_de_lei_no._059.2009.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto_de_lei_no._060.2009.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto_de_lei_no._061.2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2347/projeto_de_lei_no._062.2009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto_de_lei_no._063.2009.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto_de_lei_no._064.2009.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto_de_lei_no._065.2009.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto_de_lei_no._066.2009.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto_de_lei_no._067.2009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto_de_lei_no._068.2009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto_de_lei_no._069.2009.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto_de_lei_no._070.2009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto_de_lei_no._071.2009.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto_de_lei_no._072.2009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto_de_lei_no._073.2009.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto_de_lei_no._074.2009.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto_de_lei_no._075.2009.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto_de_lei_no._076.2009.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto_de_lei_no._077.2009.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto_de_lei_no._078.2009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto_de_lei_no._079.2009.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto_de_lei_no._080.2009.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto_de_lei_no._081.2009.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto_de_lei_no._082.2009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto_de_lei_no._083.2009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto_de_lei_no._084.2009.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2372/projeto_de_lei_no._085.2009.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto_de_lei_no._086.2009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto_de_lei_no._087.2009.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto_de_lei_no._088.2009.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto_de_lei_no._089.2009.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto_de_lei_no._090.2009.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2381/projeto_de_lei_no._091.2009.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto_de_lei_no._092.2009.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2383/projeto_de_lei_no._093.2009.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2384/projeto_de_lei_no._094.2009.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2385/projeto_de_lei_no._095.2009.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2386/projeto_de_lei_no._096.2009.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2388/projeto_de_lei_no._097.2009.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2389/projeto_de_lei_no._098.2009.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2390/projeto_de_lei_no._099.2009.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2391/projeto_de_lei_no._100.2009.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2392/projeto_de_lei_no._101.2009.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2393/projeto_de_lei_no._102.2009.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2394/projeto_de_lei_no._103.2009.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2395/projeto_de_lei_no._104.2009.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2396/projeto_de_lei_no._105.2009.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2399/projeto_de_lei_no._106.2009.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2400/projeto_de_lei_no._107.2009.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2403/projeto_de_lei_no._108.2009.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2404/projeto_de_lei_no._109.2009.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2405/projeto_de_lei_no._110.2009.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2406/projeto_de_lei_no._111.2009.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2407/projeto_de_lei_no._112.2009.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2408/projeto_de_lei_no._113.2009.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2409/projeto_de_lei_no._114.2009.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2410/projeto_de_lei_no._115.2009.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2411/projeto_de_lei_no._116.2009.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2412/projeto_de_lei_no._117.2009.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2413/projeto_de_lei_no._118.2009.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2414/projeto_de_lei_no._119.2009.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2415/projeto_de_lei_no._120.2009.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2416/projeto_de_lei_no._121.2009.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2417/projeto_de_lei_no._122.2009.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2418/projeto_de_lei_no._123.2009.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2419/projeto_de_lei_no._124.2009.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2420/projeto_de_lei_no._125.2009.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2421/projeto_de_lei_no._126.2009.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/475/projetoresolucao01.2009.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/476/projetoresolucao02.2009.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/477/projetoresolucao004.2009.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/478/projetoresolucao005.2009.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/479/projetoresolucao006.2009.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/480/projetoresolucao07.2009.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/481/projetoresolucao08.2009.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/482/projetoresolucao09.2009.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/483/projetoresolucao10.2009.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/484/projetoresolucao11.2009.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/919/mocao_de_apoio_pe._jose_orlando.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/920/mocao_de_apoio_banco_do_brasil.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/924/mocao_de_apoio_prefeito_ze_izac_e_equipe_de_obras.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/918/mocao_de_congratulacoes_nerei_antonio_domingues.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/925/mocao_de_congratulacao_joao_de_barros.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/926/mocao_de_congratulacao_hospital_n._sra._das_gracas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/917/mocao_de_pesar_morte_nerli_maria_alves.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/921/mocao_de_pesar_morte_edevaldo_luiz_ferreira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/922/mocao_de_pesar_morte_emidio_oliveira_matozinho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/927/mocao_de_pesar_morte_jose_costa.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/928/mocao_de_pesar_morte_avelino_da_silva_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/929/mocao_de_pesar_morte_jose_maria_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/338/parecer_cof_1.2009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2244/projeto_de_lei_no._001.2009.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2245/projeto_de_lei_no._002.2009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2246/projeto_de_lei_no._003.2009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2247/projeto_de_lei_no._004.2009_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2248/projeto_de_lei_no._005.2009.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2249/projeto_de_lei_no._006.2009.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2250/projeto_de_lei_no._007.2009.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2251/projeto_de_lei_no._008.2009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2252/projeto_de_lei_no._009.2009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2253/projeto_de_lei_no._010.2009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2254/projeto_de_lei_no._011.2009.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2255/projeto_de_lei_no._012.2009_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2256/projeto_de_lei_no._013.2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2257/projeto_de_lei_no._014.2009.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2258/projeto_de_lei_no._015.2009.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2259/projeto_de_lei_no._016.2009.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2260/projeto_de_lei_no._017.2009.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2261/projeto_de_lei_no._018.2009.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2262/projeto_de_lei_no._019.2009.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2263/projeto_de_lei_no._020.2009_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2264/projeto_de_lei_no._021.2009_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2265/projeto_de_lei_no._022.2009_-_arquivado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2266/projeto_de_lei_no._023.2009.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2267/projeto_de_lei_no._024.2009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2268/projeto_de_lei_no._025.2009.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2269/projeto_de_lei_no._026.2009.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2270/projeto_de_lei_no._027.2009.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2271/projeto_de_lei_no._028.2009.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2272/projeto_de_lei_no._029.2009.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2273/projeto_de_lei_no._030.2009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2274/projeto_de_lei_no._031.2009.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2275/projeto_de_lei_no._032.2009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2276/projeto_de_lei_no._033.2009.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2277/projeto_de_lei_no._034.2009.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2278/projeto_de_lei_no._035.2009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2279/projeto_de_lei_no._036.2009.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2282/projeto_de_lei_no._037.2009.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2283/projeto_de_lei_no._038.2009.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2284/projeto_de_lei_no._039.2009.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2285/projeto_de_lei_no._040.2009.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2286/projeto_de_lei_no._041.2009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2287/projeto_de_lei_no._042.2009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2288/projeto_de_lei_no._043.2009.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2289/projeto_de_lei_no._044.2009.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2291/projeto_de_lei_no._045.2009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2293/projeto_de_lei_no._047.2009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2294/projeto_de_lei_no._048.2009.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2295/projeto_de_lei_no._049.2009.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2296/projeto_de_lei_no._050.2009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2297/projeto_de_lei_no._051.2009.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2299/projeto_de_lei_no._052.2009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2300/projeto_de_lei_no._053.2009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2301/projeto_de_lei_no._054.2009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2302/projeto_de_lei_no._055.2009.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2303/projeto_de_lei_no._056.2009.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2304/projeto_de_lei_no._057.2009.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2305/projeto_de_lei_no._058.2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2306/projeto_de_lei_no._059.2009.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2336/projeto_de_lei_no._060.2009.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2344/projeto_de_lei_no._061.2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2347/projeto_de_lei_no._062.2009.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2348/projeto_de_lei_no._063.2009.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2349/projeto_de_lei_no._064.2009.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2350/projeto_de_lei_no._065.2009.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2351/projeto_de_lei_no._066.2009.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2352/projeto_de_lei_no._067.2009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2353/projeto_de_lei_no._068.2009.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2354/projeto_de_lei_no._069.2009.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2355/projeto_de_lei_no._070.2009.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2356/projeto_de_lei_no._071.2009.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2357/projeto_de_lei_no._072.2009.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2358/projeto_de_lei_no._073.2009.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2359/projeto_de_lei_no._074.2009.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2360/projeto_de_lei_no._075.2009.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2361/projeto_de_lei_no._076.2009.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2362/projeto_de_lei_no._077.2009.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2363/projeto_de_lei_no._078.2009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2364/projeto_de_lei_no._079.2009.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2365/projeto_de_lei_no._080.2009.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2366/projeto_de_lei_no._081.2009.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2368/projeto_de_lei_no._082.2009.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2370/projeto_de_lei_no._083.2009.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2371/projeto_de_lei_no._084.2009.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2372/projeto_de_lei_no._085.2009.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2373/projeto_de_lei_no._086.2009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2377/projeto_de_lei_no._087.2009.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2378/projeto_de_lei_no._088.2009.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2379/projeto_de_lei_no._089.2009.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2380/projeto_de_lei_no._090.2009.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2381/projeto_de_lei_no._091.2009.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2382/projeto_de_lei_no._092.2009.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2383/projeto_de_lei_no._093.2009.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2384/projeto_de_lei_no._094.2009.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2385/projeto_de_lei_no._095.2009.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2386/projeto_de_lei_no._096.2009.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2388/projeto_de_lei_no._097.2009.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2389/projeto_de_lei_no._098.2009.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2390/projeto_de_lei_no._099.2009.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2391/projeto_de_lei_no._100.2009.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2392/projeto_de_lei_no._101.2009.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2393/projeto_de_lei_no._102.2009.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2394/projeto_de_lei_no._103.2009.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2395/projeto_de_lei_no._104.2009.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2396/projeto_de_lei_no._105.2009.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2399/projeto_de_lei_no._106.2009.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2400/projeto_de_lei_no._107.2009.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2403/projeto_de_lei_no._108.2009.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2404/projeto_de_lei_no._109.2009.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2405/projeto_de_lei_no._110.2009.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2406/projeto_de_lei_no._111.2009.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2407/projeto_de_lei_no._112.2009.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2408/projeto_de_lei_no._113.2009.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2409/projeto_de_lei_no._114.2009.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2410/projeto_de_lei_no._115.2009.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2411/projeto_de_lei_no._116.2009.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2412/projeto_de_lei_no._117.2009.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2413/projeto_de_lei_no._118.2009.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2414/projeto_de_lei_no._119.2009.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2415/projeto_de_lei_no._120.2009.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2416/projeto_de_lei_no._121.2009.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2417/projeto_de_lei_no._122.2009.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2418/projeto_de_lei_no._123.2009.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2419/projeto_de_lei_no._124.2009.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2420/projeto_de_lei_no._125.2009.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/2421/projeto_de_lei_no._126.2009.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/475/projetoresolucao01.2009.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/476/projetoresolucao02.2009.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/477/projetoresolucao004.2009.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/478/projetoresolucao005.2009.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/479/projetoresolucao006.2009.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/480/projetoresolucao07.2009.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/481/projetoresolucao08.2009.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/482/projetoresolucao09.2009.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/483/projetoresolucao10.2009.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2009/484/projetoresolucao11.2009.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="50.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2428,3523 +2425,3523 @@
       </c>
       <c r="G15" s="1" t="s">
         <v>70</v>
       </c>
       <c r="H15" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>67</v>
       </c>
       <c r="E16" t="s">
         <v>68</v>
       </c>
       <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>21</v>
       </c>
       <c r="D17" t="s">
         <v>67</v>
       </c>
       <c r="E17" t="s">
         <v>68</v>
       </c>
       <c r="F17" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18" t="s">
         <v>67</v>
       </c>
       <c r="E18" t="s">
         <v>68</v>
       </c>
       <c r="F18" t="s">
         <v>69</v>
       </c>
       <c r="G18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H18" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
         <v>67</v>
       </c>
       <c r="E19" t="s">
         <v>68</v>
       </c>
       <c r="F19" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>67</v>
       </c>
       <c r="E20" t="s">
         <v>68</v>
       </c>
       <c r="F20" t="s">
         <v>69</v>
       </c>
       <c r="G20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D21" t="s">
         <v>67</v>
       </c>
       <c r="E21" t="s">
         <v>68</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
         <v>92</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" t="s">
+        <v>69</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="D22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H22" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>95</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="G23" s="1" t="s">
+      <c r="H23" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>99</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" t="s">
+        <v>68</v>
+      </c>
+      <c r="F24" t="s">
+        <v>69</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="D24" t="s">
-[...8 lines deleted...]
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D25" t="s">
         <v>67</v>
       </c>
       <c r="E25" t="s">
         <v>68</v>
       </c>
       <c r="F25" t="s">
         <v>33</v>
       </c>
       <c r="G25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H25" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>107</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>67</v>
+      </c>
+      <c r="E26" t="s">
+        <v>68</v>
+      </c>
+      <c r="F26" t="s">
         <v>108</v>
       </c>
-      <c r="D26" t="s">
-[...5 lines deleted...]
-      <c r="F26" t="s">
+      <c r="G26" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="G26" s="1" t="s">
+      <c r="H26" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>112</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>67</v>
+      </c>
+      <c r="E27" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" t="s">
+        <v>69</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="D27" t="s">
-[...8 lines deleted...]
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>116</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E28" t="s">
+        <v>68</v>
+      </c>
+      <c r="F28" t="s">
+        <v>69</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="D28" t="s">
-[...8 lines deleted...]
-      <c r="G28" s="1" t="s">
+      <c r="H28" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>119</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>120</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>67</v>
+      </c>
+      <c r="E29" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" t="s">
+        <v>69</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="1" t="s">
+      <c r="H29" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>123</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
         <v>124</v>
       </c>
-      <c r="B30" t="s">
-[...2 lines deleted...]
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" t="s">
+        <v>68</v>
+      </c>
+      <c r="F30" t="s">
+        <v>69</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>128</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>67</v>
+      </c>
+      <c r="E31" t="s">
+        <v>68</v>
+      </c>
+      <c r="F31" t="s">
+        <v>69</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D31" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H31" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>130</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>131</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>67</v>
+      </c>
+      <c r="E32" t="s">
+        <v>68</v>
+      </c>
+      <c r="F32" t="s">
+        <v>69</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D32" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H32" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>133</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>134</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>67</v>
+      </c>
+      <c r="E33" t="s">
+        <v>68</v>
+      </c>
+      <c r="F33" t="s">
+        <v>69</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D33" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H33" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>136</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>137</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>67</v>
+      </c>
+      <c r="E34" t="s">
+        <v>68</v>
+      </c>
+      <c r="F34" t="s">
+        <v>69</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>140</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>141</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>67</v>
+      </c>
+      <c r="E35" t="s">
+        <v>68</v>
+      </c>
+      <c r="F35" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>144</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>145</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>67</v>
+      </c>
+      <c r="E36" t="s">
+        <v>68</v>
+      </c>
+      <c r="F36" t="s">
+        <v>69</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>148</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>149</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>67</v>
+      </c>
+      <c r="E37" t="s">
+        <v>68</v>
+      </c>
+      <c r="F37" t="s">
+        <v>69</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>152</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>153</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>67</v>
+      </c>
+      <c r="E38" t="s">
+        <v>68</v>
+      </c>
+      <c r="F38" t="s">
+        <v>69</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>156</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>157</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>67</v>
+      </c>
+      <c r="E39" t="s">
+        <v>68</v>
+      </c>
+      <c r="F39" t="s">
+        <v>69</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>160</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>161</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>67</v>
+      </c>
+      <c r="E40" t="s">
+        <v>68</v>
+      </c>
+      <c r="F40" t="s">
+        <v>69</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>164</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>165</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>67</v>
+      </c>
+      <c r="E41" t="s">
+        <v>68</v>
+      </c>
+      <c r="F41" t="s">
         <v>166</v>
       </c>
-      <c r="D41" t="s">
-[...5 lines deleted...]
-      <c r="F41" t="s">
+      <c r="G41" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>169</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>170</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>67</v>
+      </c>
+      <c r="E42" t="s">
+        <v>68</v>
+      </c>
+      <c r="F42" t="s">
+        <v>166</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>173</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>174</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>67</v>
+      </c>
+      <c r="E43" t="s">
+        <v>68</v>
+      </c>
+      <c r="F43" t="s">
+        <v>69</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>177</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>178</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>67</v>
+      </c>
+      <c r="E44" t="s">
+        <v>68</v>
+      </c>
+      <c r="F44" t="s">
+        <v>69</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>181</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>182</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>67</v>
+      </c>
+      <c r="E45" t="s">
+        <v>68</v>
+      </c>
+      <c r="F45" t="s">
+        <v>69</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>185</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>186</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>67</v>
+      </c>
+      <c r="E46" t="s">
+        <v>68</v>
+      </c>
+      <c r="F46" t="s">
+        <v>69</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>189</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>190</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>67</v>
+      </c>
+      <c r="E47" t="s">
+        <v>68</v>
+      </c>
+      <c r="F47" t="s">
+        <v>69</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="D47" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H47" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>192</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>193</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>67</v>
+      </c>
+      <c r="E48" t="s">
+        <v>68</v>
+      </c>
+      <c r="F48" t="s">
+        <v>69</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="D48" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H48" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>195</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
         <v>196</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>67</v>
+      </c>
+      <c r="E49" t="s">
+        <v>68</v>
+      </c>
+      <c r="F49" t="s">
+        <v>69</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>199</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
         <v>200</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>67</v>
+      </c>
+      <c r="E50" t="s">
+        <v>68</v>
+      </c>
+      <c r="F50" t="s">
+        <v>69</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="D50" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H50" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>202</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>203</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>67</v>
+      </c>
+      <c r="E51" t="s">
+        <v>68</v>
+      </c>
+      <c r="F51" t="s">
+        <v>69</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="D51" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H51" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>205</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
         <v>206</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>67</v>
+      </c>
+      <c r="E52" t="s">
+        <v>68</v>
+      </c>
+      <c r="F52" t="s">
+        <v>69</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="D52" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H52" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>208</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
         <v>209</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>67</v>
+      </c>
+      <c r="E53" t="s">
+        <v>68</v>
+      </c>
+      <c r="F53" t="s">
+        <v>69</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="D53" t="s">
-[...8 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>212</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>213</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>67</v>
+      </c>
+      <c r="E54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F54" t="s">
+        <v>69</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="D54" t="s">
-[...8 lines deleted...]
-      <c r="G54" s="1" t="s">
+      <c r="H54" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>216</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
         <v>217</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>67</v>
+      </c>
+      <c r="E55" t="s">
+        <v>68</v>
+      </c>
+      <c r="F55" t="s">
+        <v>69</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D55" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H55" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>219</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>220</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>67</v>
+      </c>
+      <c r="E56" t="s">
+        <v>68</v>
+      </c>
+      <c r="F56" t="s">
+        <v>69</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="D56" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H56" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>222</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>223</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>67</v>
+      </c>
+      <c r="E57" t="s">
+        <v>68</v>
+      </c>
+      <c r="F57" t="s">
+        <v>69</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="D57" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H57" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>225</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>226</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>67</v>
+      </c>
+      <c r="E58" t="s">
+        <v>68</v>
+      </c>
+      <c r="F58" t="s">
+        <v>69</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="D58" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H58" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>228</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
         <v>229</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>67</v>
+      </c>
+      <c r="E59" t="s">
+        <v>68</v>
+      </c>
+      <c r="F59" t="s">
         <v>230</v>
       </c>
-      <c r="D59" t="s">
-[...5 lines deleted...]
-      <c r="F59" t="s">
+      <c r="G59" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="G59" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H59" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>232</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
         <v>233</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>67</v>
+      </c>
+      <c r="E60" t="s">
+        <v>68</v>
+      </c>
+      <c r="F60" t="s">
+        <v>69</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="D60" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H60" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>235</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
         <v>236</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>67</v>
+      </c>
+      <c r="E61" t="s">
+        <v>68</v>
+      </c>
+      <c r="F61" t="s">
+        <v>69</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>239</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>240</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>67</v>
+      </c>
+      <c r="E62" t="s">
+        <v>68</v>
+      </c>
+      <c r="F62" t="s">
+        <v>69</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="D62" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H62" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>242</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
         <v>243</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>67</v>
+      </c>
+      <c r="E63" t="s">
+        <v>68</v>
+      </c>
+      <c r="F63" t="s">
+        <v>69</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="D63" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H63" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>245</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>246</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>67</v>
+      </c>
+      <c r="E64" t="s">
+        <v>68</v>
+      </c>
+      <c r="F64" t="s">
+        <v>69</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>249</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>250</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>67</v>
+      </c>
+      <c r="E65" t="s">
+        <v>68</v>
+      </c>
+      <c r="F65" t="s">
+        <v>69</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="D65" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="1" t="s">
+      <c r="H65" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>253</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
         <v>254</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>67</v>
+      </c>
+      <c r="E66" t="s">
+        <v>68</v>
+      </c>
+      <c r="F66" t="s">
+        <v>166</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="D66" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>257</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
         <v>258</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>67</v>
+      </c>
+      <c r="E67" t="s">
+        <v>68</v>
+      </c>
+      <c r="F67" t="s">
+        <v>69</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="D67" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H67" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>260</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
         <v>261</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>67</v>
+      </c>
+      <c r="E68" t="s">
+        <v>68</v>
+      </c>
+      <c r="F68" t="s">
+        <v>69</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="D68" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H68" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>263</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>264</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>67</v>
+      </c>
+      <c r="E69" t="s">
+        <v>68</v>
+      </c>
+      <c r="F69" t="s">
+        <v>69</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="D69" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H69" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>266</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
         <v>267</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>67</v>
+      </c>
+      <c r="E70" t="s">
+        <v>68</v>
+      </c>
+      <c r="F70" t="s">
+        <v>69</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="D70" t="s">
-[...8 lines deleted...]
-      <c r="G70" s="1" t="s">
+      <c r="H70" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>270</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
         <v>271</v>
       </c>
-      <c r="B71" t="s">
-[...2 lines deleted...]
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>67</v>
+      </c>
+      <c r="E71" t="s">
+        <v>68</v>
+      </c>
+      <c r="F71" t="s">
+        <v>69</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="D71" t="s">
-[...8 lines deleted...]
-      <c r="G71" s="1" t="s">
+      <c r="H71" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>274</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
         <v>275</v>
       </c>
-      <c r="B72" t="s">
-[...2 lines deleted...]
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>67</v>
+      </c>
+      <c r="E72" t="s">
+        <v>68</v>
+      </c>
+      <c r="F72" t="s">
+        <v>69</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="D72" t="s">
-[...8 lines deleted...]
-      <c r="G72" s="1" t="s">
+      <c r="H72" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>278</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>279</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>67</v>
+      </c>
+      <c r="E73" t="s">
+        <v>68</v>
+      </c>
+      <c r="F73" t="s">
+        <v>69</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D73" t="s">
-[...8 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>282</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
         <v>283</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>67</v>
+      </c>
+      <c r="E74" t="s">
+        <v>68</v>
+      </c>
+      <c r="F74" t="s">
+        <v>69</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>286</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>287</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>67</v>
+      </c>
+      <c r="E75" t="s">
+        <v>68</v>
+      </c>
+      <c r="F75" t="s">
+        <v>69</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="D75" t="s">
-[...8 lines deleted...]
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>290</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>291</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>67</v>
+      </c>
+      <c r="E76" t="s">
+        <v>68</v>
+      </c>
+      <c r="F76" t="s">
+        <v>69</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="G76" s="1" t="s">
+      <c r="H76" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>294</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>295</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>67</v>
+      </c>
+      <c r="E77" t="s">
+        <v>68</v>
+      </c>
+      <c r="F77" t="s">
+        <v>69</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="D77" t="s">
-[...8 lines deleted...]
-      <c r="G77" s="1" t="s">
+      <c r="H77" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>298</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
         <v>299</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>67</v>
+      </c>
+      <c r="E78" t="s">
+        <v>68</v>
+      </c>
+      <c r="F78" t="s">
+        <v>69</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="D78" t="s">
-[...8 lines deleted...]
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>302</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
         <v>303</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>67</v>
+      </c>
+      <c r="E79" t="s">
+        <v>68</v>
+      </c>
+      <c r="F79" t="s">
+        <v>69</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="1" t="s">
+      <c r="H79" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>306</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
         <v>307</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>67</v>
+      </c>
+      <c r="E80" t="s">
+        <v>68</v>
+      </c>
+      <c r="F80" t="s">
+        <v>69</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="G80" s="1" t="s">
+      <c r="H80" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>310</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
         <v>311</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>67</v>
+      </c>
+      <c r="E81" t="s">
+        <v>68</v>
+      </c>
+      <c r="F81" t="s">
+        <v>69</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="D81" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="1" t="s">
+      <c r="H81" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>314</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
         <v>315</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>67</v>
+      </c>
+      <c r="E82" t="s">
+        <v>68</v>
+      </c>
+      <c r="F82" t="s">
+        <v>69</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="D82" t="s">
-[...8 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>318</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>319</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>67</v>
+      </c>
+      <c r="E83" t="s">
+        <v>68</v>
+      </c>
+      <c r="F83" t="s">
+        <v>69</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="D83" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H83" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>321</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>322</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>67</v>
+      </c>
+      <c r="E84" t="s">
+        <v>68</v>
+      </c>
+      <c r="F84" t="s">
+        <v>69</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="D84" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H84" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>324</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
         <v>325</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>67</v>
+      </c>
+      <c r="E85" t="s">
+        <v>68</v>
+      </c>
+      <c r="F85" t="s">
+        <v>69</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="D85" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H85" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>327</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>328</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>67</v>
+      </c>
+      <c r="E86" t="s">
+        <v>68</v>
+      </c>
+      <c r="F86" t="s">
+        <v>69</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="D86" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H86" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>330</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
         <v>331</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>67</v>
+      </c>
+      <c r="E87" t="s">
+        <v>68</v>
+      </c>
+      <c r="F87" t="s">
+        <v>69</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="D87" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H87" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>333</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
         <v>334</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>67</v>
+      </c>
+      <c r="E88" t="s">
+        <v>68</v>
+      </c>
+      <c r="F88" t="s">
+        <v>69</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D88" t="s">
-[...8 lines deleted...]
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>337</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>338</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>67</v>
+      </c>
+      <c r="E89" t="s">
+        <v>68</v>
+      </c>
+      <c r="F89" t="s">
+        <v>69</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="D89" t="s">
-[...8 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>341</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
         <v>342</v>
       </c>
-      <c r="B90" t="s">
-[...2 lines deleted...]
-      <c r="C90" t="s">
+      <c r="D90" t="s">
+        <v>67</v>
+      </c>
+      <c r="E90" t="s">
+        <v>68</v>
+      </c>
+      <c r="F90" t="s">
+        <v>69</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="D90" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H90" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>344</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>345</v>
       </c>
-      <c r="B91" t="s">
-[...2 lines deleted...]
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>67</v>
+      </c>
+      <c r="E91" t="s">
+        <v>68</v>
+      </c>
+      <c r="F91" t="s">
+        <v>69</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="D91" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H91" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>347</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
         <v>348</v>
       </c>
-      <c r="B92" t="s">
-[...2 lines deleted...]
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>67</v>
+      </c>
+      <c r="E92" t="s">
+        <v>68</v>
+      </c>
+      <c r="F92" t="s">
+        <v>69</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="D92" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H92" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>350</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
         <v>351</v>
       </c>
-      <c r="B93" t="s">
-[...2 lines deleted...]
-      <c r="C93" t="s">
+      <c r="D93" t="s">
+        <v>67</v>
+      </c>
+      <c r="E93" t="s">
+        <v>68</v>
+      </c>
+      <c r="F93" t="s">
+        <v>69</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="D93" t="s">
-[...8 lines deleted...]
-      <c r="G93" s="1" t="s">
+      <c r="H93" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>354</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>355</v>
       </c>
-      <c r="B94" t="s">
-[...2 lines deleted...]
-      <c r="C94" t="s">
+      <c r="D94" t="s">
+        <v>67</v>
+      </c>
+      <c r="E94" t="s">
+        <v>68</v>
+      </c>
+      <c r="F94" t="s">
+        <v>69</v>
+      </c>
+      <c r="G94" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="D94" t="s">
-[...8 lines deleted...]
-      <c r="G94" s="1" t="s">
+      <c r="H94" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>358</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
         <v>359</v>
       </c>
-      <c r="B95" t="s">
-[...2 lines deleted...]
-      <c r="C95" t="s">
+      <c r="D95" t="s">
+        <v>67</v>
+      </c>
+      <c r="E95" t="s">
+        <v>68</v>
+      </c>
+      <c r="F95" t="s">
+        <v>69</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="D95" t="s">
-[...8 lines deleted...]
-      <c r="G95" s="1" t="s">
+      <c r="H95" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>362</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
         <v>363</v>
       </c>
-      <c r="B96" t="s">
-[...2 lines deleted...]
-      <c r="C96" t="s">
+      <c r="D96" t="s">
+        <v>67</v>
+      </c>
+      <c r="E96" t="s">
+        <v>68</v>
+      </c>
+      <c r="F96" t="s">
+        <v>69</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="D96" t="s">
-[...8 lines deleted...]
-      <c r="G96" s="1" t="s">
+      <c r="H96" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>366</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>367</v>
       </c>
-      <c r="B97" t="s">
-[...2 lines deleted...]
-      <c r="C97" t="s">
+      <c r="D97" t="s">
+        <v>67</v>
+      </c>
+      <c r="E97" t="s">
+        <v>68</v>
+      </c>
+      <c r="F97" t="s">
+        <v>69</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="D97" t="s">
-[...8 lines deleted...]
-      <c r="G97" s="1" t="s">
+      <c r="H97" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>370</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
         <v>371</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>67</v>
+      </c>
+      <c r="E98" t="s">
+        <v>68</v>
+      </c>
+      <c r="F98" t="s">
+        <v>69</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="D98" t="s">
-[...8 lines deleted...]
-      <c r="G98" s="1" t="s">
+      <c r="H98" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>374</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
         <v>375</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>67</v>
+      </c>
+      <c r="E99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F99" t="s">
+        <v>33</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="D99" t="s">
-[...8 lines deleted...]
-      <c r="G99" s="1" t="s">
+      <c r="H99" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>378</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
         <v>379</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="D100" t="s">
+        <v>67</v>
+      </c>
+      <c r="E100" t="s">
+        <v>68</v>
+      </c>
+      <c r="F100" t="s">
+        <v>69</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="D100" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H100" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>381</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
         <v>382</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="D101" t="s">
+        <v>67</v>
+      </c>
+      <c r="E101" t="s">
+        <v>68</v>
+      </c>
+      <c r="F101" t="s">
+        <v>69</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="D101" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H101" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>384</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
         <v>385</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>67</v>
+      </c>
+      <c r="E102" t="s">
+        <v>68</v>
+      </c>
+      <c r="F102" t="s">
+        <v>69</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="D102" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H102" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>387</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
         <v>388</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="D103" t="s">
+        <v>67</v>
+      </c>
+      <c r="E103" t="s">
+        <v>68</v>
+      </c>
+      <c r="F103" t="s">
+        <v>69</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="D103" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H103" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>390</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
         <v>391</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="D104" t="s">
+        <v>67</v>
+      </c>
+      <c r="E104" t="s">
+        <v>68</v>
+      </c>
+      <c r="F104" t="s">
+        <v>69</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="D104" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H104" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>393</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
         <v>394</v>
       </c>
-      <c r="B105" t="s">
-[...2 lines deleted...]
-      <c r="C105" t="s">
+      <c r="D105" t="s">
+        <v>67</v>
+      </c>
+      <c r="E105" t="s">
+        <v>68</v>
+      </c>
+      <c r="F105" t="s">
+        <v>69</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="D105" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H105" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>396</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
         <v>397</v>
       </c>
-      <c r="B106" t="s">
-[...2 lines deleted...]
-      <c r="C106" t="s">
+      <c r="D106" t="s">
+        <v>67</v>
+      </c>
+      <c r="E106" t="s">
+        <v>68</v>
+      </c>
+      <c r="F106" t="s">
+        <v>69</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="D106" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H106" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>399</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
         <v>400</v>
       </c>
-      <c r="B107" t="s">
-[...2 lines deleted...]
-      <c r="C107" t="s">
+      <c r="D107" t="s">
+        <v>67</v>
+      </c>
+      <c r="E107" t="s">
+        <v>68</v>
+      </c>
+      <c r="F107" t="s">
+        <v>69</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="D107" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H107" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>402</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
         <v>403</v>
       </c>
-      <c r="B108" t="s">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="D108" t="s">
+        <v>67</v>
+      </c>
+      <c r="E108" t="s">
+        <v>68</v>
+      </c>
+      <c r="F108" t="s">
+        <v>69</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="D108" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H108" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>405</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
         <v>406</v>
       </c>
-      <c r="B109" t="s">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="D109" t="s">
+        <v>67</v>
+      </c>
+      <c r="E109" t="s">
+        <v>68</v>
+      </c>
+      <c r="F109" t="s">
+        <v>69</v>
+      </c>
+      <c r="G109" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="D109" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H109" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>408</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
         <v>409</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="D110" t="s">
+        <v>67</v>
+      </c>
+      <c r="E110" t="s">
+        <v>68</v>
+      </c>
+      <c r="F110" t="s">
+        <v>69</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="D110" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H110" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>411</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
         <v>412</v>
       </c>
-      <c r="B111" t="s">
-[...2 lines deleted...]
-      <c r="C111" t="s">
+      <c r="D111" t="s">
+        <v>67</v>
+      </c>
+      <c r="E111" t="s">
+        <v>68</v>
+      </c>
+      <c r="F111" t="s">
+        <v>69</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="D111" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H111" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>414</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
         <v>415</v>
       </c>
-      <c r="B112" t="s">
-[...2 lines deleted...]
-      <c r="C112" t="s">
+      <c r="D112" t="s">
+        <v>67</v>
+      </c>
+      <c r="E112" t="s">
+        <v>68</v>
+      </c>
+      <c r="F112" t="s">
+        <v>69</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="D112" t="s">
-[...8 lines deleted...]
-      <c r="G112" s="1" t="s">
+      <c r="H112" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>418</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
         <v>419</v>
       </c>
-      <c r="B113" t="s">
-[...2 lines deleted...]
-      <c r="C113" t="s">
+      <c r="D113" t="s">
+        <v>67</v>
+      </c>
+      <c r="E113" t="s">
+        <v>68</v>
+      </c>
+      <c r="F113" t="s">
+        <v>69</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="D113" t="s">
-[...8 lines deleted...]
-      <c r="G113" s="1" t="s">
+      <c r="H113" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>422</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
         <v>423</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="D114" t="s">
+        <v>67</v>
+      </c>
+      <c r="E114" t="s">
+        <v>68</v>
+      </c>
+      <c r="F114" t="s">
+        <v>166</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="D114" t="s">
-[...8 lines deleted...]
-      <c r="G114" s="1" t="s">
+      <c r="H114" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>426</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
         <v>427</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="D115" t="s">
+        <v>67</v>
+      </c>
+      <c r="E115" t="s">
+        <v>68</v>
+      </c>
+      <c r="F115" t="s">
+        <v>69</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="D115" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H115" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>429</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
         <v>430</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="D116" t="s">
+        <v>67</v>
+      </c>
+      <c r="E116" t="s">
+        <v>68</v>
+      </c>
+      <c r="F116" t="s">
+        <v>69</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="D116" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H116" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>432</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
         <v>433</v>
       </c>
-      <c r="B117" t="s">
-[...2 lines deleted...]
-      <c r="C117" t="s">
+      <c r="D117" t="s">
+        <v>67</v>
+      </c>
+      <c r="E117" t="s">
+        <v>68</v>
+      </c>
+      <c r="F117" t="s">
+        <v>69</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="D117" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H117" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>435</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
         <v>436</v>
       </c>
-      <c r="B118" t="s">
-[...2 lines deleted...]
-      <c r="C118" t="s">
+      <c r="D118" t="s">
+        <v>67</v>
+      </c>
+      <c r="E118" t="s">
+        <v>68</v>
+      </c>
+      <c r="F118" t="s">
+        <v>69</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="D118" t="s">
-[...8 lines deleted...]
-      <c r="G118" s="1" t="s">
+      <c r="H118" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>439</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
         <v>440</v>
       </c>
-      <c r="B119" t="s">
-[...2 lines deleted...]
-      <c r="C119" t="s">
+      <c r="D119" t="s">
+        <v>67</v>
+      </c>
+      <c r="E119" t="s">
+        <v>68</v>
+      </c>
+      <c r="F119" t="s">
+        <v>69</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="D119" t="s">
-[...8 lines deleted...]
-      <c r="G119" s="1" t="s">
+      <c r="H119" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>443</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
         <v>444</v>
       </c>
-      <c r="B120" t="s">
-[...2 lines deleted...]
-      <c r="C120" t="s">
+      <c r="D120" t="s">
+        <v>67</v>
+      </c>
+      <c r="E120" t="s">
+        <v>68</v>
+      </c>
+      <c r="F120" t="s">
+        <v>69</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="D120" t="s">
-[...8 lines deleted...]
-      <c r="G120" s="1" t="s">
+      <c r="H120" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>447</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
         <v>448</v>
       </c>
-      <c r="B121" t="s">
-[...2 lines deleted...]
-      <c r="C121" t="s">
+      <c r="D121" t="s">
+        <v>67</v>
+      </c>
+      <c r="E121" t="s">
+        <v>68</v>
+      </c>
+      <c r="F121" t="s">
+        <v>69</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="D121" t="s">
-[...8 lines deleted...]
-      <c r="G121" s="1" t="s">
+      <c r="H121" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>451</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
         <v>452</v>
       </c>
-      <c r="B122" t="s">
-[...2 lines deleted...]
-      <c r="C122" t="s">
+      <c r="D122" t="s">
+        <v>67</v>
+      </c>
+      <c r="E122" t="s">
+        <v>68</v>
+      </c>
+      <c r="F122" t="s">
+        <v>69</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="D122" t="s">
-[...8 lines deleted...]
-      <c r="G122" s="1" t="s">
+      <c r="H122" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>455</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
         <v>456</v>
       </c>
-      <c r="B123" t="s">
-[...2 lines deleted...]
-      <c r="C123" t="s">
+      <c r="D123" t="s">
+        <v>67</v>
+      </c>
+      <c r="E123" t="s">
+        <v>68</v>
+      </c>
+      <c r="F123" t="s">
+        <v>69</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="D123" t="s">
-[...8 lines deleted...]
-      <c r="G123" s="1" t="s">
+      <c r="H123" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>459</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
         <v>460</v>
       </c>
-      <c r="B124" t="s">
-[...2 lines deleted...]
-      <c r="C124" t="s">
+      <c r="D124" t="s">
+        <v>67</v>
+      </c>
+      <c r="E124" t="s">
+        <v>68</v>
+      </c>
+      <c r="F124" t="s">
+        <v>69</v>
+      </c>
+      <c r="G124" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="D124" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H124" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>462</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
         <v>463</v>
       </c>
-      <c r="B125" t="s">
-[...2 lines deleted...]
-      <c r="C125" t="s">
+      <c r="D125" t="s">
+        <v>67</v>
+      </c>
+      <c r="E125" t="s">
+        <v>68</v>
+      </c>
+      <c r="F125" t="s">
+        <v>69</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="D125" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H125" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>465</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
         <v>466</v>
       </c>
-      <c r="B126" t="s">
-[...2 lines deleted...]
-      <c r="C126" t="s">
+      <c r="D126" t="s">
+        <v>67</v>
+      </c>
+      <c r="E126" t="s">
+        <v>68</v>
+      </c>
+      <c r="F126" t="s">
+        <v>69</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="D126" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H126" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>468</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
         <v>469</v>
       </c>
-      <c r="B127" t="s">
-[...2 lines deleted...]
-      <c r="C127" t="s">
+      <c r="D127" t="s">
+        <v>67</v>
+      </c>
+      <c r="E127" t="s">
+        <v>68</v>
+      </c>
+      <c r="F127" t="s">
+        <v>69</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="D127" t="s">
-[...8 lines deleted...]
-      <c r="G127" s="1" t="s">
+      <c r="H127" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>472</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
         <v>473</v>
       </c>
-      <c r="B128" t="s">
-[...2 lines deleted...]
-      <c r="C128" t="s">
+      <c r="D128" t="s">
+        <v>67</v>
+      </c>
+      <c r="E128" t="s">
+        <v>68</v>
+      </c>
+      <c r="F128" t="s">
+        <v>166</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="D128" t="s">
-[...8 lines deleted...]
-      <c r="G128" s="1" t="s">
+      <c r="H128" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>476</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
         <v>477</v>
       </c>
-      <c r="B129" t="s">
-[...2 lines deleted...]
-      <c r="C129" t="s">
+      <c r="D129" t="s">
+        <v>67</v>
+      </c>
+      <c r="E129" t="s">
+        <v>68</v>
+      </c>
+      <c r="F129" t="s">
+        <v>69</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="D129" t="s">
-[...8 lines deleted...]
-      <c r="G129" s="1" t="s">
+      <c r="H129" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>480</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
         <v>481</v>
       </c>
-      <c r="B130" t="s">
-[...2 lines deleted...]
-      <c r="C130" t="s">
+      <c r="D130" t="s">
+        <v>67</v>
+      </c>
+      <c r="E130" t="s">
+        <v>68</v>
+      </c>
+      <c r="F130" t="s">
+        <v>69</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="D130" t="s">
-[...8 lines deleted...]
-      <c r="G130" s="1" t="s">
+      <c r="H130" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>484</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
         <v>485</v>
       </c>
-      <c r="B131" t="s">
-[...2 lines deleted...]
-      <c r="C131" t="s">
+      <c r="D131" t="s">
+        <v>67</v>
+      </c>
+      <c r="E131" t="s">
+        <v>68</v>
+      </c>
+      <c r="F131" t="s">
+        <v>69</v>
+      </c>
+      <c r="G131" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="D131" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H131" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>487</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
         <v>488</v>
       </c>
-      <c r="B132" t="s">
-[...2 lines deleted...]
-      <c r="C132" t="s">
+      <c r="D132" t="s">
+        <v>67</v>
+      </c>
+      <c r="E132" t="s">
+        <v>68</v>
+      </c>
+      <c r="F132" t="s">
+        <v>69</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="D132" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H132" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>490</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
         <v>491</v>
       </c>
-      <c r="B133" t="s">
-[...2 lines deleted...]
-      <c r="C133" t="s">
+      <c r="D133" t="s">
+        <v>67</v>
+      </c>
+      <c r="E133" t="s">
+        <v>68</v>
+      </c>
+      <c r="F133" t="s">
+        <v>230</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="D133" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H133" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>493</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
         <v>494</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134" t="s">
+      <c r="D134" t="s">
+        <v>67</v>
+      </c>
+      <c r="E134" t="s">
+        <v>68</v>
+      </c>
+      <c r="F134" t="s">
+        <v>69</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="D134" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H134" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>496</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
         <v>497</v>
       </c>
-      <c r="B135" t="s">
-[...2 lines deleted...]
-      <c r="C135" t="s">
+      <c r="D135" t="s">
+        <v>67</v>
+      </c>
+      <c r="E135" t="s">
+        <v>68</v>
+      </c>
+      <c r="F135" t="s">
+        <v>69</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="D135" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H135" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>499</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
         <v>500</v>
       </c>
-      <c r="B136" t="s">
-[...2 lines deleted...]
-      <c r="C136" t="s">
+      <c r="D136" t="s">
+        <v>67</v>
+      </c>
+      <c r="E136" t="s">
+        <v>68</v>
+      </c>
+      <c r="F136" t="s">
+        <v>69</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="D136" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H136" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>502</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
         <v>503</v>
       </c>
-      <c r="B137" t="s">
-[...2 lines deleted...]
-      <c r="C137" t="s">
+      <c r="D137" t="s">
+        <v>67</v>
+      </c>
+      <c r="E137" t="s">
+        <v>68</v>
+      </c>
+      <c r="F137" t="s">
+        <v>69</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="D137" t="s">
-[...8 lines deleted...]
-      <c r="G137" s="1" t="s">
+      <c r="H137" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>506</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
         <v>507</v>
       </c>
-      <c r="B138" t="s">
-[...2 lines deleted...]
-      <c r="C138" t="s">
+      <c r="D138" t="s">
+        <v>67</v>
+      </c>
+      <c r="E138" t="s">
+        <v>68</v>
+      </c>
+      <c r="F138" t="s">
+        <v>69</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="D138" t="s">
-[...8 lines deleted...]
-      <c r="G138" s="1" t="s">
+      <c r="H138" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>510</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
         <v>511</v>
       </c>
-      <c r="B139" t="s">
-[...2 lines deleted...]
-      <c r="C139" t="s">
+      <c r="D139" t="s">
+        <v>67</v>
+      </c>
+      <c r="E139" t="s">
+        <v>68</v>
+      </c>
+      <c r="F139" t="s">
+        <v>69</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="D139" t="s">
-[...8 lines deleted...]
-      <c r="G139" s="1" t="s">
+      <c r="H139" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>514</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
         <v>515</v>
       </c>
-      <c r="B140" t="s">
-[...2 lines deleted...]
-      <c r="C140" t="s">
+      <c r="D140" t="s">
+        <v>67</v>
+      </c>
+      <c r="E140" t="s">
+        <v>68</v>
+      </c>
+      <c r="F140" t="s">
+        <v>69</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="D140" t="s">
-[...8 lines deleted...]
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>10</v>
       </c>
       <c r="D141" t="s">
+        <v>519</v>
+      </c>
+      <c r="E141" t="s">
         <v>520</v>
       </c>
-      <c r="E141" t="s">
+      <c r="G141" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="G141" s="1" t="s">
+      <c r="H141" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>17</v>
       </c>
       <c r="D142" t="s">
+        <v>519</v>
+      </c>
+      <c r="E142" t="s">
         <v>520</v>
       </c>
-      <c r="E142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G142" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H142" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>49</v>
       </c>
       <c r="D143" t="s">
+        <v>519</v>
+      </c>
+      <c r="E143" t="s">
         <v>520</v>
       </c>
-      <c r="E143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G143" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H143" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>54</v>
       </c>
       <c r="D144" t="s">
+        <v>519</v>
+      </c>
+      <c r="E144" t="s">
         <v>520</v>
       </c>
-      <c r="E144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G144" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H144" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>58</v>
       </c>
       <c r="D145" t="s">
+        <v>519</v>
+      </c>
+      <c r="E145" t="s">
         <v>520</v>
       </c>
-      <c r="E145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G145" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H145" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>535</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>88</v>
+      </c>
+      <c r="D146" t="s">
+        <v>519</v>
+      </c>
+      <c r="E146" t="s">
+        <v>520</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="B146" t="s">
-[...11 lines deleted...]
-      <c r="G146" s="1" t="s">
+      <c r="H146" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D147" t="s">
+        <v>519</v>
+      </c>
+      <c r="E147" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="F147" t="s">
         <v>50</v>
       </c>
       <c r="G147" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H147" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D148" t="s">
+        <v>519</v>
+      </c>
+      <c r="E148" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="F148" t="s">
         <v>50</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="H148" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D149" t="s">
+        <v>519</v>
+      </c>
+      <c r="E149" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="F149" t="s">
         <v>50</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="H149" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D150" t="s">
+        <v>519</v>
+      </c>
+      <c r="E150" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="F150" t="s">
         <v>50</v>
       </c>
       <c r="G150" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="H150" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>