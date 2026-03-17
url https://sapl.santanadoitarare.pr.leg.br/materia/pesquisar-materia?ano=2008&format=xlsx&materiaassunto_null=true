--- v0 (2025-12-19)
+++ v1 (2026-03-17)
@@ -51,574 +51,574 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>PARECER APRECIAÇÃO DE CONTAS DO PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/339/parecer_cof_1.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/339/parecer_cof_1.2008.pdf</t>
   </si>
   <si>
     <t>Análise e Prestação de Contas do Município de Santana do Itararé - Pr., referente ao Exercício Financeiro de 2001, Processo nº. 11131-0/02-TC, do Poder Executivo.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/340/parecer_cof_2.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/340/parecer_cof_2.2008.pdf</t>
   </si>
   <si>
     <t>Análise e Parecer a Prestação de Contas do Município de Santana do Itararé - Pr., referente ao Exercício Financeiro de 2002, Processo nº 165627/03-TC, do Poder Executivo.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/341/parecer_cof_3.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/341/parecer_cof_3.2008.pdf</t>
   </si>
   <si>
     <t>Análise e Parecer sobre a Prestação de Contas do Município de Santana do Itararé - Pr., referente ao Exercício Financeiro de 2005, Processo nº. 15088-4/06 - TC, do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>PROLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>GILMAR EGÍDIO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2422/projeto_de_lei_no._001.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2422/projeto_de_lei_no._001.2008.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº. 108/91 e dá outras providências.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>ELCIO JOSÉ VIDAL</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2423/projeto_de_lei_no._002.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2423/projeto_de_lei_no._002.2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Credito Adicional Especial Suplementar, e dá outras providências.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2424/projeto_de_lei_no._003.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2424/projeto_de_lei_no._003.2008.pdf</t>
   </si>
   <si>
     <t>Procede a alterações na legislação que estabelece as metas e prioridades da administração municipal para o exercício de 2008, Além de orientações à elaboração do Orçamento - Programa do Município de Santana do Itararé, para exercício de 2008.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2425/projeto_de_lei_no._004.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2425/projeto_de_lei_no._004.2008.pdf</t>
   </si>
   <si>
     <t>Procede a alterações no Plano Plurianual de Município de Santana do Itararé, para o período de 2006 a 2009.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2426/projeto_de_lei_no._005.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2426/projeto_de_lei_no._005.2008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2427/projeto_de_lei_no._006.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2427/projeto_de_lei_no._006.2008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONCEDER REAJUSTE NOS VENCIMENTOS DOS EMPREGOS PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2428/projeto_de_lei_no._007.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2428/projeto_de_lei_no._007.2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste nos vencimentos dos Servidores Públicos Municipais do Poder Legilstivo, e dá outras providências.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2430/projeto_de_lei_no._008.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2430/projeto_de_lei_no._008.2008.pdf</t>
   </si>
   <si>
     <t>REJEITADO = Proibe veiculação de propaganda político-eleitoral de qualquer natureza, inclusive desenho, letreiro, pichação, inscrição a tinta, fixação de placas, em muros, fachadas, colunas, paredes, postes, árvores, abrigos de parada de coletivos, placas de sinalização, monumentos ou qualquer lugar de uso público e privado, mesmo que para isso haja consentimento expresso do proprietário ou locatário, no caso de imóvel privado.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2431/projeto_de_lei_no._009.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2431/projeto_de_lei_no._009.2008.pdf</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2432/projeto_de_lei_no._010.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2432/projeto_de_lei_no._010.2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE SANTANA DO ITARARÉ PARA O EXERCÍCIO FINANCEIRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Gilmar Egídio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2433/projeto_de_lei_no._011.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2433/projeto_de_lei_no._011.2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios dos Vereaores e Presidente da Câmara de Santana do Itararé, para Legislatura de 2009 á 2012.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2434/projeto_de_lei_no._012.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2434/projeto_de_lei_no._012.2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios do Prefeito Municipal, Vice - Prefeito e Secretários do Município de Santana do Itararé, para o quadriênio de 2009 á 2012.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2435/projeto_de_lei_no._013.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2435/projeto_de_lei_no._013.2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do protocolo de intenções para adequação do Consórcio Intermunicipal de Saúde do Norte Pioneiro - CISNORPI e dá outras providências.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2436/projeto_de_lei_no._014.2009.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2436/projeto_de_lei_no._014.2009.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL DE SANTANA DO ITARARÉ-PR, REFIS MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2437/projeto_de_lei_no._015.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2437/projeto_de_lei_no._015.2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Credito Adicional Especial/Suplementar, em uma ou mais vezes e dá outras providências.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2438/projeto_de_lei_no._016.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2438/projeto_de_lei_no._016.2008.pdf</t>
   </si>
   <si>
     <t>Procede a alterações na legislação que estabelece as metas e prioridades da administração municipal para o exercício de 2008, em uma ou mais vezes além de orientações à elaboração do Orçamento - Programa do Município de Santana do Itararé, para exercício de 2008.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2439/projeto_de_lei_no._017.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2439/projeto_de_lei_no._017.2008.pdf</t>
   </si>
   <si>
     <t>Procede a alterações em uma ou mais vezes no Plano Plurianual de Município de Santana do Itararé, para o período de 2006 a 2009.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2440/projeto_de_lei_no._018.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2440/projeto_de_lei_no._018.2008.pdf</t>
   </si>
   <si>
     <t>Cria no âmbito a administração pública municipal dos poderes executivo e legislativo, a proibição de contratação e nomeação de parentes e afins, das autoridades que menciona, segundo o que dispõe.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2442/projeto_de_lei_no._019.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2442/projeto_de_lei_no._019.2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do modelo padrão do logotipo do Conselho Tutelar de Santana do Itararé - Pr, e dá outras providências.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2443/projeto_de_lei_no._020.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2443/projeto_de_lei_no._020.2008.pdf</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2444/projeto_de_lei_no._021.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2444/projeto_de_lei_no._021.2008.pdf</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2445/projeto_de_lei_no._022.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2445/projeto_de_lei_no._022.2008.pdf</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2446/projeto_de_lei_no._023.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2446/projeto_de_lei_no._023.2008.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº. 108/91, e dá outras providências.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2447/projeto_de_lei_no._024.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2447/projeto_de_lei_no._024.2008.pdf</t>
   </si>
   <si>
     <t>Propõe a denominação do "PORTAL MUNICIPAL Pe. STANISLAW KARACZEWSKI", e dá outras providências.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2448/projeto_de_lei_no._025.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2448/projeto_de_lei_no._025.2008.pdf</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2449/projeto_de_lei_no._026.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2449/projeto_de_lei_no._026.2008.pdf</t>
   </si>
   <si>
     <t>Procede a alterações na legislação que estabelece as metas e prioridades da administração municipal para o exercício de 2009, em uma ou mais vezes além de orientações à elaboração do Orçamento - Programa do Município de Santana do Itararé, para exercício de 2009.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2450/projeto_de_lei_no._027.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2450/projeto_de_lei_no._027.2008.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e fixa a Despesas do Município de Santana do Itararé para exercício financeiro de 2009 e dá outras providências".</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2451/projeto_de_lei_no._028.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2451/projeto_de_lei_no._028.2008.pdf</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2452/projeto_de_lei_no._029.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2452/projeto_de_lei_no._029.2008.pdf</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2455/projeto_de_lei_no._030.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2455/projeto_de_lei_no._030.2008.pdf</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2458/projeto_de_lei_no._031.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2458/projeto_de_lei_no._031.2008.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Santana do Itararé a repassar contribuições a EMATER e dá outras providências.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2471/projeto_de_lei_no._032.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2471/projeto_de_lei_no._032.2008.pdf</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2472/projeto_de_lei_no._033.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2472/projeto_de_lei_no._033.2008.pdf</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2473/projeto_de_lei_no._034.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2473/projeto_de_lei_no._034.2008.pdf</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2474/projeto_de_lei_no._035.20082.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2474/projeto_de_lei_no._035.20082.pdf</t>
   </si>
   <si>
     <t>Extingue cargos em comissão e criar o cargo efetivo de Contador e dá outras providências.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2475/projeto_de_lei_no._036.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2475/projeto_de_lei_no._036.2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Rua e dá outras providências.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2476/projeto_de_lei_no._037.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2476/projeto_de_lei_no._037.2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Rua e dá outras providências.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2477/projeto_de_lei_no._038.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2477/projeto_de_lei_no._038.2008.pdf</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2478/projeto_de_lei_no._039.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2478/projeto_de_lei_no._039.2008.pdf</t>
   </si>
   <si>
     <t>ARQUIVADO - Dispõe sobre a alteração do artigo 1º. a Lei Municipal nº. 50/2001 e dá outras providências.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2479/projeto_de_lei_no._040.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2479/projeto_de_lei_no._040.2008.pdf</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2480/projeto_de_lei_no._041.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2480/projeto_de_lei_no._041.2008.pdf</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2481/projeto_de_lei_no._042.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2481/projeto_de_lei_no._042.2008.pdf</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/493/projetoresolucao01.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/493/projetoresolucao01.2008.pdf</t>
   </si>
   <si>
     <t>Inclui o Anexo - III Tabelas A, B e C de vencimentos dos Empregos Públicos dos Servidores do Quadro Efetivo, Cargos de Provimento em Comissão c_x000D_
 Função Gratificada da Resolução n" 01 1/2005 do Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/756/projetoresolucao02.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/756/projetoresolucao02.2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre regulamentação do uso do uniforme do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/757/projetoresolucao03.2008.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/757/projetoresolucao03.2008.pdf</t>
   </si>
   <si>
     <t>Descentraliza o Poder Executivo a contabilidade de Câmara Municipal de Santana do Itararé - Estado do Paraná, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -925,67 +925,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/339/parecer_cof_1.2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/340/parecer_cof_2.2008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/341/parecer_cof_3.2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2422/projeto_de_lei_no._001.2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2423/projeto_de_lei_no._002.2008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2424/projeto_de_lei_no._003.2008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2425/projeto_de_lei_no._004.2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2426/projeto_de_lei_no._005.2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2427/projeto_de_lei_no._006.2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2428/projeto_de_lei_no._007.2008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2430/projeto_de_lei_no._008.2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2431/projeto_de_lei_no._009.2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2432/projeto_de_lei_no._010.2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2433/projeto_de_lei_no._011.2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2434/projeto_de_lei_no._012.2008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2435/projeto_de_lei_no._013.2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2436/projeto_de_lei_no._014.2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2437/projeto_de_lei_no._015.2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2438/projeto_de_lei_no._016.2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2439/projeto_de_lei_no._017.2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2440/projeto_de_lei_no._018.2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2442/projeto_de_lei_no._019.2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2443/projeto_de_lei_no._020.2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2444/projeto_de_lei_no._021.2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2445/projeto_de_lei_no._022.2008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2446/projeto_de_lei_no._023.2008.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2447/projeto_de_lei_no._024.2008.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2448/projeto_de_lei_no._025.2008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2449/projeto_de_lei_no._026.2008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2450/projeto_de_lei_no._027.2008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2451/projeto_de_lei_no._028.2008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2452/projeto_de_lei_no._029.2008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2455/projeto_de_lei_no._030.2008.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2458/projeto_de_lei_no._031.2008.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2471/projeto_de_lei_no._032.2008.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2472/projeto_de_lei_no._033.2008.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2473/projeto_de_lei_no._034.2008.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2474/projeto_de_lei_no._035.20082.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2475/projeto_de_lei_no._036.2008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2476/projeto_de_lei_no._037.2008.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2477/projeto_de_lei_no._038.2008.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2478/projeto_de_lei_no._039.2008.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2479/projeto_de_lei_no._040.2008.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2480/projeto_de_lei_no._041.2008.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2481/projeto_de_lei_no._042.2008.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/493/projetoresolucao01.2008.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/756/projetoresolucao02.2008.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/757/projetoresolucao03.2008.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/339/parecer_cof_1.2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/340/parecer_cof_2.2008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/341/parecer_cof_3.2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2422/projeto_de_lei_no._001.2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2423/projeto_de_lei_no._002.2008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2424/projeto_de_lei_no._003.2008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2425/projeto_de_lei_no._004.2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2426/projeto_de_lei_no._005.2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2427/projeto_de_lei_no._006.2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2428/projeto_de_lei_no._007.2008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2430/projeto_de_lei_no._008.2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2431/projeto_de_lei_no._009.2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2432/projeto_de_lei_no._010.2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2433/projeto_de_lei_no._011.2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2434/projeto_de_lei_no._012.2008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2435/projeto_de_lei_no._013.2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2436/projeto_de_lei_no._014.2009.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2437/projeto_de_lei_no._015.2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2438/projeto_de_lei_no._016.2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2439/projeto_de_lei_no._017.2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2440/projeto_de_lei_no._018.2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2442/projeto_de_lei_no._019.2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2443/projeto_de_lei_no._020.2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2444/projeto_de_lei_no._021.2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2445/projeto_de_lei_no._022.2008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2446/projeto_de_lei_no._023.2008.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2447/projeto_de_lei_no._024.2008.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2448/projeto_de_lei_no._025.2008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2449/projeto_de_lei_no._026.2008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2450/projeto_de_lei_no._027.2008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2451/projeto_de_lei_no._028.2008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2452/projeto_de_lei_no._029.2008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2455/projeto_de_lei_no._030.2008.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2458/projeto_de_lei_no._031.2008.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2471/projeto_de_lei_no._032.2008.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2472/projeto_de_lei_no._033.2008.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2473/projeto_de_lei_no._034.2008.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2474/projeto_de_lei_no._035.20082.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2475/projeto_de_lei_no._036.2008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2476/projeto_de_lei_no._037.2008.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2477/projeto_de_lei_no._038.2008.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2478/projeto_de_lei_no._039.2008.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2479/projeto_de_lei_no._040.2008.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2480/projeto_de_lei_no._041.2008.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/2481/projeto_de_lei_no._042.2008.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/493/projetoresolucao01.2008.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/756/projetoresolucao02.2008.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2008/757/projetoresolucao03.2008.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="50.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>