--- v0 (2025-12-17)
+++ v1 (2026-03-17)
@@ -10,155 +10,194 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="49">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>PARECER APRECIAÇÃO DE CONTAS DO PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/342/parecer_cof_01.2007.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/342/parecer_cof_01.2007.pdf</t>
   </si>
   <si>
     <t>Análise na prestação de contas do Município de Santana do Itararé - Pr., referente ao exercício financeiro de 2004.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/343/parecer_cof_2.2007.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/343/parecer_cof_2.2007.pdf</t>
   </si>
   <si>
     <t>PARECER da análise da Prestação de Contas do Município de Santana do Itararé - Pr., referente ao Exercício Financeiro de 2003.</t>
   </si>
   <si>
+    <t>2554</t>
+  </si>
+  <si>
+    <t>PROLE</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI</t>
+  </si>
+  <si>
+    <t>ELCIO JOSÉ VIDAL</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/2554/projeto_de_lei_no._001.2007.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do Programa de Recuperação Fiscal de Santana do Itararé - Pr, REFIS MUNICIPAL, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2555</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/2555/projeto_de_lei_no._002.2007.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a firma Convênio com a Casa da Criança e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2562</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/2562/projeto_de_lei_no._003.2007.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a regulamentção e desmembramento de área em lotes e a proceder a doação aos ocupantes.</t>
+  </si>
+  <si>
     <t>752</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/752/projetoresolucao01.2007.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/752/projetoresolucao01.2007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração dos Artigos 125 e 146 § 1º do Regimento Interno, Resolução nº 04/1992, e da outras providências.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/753/projetoresolucao02.2007.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/753/projetoresolucao02.2007.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Santana do Itararé a ceder em regime de CESSÃO DE USO as mesas escrivaninhas do Plenário ao Centro de Apoio à Aprendizagem João Crescci, e dá outras providências.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/754/projetoresolucao04.2007.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/754/projetoresolucao04.2007.pdf</t>
   </si>
   <si>
     <t>emenda a Resolução n. 011/2005 para extinção de cargos em comissão e criar o cargo efetivo de Advogado.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>GILMAR EGÍDIO</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/755/projetoresolucao05.2007.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/755/projetoresolucao05.2007.pdf</t>
   </si>
   <si>
     <t>Fica prorrogado por mais 60 (sessenta) dias, o prazo para conclusão da Comissão Especial para acompanhar a aquisição ou desapropriação do Prédio Itaú S/A e declarar de utilidade pública o Prédio da Associação Atlético Santanense - A. A.S, para uso do Município, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -465,68 +504,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/342/parecer_cof_01.2007.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/343/parecer_cof_2.2007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/752/projetoresolucao01.2007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/753/projetoresolucao02.2007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/754/projetoresolucao04.2007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/755/projetoresolucao05.2007.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/342/parecer_cof_01.2007.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/343/parecer_cof_2.2007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/2554/projeto_de_lei_no._001.2007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/2555/projeto_de_lei_no._002.2007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/2562/projeto_de_lei_no._003.2007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/752/projetoresolucao01.2007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/753/projetoresolucao02.2007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/754/projetoresolucao04.2007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2007/755/projetoresolucao05.2007.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="50.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="15" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -574,137 +612,218 @@
         <v>12</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>21</v>
       </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>21</v>
       </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
       <c r="G5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
         <v>33</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="E8" t="s">
         <v>34</v>
       </c>
-      <c r="H7" t="s">
-        <v>35</v>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>