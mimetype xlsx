--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -54,204 +54,204 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRORE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Antonio Moraes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/593/projetoresolucao01.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/593/projetoresolucao01.2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre informatização dos documentos de registro da Câmara Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MARIA JOSÉ</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/594/projetoresolucao03.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/594/projetoresolucao03.2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação do Plenário da Câmara Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/595/projetoresolucao04.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/595/projetoresolucao04.2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Regimento Interno Resolução nº 04/92, e dá outras providências.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/596/projetoresolucao05.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/596/projetoresolucao05.2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste Salarial e dá outras providências.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/597/projetoresolucao06.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/597/projetoresolucao06.2001.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Legislativo Municipal a conceder o reajuste salarial em conformidade com a Medida Provisória nº 2.142, de 29/09/2001.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>SIRINEU MOTA</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/598/projetoresolucao07.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/598/projetoresolucao07.2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Resolução nº 04/92 (Regimento Interno da Câmara), altera o inciso IX do Art. 79, e dá outras providências.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ELCIO JOSÉ VIDAL</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/599/projetoresolucao10.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/599/projetoresolucao10.2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre prorrogação Comissão Parlamentar de Inquérito e dá outras providências.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/600/projetoresolucao11.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/600/projetoresolucao11.2001.pdf</t>
   </si>
   <si>
     <t>Altera o Parágrafo Único do Art. 134, da Resolução nº 04/92 (Regimento Interno da Câmara Municipal) e dá outras providências.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/601/projetoresolucao13.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/601/projetoresolucao13.2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre regulamentação de pagamentos a servidores nomeados para de trabalho em Comissão Parlamentar de Inquérito - CPI, e dá outras providências.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/602/projetoresolucao14.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/602/projetoresolucao14.2001.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos do Regimento Interno da Câmara Municipal (Resolução nº 04/92), e dá outras providências.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/603/projetoresolucao15.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/603/projetoresolucao15.2001.pdf</t>
   </si>
   <si>
     <t>Revoga dispositivos do Regimento Interno da Câmara Municipal (Resolução nº 04/92), e dá outras providências.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/604/projetoresolucao16.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/604/projetoresolucao16.2001.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 14 e 38 do Regimento Interno da Câmara Municipal (Resolução nº 04/92), e dá outras providências.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/605/projetoresolucao17.2001.pdf</t>
+    <t>http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/605/projetoresolucao17.2001.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos no Regimento Interno da Câmara Municipal (Resolução nº 04/92), e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -558,68 +558,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/593/projetoresolucao01.2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/594/projetoresolucao03.2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/595/projetoresolucao04.2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/596/projetoresolucao05.2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/597/projetoresolucao06.2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/598/projetoresolucao07.2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/599/projetoresolucao10.2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/600/projetoresolucao11.2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/601/projetoresolucao13.2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/602/projetoresolucao14.2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/603/projetoresolucao15.2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/604/projetoresolucao16.2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/605/projetoresolucao17.2001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/593/projetoresolucao01.2001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/594/projetoresolucao03.2001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/595/projetoresolucao04.2001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/596/projetoresolucao05.2001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/597/projetoresolucao06.2001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/598/projetoresolucao07.2001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/599/projetoresolucao10.2001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/600/projetoresolucao11.2001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/601/projetoresolucao13.2001.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/602/projetoresolucao14.2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/603/projetoresolucao15.2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/604/projetoresolucao16.2001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadoitarare.pr.leg.br/media/sapl/public/materialegislativa/2001/605/projetoresolucao17.2001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="22.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="140" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>