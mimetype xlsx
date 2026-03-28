--- v0 (2025-12-18)
+++ v1 (2026-03-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1278" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1392" uniqueCount="457">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
@@ -714,57 +714,54 @@
   <si>
     <t>360</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>Requer fornecimento de documentos referente ao mandato do Vereador José Devalmir dos Santos</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIÁRIA BRASÍLIA - DF.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE DIÁRIA CURITIBA - DF.</t>
+    <t>DISPÕE SOBRE DIÁRIA CURITIBA - PR.</t>
   </si>
   <si>
     <t>372</t>
-  </si>
-[...1 lines deleted...]
-    <t>DISPÕE SOBRE DIÁRIA CURITIBA - PR.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>"PROPÕE SOBRE CÓPIA DENÚNCIA ASAGASI E CÓPIA DO REQUERIMENTO Nº. 030/2023 E DÁ OUTRAS PROVIDÊNICAS".</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>Requerimento compensação falta</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>requer compensação de dias em férias.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre compensação de falta e dá outras providências</t>
   </si>
@@ -1293,50 +1290,143 @@
     <t>DISPÕE SOBRE LICÊNCIA PRÊMIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>Dispõe sobre o requerimento de 03 (três) diárias, sendo 2 com pernoite e 1 sem pernoite para a cidade de Curitiba - Paraná, nos termos em que se especifica.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>Comunicação de possível captação irregular de água - risco à saúde, ao meio ambiente e incolumidade pública.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>Requerimento de Uso da Palavra para a Sessão Ordinária do dia 08 de dezembro de 2025.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>Disponibilização do veículo oficial para viagem à Cidade de Ibaiti/PR, no dia 10 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o requerimento de férias regulamentares e a respectiva conversão em pecúnia à Assessora Jurídica, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>779</t>
+  </si>
+  <si>
+    <t>Participar da oficina de Planejamento Estratégico no Poder Legislativo Municipal a realizar-se na Câmara Municipal de Curitiba – PR;</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>Solicita 1 diaria para cidade de Curitiba - PR.</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>USO DA PLAVRA NA SESSÃO ORDINÁRIA EM 23/02/2026.</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>Concede Féias ao Servidor Valdemar Salvi de Oliveira.</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>01 diária sem pernoite para a cidade de Curitiba no dia 03/02/2026</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>Dispõe sobre diárias para cidade de Curitiba - Pr.</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>817</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o requerimento de diárias para cidade de Curitiba/PR.</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o requerimento de diária para cidade de Londrina/PR.</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>Dispõe sobre diária para cidade Pinhais - Pr, região metropolitana de Curitiba - Pr, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>Dispõe sobre 01(uma) diária sem pernoite para a cidade de Curitiba – Pr.</t>
+  </si>
+  <si>
+    <t>832</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1628,51 +1718,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F213"/>
+  <dimension ref="A1:F232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="245.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3499,2451 +3589,2831 @@
       </c>
       <c r="E92" t="s">
         <v>10</v>
       </c>
       <c r="F92" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>235</v>
       </c>
       <c r="B93" t="s">
         <v>222</v>
       </c>
       <c r="C93" t="s">
         <v>34</v>
       </c>
       <c r="D93" t="s">
         <v>9</v>
       </c>
       <c r="E93" t="s">
         <v>10</v>
       </c>
       <c r="F93" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B94" t="s">
         <v>222</v>
       </c>
       <c r="C94" t="s">
         <v>37</v>
       </c>
       <c r="D94" t="s">
         <v>9</v>
       </c>
       <c r="E94" t="s">
         <v>10</v>
       </c>
       <c r="F94" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B95" t="s">
         <v>222</v>
       </c>
       <c r="C95" t="s">
         <v>39</v>
       </c>
       <c r="D95" t="s">
         <v>9</v>
       </c>
       <c r="E95" t="s">
         <v>10</v>
       </c>
       <c r="F95" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B96" t="s">
         <v>222</v>
       </c>
       <c r="C96" t="s">
         <v>41</v>
       </c>
       <c r="D96" t="s">
         <v>9</v>
       </c>
       <c r="E96" t="s">
         <v>10</v>
       </c>
       <c r="F96" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B97" t="s">
         <v>222</v>
       </c>
       <c r="C97" t="s">
         <v>43</v>
       </c>
       <c r="D97" t="s">
         <v>9</v>
       </c>
       <c r="E97" t="s">
         <v>10</v>
       </c>
       <c r="F97" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B98" t="s">
         <v>222</v>
       </c>
       <c r="C98" t="s">
         <v>45</v>
       </c>
       <c r="D98" t="s">
         <v>9</v>
       </c>
       <c r="E98" t="s">
         <v>10</v>
       </c>
       <c r="F98" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B99" t="s">
         <v>222</v>
       </c>
       <c r="C99" t="s">
         <v>47</v>
       </c>
       <c r="D99" t="s">
         <v>9</v>
       </c>
       <c r="E99" t="s">
         <v>10</v>
       </c>
       <c r="F99" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B100" t="s">
         <v>222</v>
       </c>
       <c r="C100" t="s">
         <v>50</v>
       </c>
       <c r="D100" t="s">
         <v>9</v>
       </c>
       <c r="E100" t="s">
         <v>10</v>
       </c>
       <c r="F100" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B101" t="s">
         <v>222</v>
       </c>
       <c r="C101" t="s">
         <v>52</v>
       </c>
       <c r="D101" t="s">
         <v>9</v>
       </c>
       <c r="E101" t="s">
         <v>10</v>
       </c>
       <c r="F101" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B102" t="s">
         <v>222</v>
       </c>
       <c r="C102" t="s">
         <v>54</v>
       </c>
       <c r="D102" t="s">
         <v>9</v>
       </c>
       <c r="E102" t="s">
         <v>10</v>
       </c>
       <c r="F102" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B103" t="s">
         <v>222</v>
       </c>
       <c r="C103" t="s">
         <v>56</v>
       </c>
       <c r="D103" t="s">
         <v>9</v>
       </c>
       <c r="E103" t="s">
         <v>10</v>
       </c>
       <c r="F103" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B104" t="s">
         <v>222</v>
       </c>
       <c r="C104" t="s">
         <v>58</v>
       </c>
       <c r="D104" t="s">
         <v>9</v>
       </c>
       <c r="E104" t="s">
         <v>10</v>
       </c>
       <c r="F104" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B105" t="s">
         <v>222</v>
       </c>
       <c r="C105" t="s">
         <v>61</v>
       </c>
       <c r="D105" t="s">
         <v>9</v>
       </c>
       <c r="E105" t="s">
         <v>10</v>
       </c>
       <c r="F105" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B106" t="s">
         <v>222</v>
       </c>
       <c r="C106" t="s">
         <v>63</v>
       </c>
       <c r="D106" t="s">
         <v>9</v>
       </c>
       <c r="E106" t="s">
         <v>10</v>
       </c>
       <c r="F106" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B107" t="s">
         <v>222</v>
       </c>
       <c r="C107" t="s">
         <v>65</v>
       </c>
       <c r="D107" t="s">
         <v>9</v>
       </c>
       <c r="E107" t="s">
         <v>10</v>
       </c>
       <c r="F107" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B108" t="s">
         <v>222</v>
       </c>
       <c r="C108" t="s">
         <v>67</v>
       </c>
       <c r="D108" t="s">
         <v>9</v>
       </c>
       <c r="E108" t="s">
         <v>10</v>
       </c>
       <c r="F108" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B109" t="s">
         <v>222</v>
       </c>
       <c r="C109" t="s">
         <v>69</v>
       </c>
       <c r="D109" t="s">
         <v>9</v>
       </c>
       <c r="E109" t="s">
         <v>10</v>
       </c>
       <c r="F109" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B110" t="s">
         <v>222</v>
       </c>
       <c r="C110" t="s">
         <v>72</v>
       </c>
       <c r="D110" t="s">
         <v>9</v>
       </c>
       <c r="E110" t="s">
         <v>10</v>
       </c>
       <c r="F110" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
       </c>
       <c r="C111" t="s">
         <v>74</v>
       </c>
       <c r="D111" t="s">
         <v>9</v>
       </c>
       <c r="E111" t="s">
         <v>10</v>
       </c>
       <c r="F111" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B112" t="s">
         <v>222</v>
       </c>
       <c r="C112" t="s">
         <v>76</v>
       </c>
       <c r="D112" t="s">
         <v>9</v>
       </c>
       <c r="E112" t="s">
         <v>10</v>
       </c>
       <c r="F112" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B113" t="s">
         <v>222</v>
       </c>
       <c r="C113" t="s">
         <v>79</v>
       </c>
       <c r="D113" t="s">
         <v>9</v>
       </c>
       <c r="E113" t="s">
         <v>10</v>
       </c>
       <c r="F113" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B114" t="s">
         <v>222</v>
       </c>
       <c r="C114" t="s">
         <v>82</v>
       </c>
       <c r="D114" t="s">
         <v>9</v>
       </c>
       <c r="E114" t="s">
         <v>10</v>
       </c>
       <c r="F114" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B115" t="s">
         <v>222</v>
       </c>
       <c r="C115" t="s">
         <v>85</v>
       </c>
       <c r="D115" t="s">
         <v>9</v>
       </c>
       <c r="E115" t="s">
         <v>10</v>
       </c>
       <c r="F115" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B116" t="s">
         <v>222</v>
       </c>
       <c r="C116" t="s">
         <v>88</v>
       </c>
       <c r="D116" t="s">
         <v>9</v>
       </c>
       <c r="E116" t="s">
         <v>10</v>
       </c>
       <c r="F116" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B117" t="s">
         <v>222</v>
       </c>
       <c r="C117" t="s">
         <v>91</v>
       </c>
       <c r="D117" t="s">
         <v>9</v>
       </c>
       <c r="E117" t="s">
         <v>10</v>
       </c>
       <c r="F117" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="B118" t="s">
         <v>222</v>
       </c>
       <c r="C118" t="s">
         <v>94</v>
       </c>
       <c r="D118" t="s">
         <v>9</v>
       </c>
       <c r="E118" t="s">
         <v>10</v>
       </c>
       <c r="F118" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B119" t="s">
         <v>222</v>
       </c>
       <c r="C119" t="s">
         <v>97</v>
       </c>
       <c r="D119" t="s">
         <v>9</v>
       </c>
       <c r="E119" t="s">
         <v>10</v>
       </c>
       <c r="F119" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B120" t="s">
         <v>222</v>
       </c>
       <c r="C120" t="s">
         <v>100</v>
       </c>
       <c r="D120" t="s">
         <v>9</v>
       </c>
       <c r="E120" t="s">
         <v>10</v>
       </c>
       <c r="F120" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B121" t="s">
         <v>222</v>
       </c>
       <c r="C121" t="s">
         <v>103</v>
       </c>
       <c r="D121" t="s">
         <v>9</v>
       </c>
       <c r="E121" t="s">
         <v>10</v>
       </c>
       <c r="F121" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B122" t="s">
         <v>222</v>
       </c>
       <c r="C122" t="s">
         <v>106</v>
       </c>
       <c r="D122" t="s">
         <v>9</v>
       </c>
       <c r="E122" t="s">
         <v>10</v>
       </c>
       <c r="F122" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B123" t="s">
         <v>222</v>
       </c>
       <c r="C123" t="s">
         <v>109</v>
       </c>
       <c r="D123" t="s">
         <v>9</v>
       </c>
       <c r="E123" t="s">
         <v>10</v>
       </c>
       <c r="F123" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B124" t="s">
         <v>222</v>
       </c>
       <c r="C124" t="s">
         <v>111</v>
       </c>
       <c r="D124" t="s">
         <v>9</v>
       </c>
       <c r="E124" t="s">
         <v>10</v>
       </c>
       <c r="F124" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B125" t="s">
         <v>222</v>
       </c>
       <c r="C125" t="s">
         <v>113</v>
       </c>
       <c r="D125" t="s">
         <v>9</v>
       </c>
       <c r="E125" t="s">
         <v>10</v>
       </c>
       <c r="F125" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B126" t="s">
         <v>222</v>
       </c>
       <c r="C126" t="s">
         <v>115</v>
       </c>
       <c r="D126" t="s">
         <v>9</v>
       </c>
       <c r="E126" t="s">
         <v>10</v>
       </c>
       <c r="F126" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B127" t="s">
         <v>222</v>
       </c>
       <c r="C127" t="s">
         <v>117</v>
       </c>
       <c r="D127" t="s">
         <v>9</v>
       </c>
       <c r="E127" t="s">
         <v>10</v>
       </c>
       <c r="F127" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B128" t="s">
         <v>222</v>
       </c>
       <c r="C128" t="s">
         <v>120</v>
       </c>
       <c r="D128" t="s">
         <v>9</v>
       </c>
       <c r="E128" t="s">
         <v>10</v>
       </c>
       <c r="F128" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B129" t="s">
         <v>222</v>
       </c>
       <c r="C129" t="s">
         <v>123</v>
       </c>
       <c r="D129" t="s">
         <v>9</v>
       </c>
       <c r="E129" t="s">
         <v>10</v>
       </c>
       <c r="F129" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="B130" t="s">
         <v>222</v>
       </c>
       <c r="C130" t="s">
         <v>125</v>
       </c>
       <c r="D130" t="s">
         <v>9</v>
       </c>
       <c r="E130" t="s">
         <v>10</v>
       </c>
       <c r="F130" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B131" t="s">
         <v>222</v>
       </c>
       <c r="C131" t="s">
         <v>128</v>
       </c>
       <c r="D131" t="s">
         <v>9</v>
       </c>
       <c r="E131" t="s">
         <v>10</v>
       </c>
       <c r="F131" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B132" t="s">
         <v>222</v>
       </c>
       <c r="C132" t="s">
         <v>131</v>
       </c>
       <c r="D132" t="s">
         <v>9</v>
       </c>
       <c r="E132" t="s">
         <v>10</v>
       </c>
       <c r="F132" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B133" t="s">
         <v>222</v>
       </c>
       <c r="C133" t="s">
         <v>134</v>
       </c>
       <c r="D133" t="s">
         <v>9</v>
       </c>
       <c r="E133" t="s">
         <v>10</v>
       </c>
       <c r="F133" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B134" t="s">
         <v>222</v>
       </c>
       <c r="C134" t="s">
         <v>137</v>
       </c>
       <c r="D134" t="s">
         <v>9</v>
       </c>
       <c r="E134" t="s">
         <v>10</v>
       </c>
       <c r="F134" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B135" t="s">
         <v>222</v>
       </c>
       <c r="C135" t="s">
         <v>139</v>
       </c>
       <c r="D135" t="s">
         <v>9</v>
       </c>
       <c r="E135" t="s">
         <v>10</v>
       </c>
       <c r="F135" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B136" t="s">
         <v>222</v>
       </c>
       <c r="C136" t="s">
         <v>141</v>
       </c>
       <c r="D136" t="s">
         <v>9</v>
       </c>
       <c r="E136" t="s">
         <v>10</v>
       </c>
       <c r="F136" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B137" t="s">
         <v>222</v>
       </c>
       <c r="C137" t="s">
         <v>144</v>
       </c>
       <c r="D137" t="s">
         <v>9</v>
       </c>
       <c r="E137" t="s">
         <v>10</v>
       </c>
       <c r="F137" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B138" t="s">
         <v>222</v>
       </c>
       <c r="C138" t="s">
         <v>147</v>
       </c>
       <c r="D138" t="s">
         <v>9</v>
       </c>
       <c r="E138" t="s">
         <v>10</v>
       </c>
       <c r="F138" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B139" t="s">
         <v>222</v>
       </c>
       <c r="C139" t="s">
         <v>149</v>
       </c>
       <c r="D139" t="s">
         <v>9</v>
       </c>
       <c r="E139" t="s">
         <v>10</v>
       </c>
       <c r="F139" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="B140" t="s">
         <v>222</v>
       </c>
       <c r="C140" t="s">
         <v>152</v>
       </c>
       <c r="D140" t="s">
         <v>9</v>
       </c>
       <c r="E140" t="s">
         <v>10</v>
       </c>
       <c r="F140" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B141" t="s">
         <v>222</v>
       </c>
       <c r="C141" t="s">
         <v>155</v>
       </c>
       <c r="D141" t="s">
         <v>9</v>
       </c>
       <c r="E141" t="s">
         <v>10</v>
       </c>
       <c r="F141" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="B142" t="s">
         <v>222</v>
       </c>
       <c r="C142" t="s">
         <v>158</v>
       </c>
       <c r="D142" t="s">
         <v>9</v>
       </c>
       <c r="E142" t="s">
         <v>10</v>
       </c>
       <c r="F142" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="B143" t="s">
         <v>222</v>
       </c>
       <c r="C143" t="s">
         <v>161</v>
       </c>
       <c r="D143" t="s">
         <v>9</v>
       </c>
       <c r="E143" t="s">
         <v>10</v>
       </c>
       <c r="F143" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="B144" t="s">
         <v>222</v>
       </c>
       <c r="C144" t="s">
         <v>163</v>
       </c>
       <c r="D144" t="s">
         <v>9</v>
       </c>
       <c r="E144" t="s">
         <v>10</v>
       </c>
       <c r="F144" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B145" t="s">
         <v>222</v>
       </c>
       <c r="C145" t="s">
         <v>166</v>
       </c>
       <c r="D145" t="s">
         <v>9</v>
       </c>
       <c r="E145" t="s">
         <v>10</v>
       </c>
       <c r="F145" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B146" t="s">
         <v>222</v>
       </c>
       <c r="C146" t="s">
         <v>168</v>
       </c>
       <c r="D146" t="s">
         <v>9</v>
       </c>
       <c r="E146" t="s">
         <v>10</v>
       </c>
       <c r="F146" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="B147" t="s">
         <v>222</v>
       </c>
       <c r="C147" t="s">
         <v>171</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
       <c r="E147" t="s">
         <v>10</v>
       </c>
       <c r="F147" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B148" t="s">
         <v>222</v>
       </c>
       <c r="C148" t="s">
         <v>171</v>
       </c>
       <c r="D148" t="s">
         <v>9</v>
       </c>
       <c r="E148" t="s">
         <v>10</v>
       </c>
       <c r="F148" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="B149" t="s">
         <v>222</v>
       </c>
       <c r="C149" t="s">
         <v>174</v>
       </c>
       <c r="D149" t="s">
         <v>9</v>
       </c>
       <c r="E149" t="s">
         <v>10</v>
       </c>
       <c r="F149" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="B150" t="s">
         <v>222</v>
       </c>
       <c r="C150" t="s">
         <v>176</v>
       </c>
       <c r="D150" t="s">
         <v>9</v>
       </c>
       <c r="E150" t="s">
         <v>10</v>
       </c>
       <c r="F150" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B151" t="s">
         <v>222</v>
       </c>
       <c r="C151" t="s">
         <v>178</v>
       </c>
       <c r="D151" t="s">
         <v>9</v>
       </c>
       <c r="E151" t="s">
         <v>10</v>
       </c>
       <c r="F151" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="B152" t="s">
         <v>222</v>
       </c>
       <c r="C152" t="s">
         <v>180</v>
       </c>
       <c r="D152" t="s">
         <v>9</v>
       </c>
       <c r="E152" t="s">
         <v>10</v>
       </c>
       <c r="F152" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="B153" t="s">
         <v>222</v>
       </c>
       <c r="C153" t="s">
         <v>183</v>
       </c>
       <c r="D153" t="s">
         <v>9</v>
       </c>
       <c r="E153" t="s">
         <v>10</v>
       </c>
       <c r="F153" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
+        <v>333</v>
+      </c>
+      <c r="B154" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="C154" t="s">
         <v>8</v>
       </c>
       <c r="D154" t="s">
         <v>9</v>
       </c>
       <c r="E154" t="s">
         <v>10</v>
       </c>
       <c r="F154" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="B155" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C155" t="s">
         <v>13</v>
       </c>
       <c r="D155" t="s">
         <v>9</v>
       </c>
       <c r="E155" t="s">
         <v>10</v>
       </c>
       <c r="F155" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="B156" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C156" t="s">
         <v>16</v>
       </c>
       <c r="D156" t="s">
         <v>9</v>
       </c>
       <c r="E156" t="s">
         <v>10</v>
       </c>
       <c r="F156" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="B157" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C157" t="s">
         <v>19</v>
       </c>
       <c r="D157" t="s">
         <v>9</v>
       </c>
       <c r="E157" t="s">
         <v>10</v>
       </c>
       <c r="F157" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="B158" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C158" t="s">
         <v>22</v>
       </c>
       <c r="D158" t="s">
         <v>9</v>
       </c>
       <c r="E158" t="s">
         <v>10</v>
       </c>
       <c r="F158" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="B159" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C159" t="s">
         <v>25</v>
       </c>
       <c r="D159" t="s">
         <v>9</v>
       </c>
       <c r="E159" t="s">
         <v>10</v>
       </c>
       <c r="F159" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B160" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C160" t="s">
         <v>28</v>
       </c>
       <c r="D160" t="s">
         <v>9</v>
       </c>
       <c r="E160" t="s">
         <v>10</v>
       </c>
       <c r="F160" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B161" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C161" t="s">
         <v>31</v>
       </c>
       <c r="D161" t="s">
         <v>9</v>
       </c>
       <c r="E161" t="s">
         <v>10</v>
       </c>
       <c r="F161" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B162" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C162" t="s">
         <v>34</v>
       </c>
       <c r="D162" t="s">
         <v>9</v>
       </c>
       <c r="E162" t="s">
         <v>10</v>
       </c>
       <c r="F162" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="B163" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C163" t="s">
         <v>37</v>
       </c>
       <c r="D163" t="s">
         <v>9</v>
       </c>
       <c r="E163" t="s">
         <v>10</v>
       </c>
       <c r="F163" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="B164" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C164" t="s">
         <v>39</v>
       </c>
       <c r="D164" t="s">
         <v>9</v>
       </c>
       <c r="E164" t="s">
         <v>10</v>
       </c>
       <c r="F164" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="B165" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C165" t="s">
         <v>41</v>
       </c>
       <c r="D165" t="s">
         <v>9</v>
       </c>
       <c r="E165" t="s">
         <v>10</v>
       </c>
       <c r="F165" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B166" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C166" t="s">
         <v>43</v>
       </c>
       <c r="D166" t="s">
         <v>9</v>
       </c>
       <c r="E166" t="s">
         <v>10</v>
       </c>
       <c r="F166" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B167" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C167" t="s">
         <v>45</v>
       </c>
       <c r="D167" t="s">
         <v>9</v>
       </c>
       <c r="E167" t="s">
         <v>10</v>
       </c>
       <c r="F167" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B168" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C168" t="s">
         <v>47</v>
       </c>
       <c r="D168" t="s">
         <v>9</v>
       </c>
       <c r="E168" t="s">
         <v>10</v>
       </c>
       <c r="F168" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B169" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C169" t="s">
         <v>50</v>
       </c>
       <c r="D169" t="s">
         <v>9</v>
       </c>
       <c r="E169" t="s">
         <v>10</v>
       </c>
       <c r="F169" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B170" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C170" t="s">
         <v>52</v>
       </c>
       <c r="D170" t="s">
         <v>9</v>
       </c>
       <c r="E170" t="s">
         <v>10</v>
       </c>
       <c r="F170" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B171" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C171" t="s">
         <v>54</v>
       </c>
       <c r="D171" t="s">
         <v>9</v>
       </c>
       <c r="E171" t="s">
         <v>10</v>
       </c>
       <c r="F171" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="B172" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C172" t="s">
         <v>56</v>
       </c>
       <c r="D172" t="s">
         <v>9</v>
       </c>
       <c r="E172" t="s">
         <v>10</v>
       </c>
       <c r="F172" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B173" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C173" t="s">
         <v>58</v>
       </c>
       <c r="D173" t="s">
         <v>9</v>
       </c>
       <c r="E173" t="s">
         <v>10</v>
       </c>
       <c r="F173" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B174" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C174" t="s">
         <v>61</v>
       </c>
       <c r="D174" t="s">
         <v>9</v>
       </c>
       <c r="E174" t="s">
         <v>10</v>
       </c>
       <c r="F174" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B175" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C175" t="s">
         <v>63</v>
       </c>
       <c r="D175" t="s">
         <v>9</v>
       </c>
       <c r="E175" t="s">
         <v>10</v>
       </c>
       <c r="F175" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="B176" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C176" t="s">
         <v>65</v>
       </c>
       <c r="D176" t="s">
         <v>9</v>
       </c>
       <c r="E176" t="s">
         <v>10</v>
       </c>
       <c r="F176" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B177" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C177" t="s">
         <v>67</v>
       </c>
       <c r="D177" t="s">
         <v>9</v>
       </c>
       <c r="E177" t="s">
         <v>10</v>
       </c>
       <c r="F177" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="B178" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C178" t="s">
         <v>69</v>
       </c>
       <c r="D178" t="s">
         <v>9</v>
       </c>
       <c r="E178" t="s">
         <v>10</v>
       </c>
       <c r="F178" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B179" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C179" t="s">
         <v>72</v>
       </c>
       <c r="D179" t="s">
         <v>9</v>
       </c>
       <c r="E179" t="s">
         <v>10</v>
       </c>
       <c r="F179" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B180" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C180" t="s">
         <v>74</v>
       </c>
       <c r="D180" t="s">
         <v>9</v>
       </c>
       <c r="E180" t="s">
         <v>10</v>
       </c>
       <c r="F180" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="B181" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C181" t="s">
         <v>76</v>
       </c>
       <c r="D181" t="s">
         <v>9</v>
       </c>
       <c r="E181" t="s">
         <v>10</v>
       </c>
       <c r="F181" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="B182" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C182" t="s">
         <v>79</v>
       </c>
       <c r="D182" t="s">
         <v>9</v>
       </c>
       <c r="E182" t="s">
         <v>10</v>
       </c>
       <c r="F182" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="B183" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C183" t="s">
         <v>82</v>
       </c>
       <c r="D183" t="s">
         <v>9</v>
       </c>
       <c r="E183" t="s">
         <v>10</v>
       </c>
       <c r="F183" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B184" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C184" t="s">
         <v>85</v>
       </c>
       <c r="D184" t="s">
         <v>9</v>
       </c>
       <c r="E184" t="s">
         <v>10</v>
       </c>
       <c r="F184" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B185" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C185" t="s">
         <v>88</v>
       </c>
       <c r="D185" t="s">
         <v>9</v>
       </c>
       <c r="E185" t="s">
         <v>10</v>
       </c>
       <c r="F185" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B186" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C186" t="s">
         <v>91</v>
       </c>
       <c r="D186" t="s">
         <v>9</v>
       </c>
       <c r="E186" t="s">
         <v>10</v>
       </c>
       <c r="F186" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B187" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C187" t="s">
         <v>94</v>
       </c>
       <c r="D187" t="s">
         <v>9</v>
       </c>
       <c r="E187" t="s">
         <v>10</v>
       </c>
       <c r="F187" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="B188" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C188" t="s">
         <v>97</v>
       </c>
       <c r="D188" t="s">
         <v>9</v>
       </c>
       <c r="E188" t="s">
         <v>10</v>
       </c>
       <c r="F188" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B189" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C189" t="s">
         <v>100</v>
       </c>
       <c r="D189" t="s">
         <v>9</v>
       </c>
       <c r="E189" t="s">
         <v>10</v>
       </c>
       <c r="F189" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B190" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C190" t="s">
         <v>103</v>
       </c>
       <c r="D190" t="s">
         <v>9</v>
       </c>
       <c r="E190" t="s">
         <v>10</v>
       </c>
       <c r="F190" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="B191" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C191" t="s">
         <v>106</v>
       </c>
       <c r="D191" t="s">
         <v>9</v>
       </c>
       <c r="E191" t="s">
         <v>10</v>
       </c>
       <c r="F191" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="B192" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C192" t="s">
         <v>109</v>
       </c>
       <c r="D192" t="s">
         <v>9</v>
       </c>
       <c r="E192" t="s">
         <v>10</v>
       </c>
       <c r="F192" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="B193" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C193" t="s">
         <v>111</v>
       </c>
       <c r="D193" t="s">
         <v>9</v>
       </c>
       <c r="E193" t="s">
         <v>10</v>
       </c>
       <c r="F193" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="B194" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C194" t="s">
         <v>111</v>
       </c>
       <c r="D194" t="s">
         <v>9</v>
       </c>
       <c r="E194" t="s">
         <v>10</v>
       </c>
       <c r="F194" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B195" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C195" t="s">
         <v>113</v>
       </c>
       <c r="D195" t="s">
         <v>9</v>
       </c>
       <c r="E195" t="s">
         <v>10</v>
       </c>
       <c r="F195" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B196" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C196" t="s">
         <v>115</v>
       </c>
       <c r="D196" t="s">
         <v>9</v>
       </c>
       <c r="E196" t="s">
         <v>10</v>
       </c>
       <c r="F196" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="B197" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C197" t="s">
         <v>117</v>
       </c>
       <c r="D197" t="s">
         <v>9</v>
       </c>
       <c r="E197" t="s">
         <v>10</v>
       </c>
       <c r="F197" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B198" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C198" t="s">
         <v>120</v>
       </c>
       <c r="D198" t="s">
         <v>9</v>
       </c>
       <c r="E198" t="s">
         <v>10</v>
       </c>
       <c r="F198" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="B199" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C199" t="s">
         <v>123</v>
       </c>
       <c r="D199" t="s">
         <v>9</v>
       </c>
       <c r="E199" t="s">
         <v>10</v>
       </c>
       <c r="F199" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="B200" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C200" t="s">
         <v>125</v>
       </c>
       <c r="D200" t="s">
         <v>9</v>
       </c>
       <c r="E200" t="s">
         <v>10</v>
       </c>
       <c r="F200" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B201" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C201" t="s">
         <v>128</v>
       </c>
       <c r="D201" t="s">
         <v>9</v>
       </c>
       <c r="E201" t="s">
         <v>10</v>
       </c>
       <c r="F201" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B202" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C202" t="s">
         <v>131</v>
       </c>
       <c r="D202" t="s">
         <v>9</v>
       </c>
       <c r="E202" t="s">
         <v>10</v>
       </c>
       <c r="F202" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="B203" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C203" t="s">
         <v>134</v>
       </c>
       <c r="D203" t="s">
         <v>9</v>
       </c>
       <c r="E203" t="s">
         <v>10</v>
       </c>
       <c r="F203" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="B204" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C204" t="s">
         <v>137</v>
       </c>
       <c r="D204" t="s">
         <v>9</v>
       </c>
       <c r="E204" t="s">
         <v>10</v>
       </c>
       <c r="F204" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="B205" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C205" t="s">
         <v>139</v>
       </c>
       <c r="D205" t="s">
         <v>9</v>
       </c>
       <c r="E205" t="s">
         <v>10</v>
       </c>
       <c r="F205" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="B206" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C206" t="s">
         <v>141</v>
       </c>
       <c r="D206" t="s">
         <v>9</v>
       </c>
       <c r="E206" t="s">
         <v>10</v>
       </c>
       <c r="F206" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B207" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C207" t="s">
         <v>144</v>
       </c>
       <c r="D207" t="s">
         <v>9</v>
       </c>
       <c r="E207" t="s">
         <v>10</v>
       </c>
       <c r="F207" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="B208" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C208" t="s">
         <v>147</v>
       </c>
       <c r="D208" t="s">
         <v>9</v>
       </c>
       <c r="E208" t="s">
         <v>10</v>
       </c>
       <c r="F208" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B209" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C209" t="s">
         <v>149</v>
       </c>
       <c r="D209" t="s">
         <v>9</v>
       </c>
       <c r="E209" t="s">
         <v>10</v>
       </c>
       <c r="F209" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="B210" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C210" t="s">
         <v>152</v>
       </c>
       <c r="D210" t="s">
         <v>9</v>
       </c>
       <c r="E210" t="s">
         <v>10</v>
       </c>
       <c r="F210" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B211" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C211" t="s">
         <v>155</v>
       </c>
       <c r="D211" t="s">
         <v>9</v>
       </c>
       <c r="E211" t="s">
         <v>10</v>
       </c>
       <c r="F211" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B212" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C212" t="s">
         <v>158</v>
       </c>
       <c r="D212" t="s">
         <v>9</v>
       </c>
       <c r="E212" t="s">
         <v>10</v>
       </c>
       <c r="F212" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B213" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C213" t="s">
         <v>161</v>
       </c>
       <c r="D213" t="s">
         <v>9</v>
       </c>
       <c r="E213" t="s">
         <v>10</v>
       </c>
       <c r="F213" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6">
+      <c r="A214" t="s">
         <v>426</v>
+      </c>
+      <c r="B214" t="s">
+        <v>427</v>
+      </c>
+      <c r="C214" t="s">
+        <v>8</v>
+      </c>
+      <c r="D214" t="s">
+        <v>9</v>
+      </c>
+      <c r="E214" t="s">
+        <v>10</v>
+      </c>
+      <c r="F214" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="A215" t="s">
+        <v>429</v>
+      </c>
+      <c r="B215" t="s">
+        <v>427</v>
+      </c>
+      <c r="C215" t="s">
+        <v>13</v>
+      </c>
+      <c r="D215" t="s">
+        <v>9</v>
+      </c>
+      <c r="E215" t="s">
+        <v>10</v>
+      </c>
+      <c r="F215" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6">
+      <c r="A216" t="s">
+        <v>431</v>
+      </c>
+      <c r="B216" t="s">
+        <v>427</v>
+      </c>
+      <c r="C216" t="s">
+        <v>16</v>
+      </c>
+      <c r="D216" t="s">
+        <v>9</v>
+      </c>
+      <c r="E216" t="s">
+        <v>10</v>
+      </c>
+      <c r="F216" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217" t="s">
+        <v>433</v>
+      </c>
+      <c r="B217" t="s">
+        <v>427</v>
+      </c>
+      <c r="C217" t="s">
+        <v>19</v>
+      </c>
+      <c r="D217" t="s">
+        <v>9</v>
+      </c>
+      <c r="E217" t="s">
+        <v>10</v>
+      </c>
+      <c r="F217" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6">
+      <c r="A218" t="s">
+        <v>435</v>
+      </c>
+      <c r="B218" t="s">
+        <v>427</v>
+      </c>
+      <c r="C218" t="s">
+        <v>22</v>
+      </c>
+      <c r="D218" t="s">
+        <v>9</v>
+      </c>
+      <c r="E218" t="s">
+        <v>10</v>
+      </c>
+      <c r="F218" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6">
+      <c r="A219" t="s">
+        <v>437</v>
+      </c>
+      <c r="B219" t="s">
+        <v>427</v>
+      </c>
+      <c r="C219" t="s">
+        <v>25</v>
+      </c>
+      <c r="D219" t="s">
+        <v>9</v>
+      </c>
+      <c r="E219" t="s">
+        <v>10</v>
+      </c>
+      <c r="F219" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6">
+      <c r="A220" t="s">
+        <v>439</v>
+      </c>
+      <c r="B220" t="s">
+        <v>427</v>
+      </c>
+      <c r="C220" t="s">
+        <v>28</v>
+      </c>
+      <c r="D220" t="s">
+        <v>9</v>
+      </c>
+      <c r="E220" t="s">
+        <v>10</v>
+      </c>
+      <c r="F220" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221" t="s">
+        <v>441</v>
+      </c>
+      <c r="B221" t="s">
+        <v>427</v>
+      </c>
+      <c r="C221" t="s">
+        <v>31</v>
+      </c>
+      <c r="D221" t="s">
+        <v>9</v>
+      </c>
+      <c r="E221" t="s">
+        <v>10</v>
+      </c>
+      <c r="F221" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6">
+      <c r="A222" t="s">
+        <v>442</v>
+      </c>
+      <c r="B222" t="s">
+        <v>427</v>
+      </c>
+      <c r="C222" t="s">
+        <v>34</v>
+      </c>
+      <c r="D222" t="s">
+        <v>9</v>
+      </c>
+      <c r="E222" t="s">
+        <v>10</v>
+      </c>
+      <c r="F222" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6">
+      <c r="A223" t="s">
+        <v>443</v>
+      </c>
+      <c r="B223" t="s">
+        <v>427</v>
+      </c>
+      <c r="C223" t="s">
+        <v>37</v>
+      </c>
+      <c r="D223" t="s">
+        <v>9</v>
+      </c>
+      <c r="E223" t="s">
+        <v>10</v>
+      </c>
+      <c r="F223" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6">
+      <c r="A224" t="s">
+        <v>444</v>
+      </c>
+      <c r="B224" t="s">
+        <v>427</v>
+      </c>
+      <c r="C224" t="s">
+        <v>39</v>
+      </c>
+      <c r="D224" t="s">
+        <v>9</v>
+      </c>
+      <c r="E224" t="s">
+        <v>10</v>
+      </c>
+      <c r="F224" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6">
+      <c r="A225" t="s">
+        <v>446</v>
+      </c>
+      <c r="B225" t="s">
+        <v>427</v>
+      </c>
+      <c r="C225" t="s">
+        <v>41</v>
+      </c>
+      <c r="D225" t="s">
+        <v>9</v>
+      </c>
+      <c r="E225" t="s">
+        <v>10</v>
+      </c>
+      <c r="F225" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6">
+      <c r="A226" t="s">
+        <v>448</v>
+      </c>
+      <c r="B226" t="s">
+        <v>427</v>
+      </c>
+      <c r="C226" t="s">
+        <v>43</v>
+      </c>
+      <c r="D226" t="s">
+        <v>9</v>
+      </c>
+      <c r="E226" t="s">
+        <v>10</v>
+      </c>
+      <c r="F226" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6">
+      <c r="A227" t="s">
+        <v>450</v>
+      </c>
+      <c r="B227" t="s">
+        <v>427</v>
+      </c>
+      <c r="C227" t="s">
+        <v>45</v>
+      </c>
+      <c r="D227" t="s">
+        <v>9</v>
+      </c>
+      <c r="E227" t="s">
+        <v>10</v>
+      </c>
+      <c r="F227" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6">
+      <c r="A228" t="s">
+        <v>451</v>
+      </c>
+      <c r="B228" t="s">
+        <v>427</v>
+      </c>
+      <c r="C228" t="s">
+        <v>47</v>
+      </c>
+      <c r="D228" t="s">
+        <v>9</v>
+      </c>
+      <c r="E228" t="s">
+        <v>10</v>
+      </c>
+      <c r="F228" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6">
+      <c r="A229" t="s">
+        <v>452</v>
+      </c>
+      <c r="B229" t="s">
+        <v>427</v>
+      </c>
+      <c r="C229" t="s">
+        <v>50</v>
+      </c>
+      <c r="D229" t="s">
+        <v>9</v>
+      </c>
+      <c r="E229" t="s">
+        <v>10</v>
+      </c>
+      <c r="F229" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6">
+      <c r="A230" t="s">
+        <v>453</v>
+      </c>
+      <c r="B230" t="s">
+        <v>427</v>
+      </c>
+      <c r="C230" t="s">
+        <v>52</v>
+      </c>
+      <c r="D230" t="s">
+        <v>9</v>
+      </c>
+      <c r="E230" t="s">
+        <v>10</v>
+      </c>
+      <c r="F230" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6">
+      <c r="A231" t="s">
+        <v>454</v>
+      </c>
+      <c r="B231" t="s">
+        <v>427</v>
+      </c>
+      <c r="C231" t="s">
+        <v>54</v>
+      </c>
+      <c r="D231" t="s">
+        <v>9</v>
+      </c>
+      <c r="E231" t="s">
+        <v>10</v>
+      </c>
+      <c r="F231" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6">
+      <c r="A232" t="s">
+        <v>456</v>
+      </c>
+      <c r="B232" t="s">
+        <v>427</v>
+      </c>
+      <c r="C232" t="s">
+        <v>56</v>
+      </c>
+      <c r="D232" t="s">
+        <v>9</v>
+      </c>
+      <c r="E232" t="s">
+        <v>10</v>
+      </c>
+      <c r="F232" t="s">
+        <v>455</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>